--- v0 (2025-12-16)
+++ v1 (2026-01-30)
@@ -1,3283 +1,12390 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D76E2">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>КГУ «Общеобразовательная средняя школа №1»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F56F05" w:rsidRPr="000D76E2" w:rsidRDefault="00F56F05" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D76E2">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Выписка из устава школы и правил внутреннего распорядка школы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000D76E2" w:rsidRDefault="000D76E2" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000D76E2" w:rsidRDefault="000D76E2" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000D76E2" w:rsidRPr="000D76E2" w:rsidRDefault="000D76E2" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00260FE5" w:rsidRPr="000D76E2" w:rsidRDefault="00260FE5" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRPr="000D76E2" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D76E2">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Балхаш-2019г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00AE7C02" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36E07AEF" wp14:editId="5CD8E283">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-353060</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>78105</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5323840" cy="3248025"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:wrapNone/>
-            <wp:docPr id="5" name="Рисунок 5" descr="C:\Users\Admin\Desktop\s1200.png"/>
+            <wp:docPr id="1" name="Рисунок 5" descr="C:\Users\Admin\Desktop\s1200.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Admin\Desktop\s1200.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print">
+                    <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5323840" cy="3248025"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+    <w:p w:rsidR="00CD7A39" w:rsidRDefault="00CD7A39" w:rsidP="00CD7A39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007047A4" w:rsidRPr="000D76E2" w:rsidRDefault="009C7937" w:rsidP="00356B1D">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Обязанности учащихся:</w:t>
-[...122 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:t xml:space="preserve">Оқушылардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міндеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқушылар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>формасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) күнделікті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салтанатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушыларына арналған күнделікті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кеңс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іскерлік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стильден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) қара түсті (кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қара) ұлдар мен бозбалалардағы пиджак пен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шалбар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түсті, көгілдір </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жейде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007047A4" w:rsidRPr="000D76E2" w:rsidRDefault="007047A4" w:rsidP="00356B1D">
-[...76 lines deleted...]
-        <w:t xml:space="preserve">3) на голове коротко </w:t>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) қыздар мен қыздарда күнделікті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ретінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қара түсті (кө</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000D76E2">
-[...4 lines deleted...]
-        <w:t>стриженные</w:t>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000D76E2">
-[...136 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) пиджак, юбка, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шалбар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қысқы кезеңде) пайдалануға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түсті көгілдір </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жейде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Блузка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұлдардың қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шаштары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қыздардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шашы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, бумаға жиналған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Салтанатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерекелерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салтанатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>линейкаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткізу күндері оқушылар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдаланады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) ұлдар мен жасөспі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">імдер үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салтанатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жейдемен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> толықтырылған күнделікті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киімінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұрады,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) қыздар мен қыздарда парадтық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жейдеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жейдеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> толықтырылған күнделікті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киімінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Спорт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушылар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дене</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шынықтыру және спорт сабақтарында </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдаланады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007047A4" w:rsidRPr="000D76E2" w:rsidRDefault="007047A4" w:rsidP="00356B1D">
-[...28 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000D76E2">
-[...4 lines deleted...]
-        <w:t>Обучающимся</w:t>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000D76E2">
-[...147 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушыларға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киюге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салынады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> төмендетілген және (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) жоғары </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шалбарлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен юбка; декольтацияланған көйлектер мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>блузкалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киім-кешек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000D76E2">
-[...4 lines deleted...]
-        <w:t>Обучающиеся</w:t>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стил</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000D76E2">
-[...42 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жабатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>элементтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; бейәлеуметтік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейресми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жастар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірлестіктерінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>символикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аксессуарлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сондай-ақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психоактивті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен құқыққа қарсы мінез-құлықты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>насихаттайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>діни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>діни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атрибуттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>діни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нышандары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киімдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру мекемелерінің үй-жайларындағы бас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киімдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зергерлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйымдар мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бижутериялар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- жағажай аяқ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қалың платформадағы аяқ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, жоғары өкше аяқ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыздар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға жарқын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>косметиканы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пайдалануға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салынады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мектепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбек тәртібінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ережелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өзі басқару органдарының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шешімдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> директорының бұйрықтарын сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">- басқа оқушылардың, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметкерлерінің құқықтарын, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ар-намысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен қаді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қасиетін құрметтеу, олардың мүдделеріне нұқсан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келтірмеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кішілерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көмектесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- тәрті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і болу, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>одан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жерлерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қоғамдық тәртіпті сақтау, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>формасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қойылатын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- оқуға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>саналы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түрде қарау, сабақтарға және басқа сабақтарға уақытылы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, жұмыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орнында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і сақтау, сабақты босатқан жағдайда </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемелерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттарды ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүлкін сақтау, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қа адамдардың еңбек нәтижесіне, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>желектерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұқыпты қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>энергиясын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, суды және басқа да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>материалдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үнемді жұмсау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметкерлерінің Жарғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ы</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D76E2">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға қатысты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007047A4" w:rsidRPr="000D76E2" w:rsidRDefault="007047A4" w:rsidP="00356B1D">
-[...32 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметкерлерінің Жарғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға қатысты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- өзін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өзі қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбекке қатысу, яғни </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезекшілердің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міндеттерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезекшілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сабақ басталғанға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 минут бұрын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басталады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және сабақ аяқталғаннан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>минуттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кешікті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілмей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аяқталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушыларына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салынады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- қаруды, о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дәрілерді, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электрошокерлерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, газ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баллондарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, пиротехникалық құралдарды, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>спирттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішімдіктерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>темекі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйымдарын, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уытты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есірткі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әкелуге, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пайдалануға;;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғимаратында және оның аумағында </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>темекі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шегу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарылыстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен өрттерге әкелуі мүмкін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құралдар мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қоғамдық тәрті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарғысын бұзуға;;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- оқу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>процесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғимаратында ұялы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құралдарын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- айналасындағыларға және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушының өзіне қауі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і зардаптарға әкеп соқтыратын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өзге де іс-әрекеттерді жүргізуге, сөйлесуде балағат сөздерін қолдануға;;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қатынасты анықтау, қорқытып </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қорқыту үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дене</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күшін қолдану.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ережені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзғаны үшін оқушыларға түрлі тәрті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шаралары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданылуы мүмкін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баланың тәртібі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хабардар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>- быть дисциплинированными, соблюдать общественный порядок в школе и вне ее, выполнять требования к школьной форме;</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">- сознательно относиться к учебе, своевременно являться на уроки и другие занятия, соблюдать порядок на рабочем месте, в случае пропусков уроков </w:t>
+        <w:t xml:space="preserve">- қоршаған ортаға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зиянды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> міне</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000D76E2">
-[...4 lines deleted...]
-        <w:t>предоставлять официальные документы</w:t>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000D76E2">
-[...421 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құлықтың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жолын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кесу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шешім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қабылдау үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шақыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаражаты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есебінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> материалдық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>залалды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- оқушы мен оның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-анасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педкеңеске шақыру, әкімшілік кеңес, СПП. Қазақстан Республикасының заңдарын бұзған жағдайда оқушылар мен олардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">імшілік және қылмыстық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауапкершілікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тартылуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>АТА-АНАЛАРДЫҢ ҚҰҚ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ҚТАРЫ МЕН МІНДЕТТЕРІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдерінің):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдері):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- өз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиелеу, олардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу және олардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта (Толық) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін қажетті жағдайлар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушылардың сабаққа қатысуын ү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нем</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і бақылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қажетті ақпаратты уақытында беру, баланың сабақтарда </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болмау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>себептері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хабарлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушының академиялық қарыздарын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоюды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қамтамасыз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баланы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқыту және тәрбиелеу үшін қажетті құралдармен, оның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> спорттық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киіммен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ауысымдық аяқ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киіммен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, еңбекке оқыту </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>формасымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қамтамасыз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- шақырылуына қарай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектептік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жиналыстарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысу, мұғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">імдердің, әкімшіліктің шақыруы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- қолданыстағы заңнамамен қарастырылған тәртіпте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүлкіне </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>залалды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметкерлерінің еңбегін және олардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беделін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолдау құқығын құрметтеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- қолданыстағы заңнама </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нормаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Жарғының және осы Ережелердің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ата-аналардың (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдердің) құқықтары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- балалардың </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқықтары мен мүдделерін қорғау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданыстағы заңнамасына және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарғысына сәйкес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басқаруға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарғысымен және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дер</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ісін ұйымдастыруды </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>реттейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басқа да құқық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белгілейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттармен, соның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ережемен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>танысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ПРАВА И ОБЯЗАННОСТИ РОДИТЕЛЕЙ</w:t>
-[...108 lines deleted...]
-        <w:t xml:space="preserve">- обеспечивать ликвидацию </w:t>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000D76E2">
-[...4 lines deleted...]
-        <w:t>обучающегося</w:t>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00C32C15" w:rsidRPr="000D76E2">
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру процесінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен мазмұнымен, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушылардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белгілерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>танысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007047A4" w:rsidRPr="000D76E2" w:rsidRDefault="007047A4" w:rsidP="00356B1D">
-[...186 lines deleted...]
-        <w:t xml:space="preserve">- знакомиться с ходом и содержанием образовательного процесса, с отметками </w:t>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Жарғыға сәйкес педагогикалық кеңеспен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келісе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оқу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысанын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (экстернат, отбасылы</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000D76E2">
-[...4 lines deleted...]
-        <w:t>обучающихся</w:t>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000D76E2">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқыту) таңдау </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>формаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұсынатын қосымша </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру қызметтерінің түрлерін таңдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- сабақтарға және басқа да оқу және оқудан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет түрлеріне қатысу (әкімшілік пен оқытушылардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келісімімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- қайырымдылық (қайырмалдық) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ретінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданыстағы заңнама шеңберінде сыныптың, мектептің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түрде материалдық көмек көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарғысын және осы Ереженің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шарттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>" Заңынан үзінді»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагогтың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ар-намысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>абыройын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қорғау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Педагогтің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ар-намысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен қаді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қасиетін құрметтеуге құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Педагогқа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ар-намысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен қаді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қасиетін қорғауға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кепілдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Педагогтың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ар-намысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен қаді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қасиетін қорлайтын іс-әрекеттер Қазақстан Республикасының заңдарында </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жауаптылыққа әкеп соғады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әсіби қызметтегі педагогтың академиялық бостандықтары мен құқықтары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Педагог өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ің кәсіби қызметінде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> академиялық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еркіндіктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) өз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ікірін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білдіруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007047A4" w:rsidRPr="000D76E2" w:rsidRDefault="007047A4" w:rsidP="00356B1D">
-[...107 lines deleted...]
-        <w:t xml:space="preserve">- требовать выполнения Устава школы и </w:t>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) оқыту мен тәрбиелеудің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысандарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, құралдарын, әдістерін таң</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000D76E2">
-[...4 lines deleted...]
-        <w:t>условий</w:t>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дау</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000D76E2">
-[...23 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға және пайдалануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсіби қызметті ұйымдастырудың тәсілдері мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысандарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таңдауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушылармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және тәрбиеленушілермен жұмыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>істеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысандары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен әдістерін таңдауға;;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушылардың оқу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>объективті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағалау үшін әдістерді таңдауға және пайдалануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) кәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ік қызметке </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>араласудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>босатылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Педагог бар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Выписки из Закона «Об образовании»</w:t>
-[...66 lines deleted...]
-        <w:t xml:space="preserve">2. Педагогу </w:t>
+        <w:t xml:space="preserve">- ғылыми, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, шығармашылық, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>эксперименттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті жүзеге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, педагогикалық тәжірибеге жаңа әдістер мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>технологияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- оқулықтарды, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000D76E2">
-[...4 lines deleted...]
-        <w:t>гарантируются</w:t>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000D76E2">
-[...185 lines deleted...]
-        <w:t xml:space="preserve">2. Педагог имеет право </w:t>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қу құралдарын, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>материалдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және оқу бағдарламасына сәйкес оқыту мен тәрбиелеудің өзге де құралдарын таңдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- педагогтің педагогикалық этика нормаларының бұзылуын әді</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000D76E2">
-[...4 lines deleted...]
-        <w:t>на</w:t>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000D76E2">
-[...104 lines deleted...]
-        <w:t xml:space="preserve"> консультировать родителей или иных законных представителей по вопросам обучения и </w:t>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>объективті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тергеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- ата-аналарға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басқа </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="003C4F38" w:rsidRPr="000D76E2">
-[...4 lines deleted...]
-        <w:t>воспитания</w:t>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="003C4F38" w:rsidRPr="000D76E2">
-[...57 lines deleted...]
-    <w:p w:rsidR="00C06110" w:rsidRDefault="00C06110" w:rsidP="00356B1D">
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдерге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен тәрбиеленушілерді оқыту және тәрбиелеу мәселелері </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кеңес беру, оларға оқыту және тәрбиелеу үшін ортақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауапкершілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>принциптерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түсіндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006536EE" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00B432B4" w:rsidRDefault="00B432B4" w:rsidP="00356B1D">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Педагогтың </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсіби қызметіне </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлғалар, сондай-ақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>азаматтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарапынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> араласуға, Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілмейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B432B4" w:rsidRPr="006536EE" w:rsidRDefault="006536EE" w:rsidP="006536EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...95 lines deleted...]
-    <w:sectPr w:rsidR="00B432B4" w:rsidRPr="000D76E2" w:rsidSect="00F56F05">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Тәрбиеленуші мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өзге </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдеріне өз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сипаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагогтің кәсіби міндеттерінің шеңберіне </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кіретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сұрақтарға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> араласуға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салынады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006536EE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00B432B4" w:rsidRPr="006536EE" w:rsidSect="00F56F05">
       <w:pgSz w:w="8419" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="50"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:bookFoldPrinting/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...4 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="007047A4"/>
     <w:rsid w:val="00000641"/>
     <w:rsid w:val="00000E1F"/>
     <w:rsid w:val="00002A71"/>
     <w:rsid w:val="000043BE"/>
     <w:rsid w:val="000110B0"/>
     <w:rsid w:val="000118EF"/>
     <w:rsid w:val="00011A25"/>
     <w:rsid w:val="000123F4"/>
     <w:rsid w:val="000134CF"/>
     <w:rsid w:val="00015AF3"/>
     <w:rsid w:val="000168F8"/>
     <w:rsid w:val="000175CC"/>
     <w:rsid w:val="000176DE"/>
     <w:rsid w:val="000203E3"/>
     <w:rsid w:val="00023AAD"/>
     <w:rsid w:val="000246BE"/>
     <w:rsid w:val="00024A06"/>
     <w:rsid w:val="0002560B"/>
     <w:rsid w:val="00025BEB"/>
     <w:rsid w:val="00026021"/>
     <w:rsid w:val="00026056"/>
     <w:rsid w:val="000265A4"/>
     <w:rsid w:val="0002765C"/>
@@ -3935,50 +13042,51 @@
     <w:rsid w:val="00621377"/>
     <w:rsid w:val="00621A90"/>
     <w:rsid w:val="00623213"/>
     <w:rsid w:val="00624E6B"/>
     <w:rsid w:val="00625345"/>
     <w:rsid w:val="00625403"/>
     <w:rsid w:val="00625C96"/>
     <w:rsid w:val="0062620F"/>
     <w:rsid w:val="0063032F"/>
     <w:rsid w:val="00630A1A"/>
     <w:rsid w:val="00631064"/>
     <w:rsid w:val="0063141F"/>
     <w:rsid w:val="006327F1"/>
     <w:rsid w:val="00632E9D"/>
     <w:rsid w:val="00633CA5"/>
     <w:rsid w:val="00633EAD"/>
     <w:rsid w:val="00634424"/>
     <w:rsid w:val="00637D1C"/>
     <w:rsid w:val="006405B3"/>
     <w:rsid w:val="00640BF5"/>
     <w:rsid w:val="00643405"/>
     <w:rsid w:val="00644E56"/>
     <w:rsid w:val="00645422"/>
     <w:rsid w:val="00645DDA"/>
     <w:rsid w:val="00650B82"/>
+    <w:rsid w:val="006536EE"/>
     <w:rsid w:val="00655A13"/>
     <w:rsid w:val="00655A99"/>
     <w:rsid w:val="00661571"/>
     <w:rsid w:val="00662D3A"/>
     <w:rsid w:val="00664499"/>
     <w:rsid w:val="0066523E"/>
     <w:rsid w:val="00665A3A"/>
     <w:rsid w:val="006663B4"/>
     <w:rsid w:val="00667CD6"/>
     <w:rsid w:val="00671CAE"/>
     <w:rsid w:val="00671D05"/>
     <w:rsid w:val="00672A0A"/>
     <w:rsid w:val="00674789"/>
     <w:rsid w:val="006750B1"/>
     <w:rsid w:val="00675CF2"/>
     <w:rsid w:val="006766E5"/>
     <w:rsid w:val="006767EF"/>
     <w:rsid w:val="00676FA3"/>
     <w:rsid w:val="00677289"/>
     <w:rsid w:val="0068320D"/>
     <w:rsid w:val="00683993"/>
     <w:rsid w:val="0068399C"/>
     <w:rsid w:val="00683FCF"/>
     <w:rsid w:val="0068407F"/>
     <w:rsid w:val="006840AD"/>
@@ -4190,50 +13298,51 @@
     <w:rsid w:val="00847E13"/>
     <w:rsid w:val="008511EB"/>
     <w:rsid w:val="00852BF6"/>
     <w:rsid w:val="00855DCB"/>
     <w:rsid w:val="00856A78"/>
     <w:rsid w:val="0085744B"/>
     <w:rsid w:val="00857EB2"/>
     <w:rsid w:val="00861244"/>
     <w:rsid w:val="00862CB2"/>
     <w:rsid w:val="00864528"/>
     <w:rsid w:val="008647FC"/>
     <w:rsid w:val="00864B67"/>
     <w:rsid w:val="008652CE"/>
     <w:rsid w:val="00867E96"/>
     <w:rsid w:val="00870365"/>
     <w:rsid w:val="0087059B"/>
     <w:rsid w:val="0087127D"/>
     <w:rsid w:val="008715EF"/>
     <w:rsid w:val="00874E00"/>
     <w:rsid w:val="00874E2B"/>
     <w:rsid w:val="0087577F"/>
     <w:rsid w:val="00876DAC"/>
     <w:rsid w:val="00885001"/>
     <w:rsid w:val="00885822"/>
     <w:rsid w:val="00887838"/>
+    <w:rsid w:val="00887EE4"/>
     <w:rsid w:val="00887F8F"/>
     <w:rsid w:val="00891E68"/>
     <w:rsid w:val="008922A0"/>
     <w:rsid w:val="0089320D"/>
     <w:rsid w:val="00894589"/>
     <w:rsid w:val="00895030"/>
     <w:rsid w:val="008A0431"/>
     <w:rsid w:val="008A143A"/>
     <w:rsid w:val="008A211C"/>
     <w:rsid w:val="008A363A"/>
     <w:rsid w:val="008A3966"/>
     <w:rsid w:val="008A3CDC"/>
     <w:rsid w:val="008A4722"/>
     <w:rsid w:val="008A4F6C"/>
     <w:rsid w:val="008A52C4"/>
     <w:rsid w:val="008A5728"/>
     <w:rsid w:val="008A5B4F"/>
     <w:rsid w:val="008B0701"/>
     <w:rsid w:val="008B1BD9"/>
     <w:rsid w:val="008B2FCE"/>
     <w:rsid w:val="008B4630"/>
     <w:rsid w:val="008B55D7"/>
     <w:rsid w:val="008B5CBF"/>
     <w:rsid w:val="008B657E"/>
     <w:rsid w:val="008C1A31"/>
@@ -4637,88 +13746,90 @@
     <w:rsid w:val="00CA087C"/>
     <w:rsid w:val="00CA1F3D"/>
     <w:rsid w:val="00CA5D23"/>
     <w:rsid w:val="00CA72B4"/>
     <w:rsid w:val="00CB1950"/>
     <w:rsid w:val="00CB34F5"/>
     <w:rsid w:val="00CB5975"/>
     <w:rsid w:val="00CB6DAE"/>
     <w:rsid w:val="00CC1526"/>
     <w:rsid w:val="00CC2DB9"/>
     <w:rsid w:val="00CC2DBC"/>
     <w:rsid w:val="00CC3401"/>
     <w:rsid w:val="00CC3E4F"/>
     <w:rsid w:val="00CC4504"/>
     <w:rsid w:val="00CC7763"/>
     <w:rsid w:val="00CD0270"/>
     <w:rsid w:val="00CD0E84"/>
     <w:rsid w:val="00CD28C8"/>
     <w:rsid w:val="00CD2CD9"/>
     <w:rsid w:val="00CD3FC6"/>
     <w:rsid w:val="00CD503C"/>
     <w:rsid w:val="00CD5B4E"/>
     <w:rsid w:val="00CD6336"/>
     <w:rsid w:val="00CD6729"/>
     <w:rsid w:val="00CD70D8"/>
+    <w:rsid w:val="00CD7A39"/>
     <w:rsid w:val="00CE0E91"/>
     <w:rsid w:val="00CE31E8"/>
     <w:rsid w:val="00CE3643"/>
     <w:rsid w:val="00CE4249"/>
     <w:rsid w:val="00CE4EE2"/>
     <w:rsid w:val="00CE569B"/>
     <w:rsid w:val="00CE6620"/>
     <w:rsid w:val="00CE7074"/>
     <w:rsid w:val="00CF0C61"/>
     <w:rsid w:val="00CF34B2"/>
     <w:rsid w:val="00CF39C1"/>
     <w:rsid w:val="00CF5798"/>
     <w:rsid w:val="00CF61D0"/>
     <w:rsid w:val="00CF71CF"/>
     <w:rsid w:val="00D0040C"/>
     <w:rsid w:val="00D006B1"/>
     <w:rsid w:val="00D01A76"/>
     <w:rsid w:val="00D01E06"/>
     <w:rsid w:val="00D033F8"/>
     <w:rsid w:val="00D03E4F"/>
     <w:rsid w:val="00D04672"/>
     <w:rsid w:val="00D04D9B"/>
     <w:rsid w:val="00D04ED5"/>
     <w:rsid w:val="00D059CE"/>
     <w:rsid w:val="00D073A2"/>
     <w:rsid w:val="00D078B2"/>
     <w:rsid w:val="00D11B04"/>
     <w:rsid w:val="00D12225"/>
     <w:rsid w:val="00D1309C"/>
     <w:rsid w:val="00D138F7"/>
     <w:rsid w:val="00D14609"/>
     <w:rsid w:val="00D147B3"/>
     <w:rsid w:val="00D14B63"/>
     <w:rsid w:val="00D16154"/>
     <w:rsid w:val="00D175D1"/>
     <w:rsid w:val="00D21B68"/>
     <w:rsid w:val="00D229C8"/>
     <w:rsid w:val="00D229EC"/>
+    <w:rsid w:val="00D23DDF"/>
     <w:rsid w:val="00D244A4"/>
     <w:rsid w:val="00D2541F"/>
     <w:rsid w:val="00D27049"/>
     <w:rsid w:val="00D30C21"/>
     <w:rsid w:val="00D31286"/>
     <w:rsid w:val="00D3445C"/>
     <w:rsid w:val="00D344EE"/>
     <w:rsid w:val="00D34C2E"/>
     <w:rsid w:val="00D34D02"/>
     <w:rsid w:val="00D366F6"/>
     <w:rsid w:val="00D3754A"/>
     <w:rsid w:val="00D40756"/>
     <w:rsid w:val="00D465D8"/>
     <w:rsid w:val="00D47933"/>
     <w:rsid w:val="00D4796F"/>
     <w:rsid w:val="00D47F63"/>
     <w:rsid w:val="00D508BB"/>
     <w:rsid w:val="00D50D48"/>
     <w:rsid w:val="00D51AF9"/>
     <w:rsid w:val="00D51FB4"/>
     <w:rsid w:val="00D52C53"/>
     <w:rsid w:val="00D56E6A"/>
     <w:rsid w:val="00D6257F"/>
     <w:rsid w:val="00D62A9D"/>
     <w:rsid w:val="00D63775"/>
@@ -4951,74 +14062,74 @@
     <w:rsid w:val="00FD0390"/>
     <w:rsid w:val="00FD0ADC"/>
     <w:rsid w:val="00FD245B"/>
     <w:rsid w:val="00FD24B2"/>
     <w:rsid w:val="00FD3DF5"/>
     <w:rsid w:val="00FD4FC7"/>
     <w:rsid w:val="00FD5658"/>
     <w:rsid w:val="00FD60CB"/>
     <w:rsid w:val="00FD736B"/>
     <w:rsid w:val="00FE04F7"/>
     <w:rsid w:val="00FE108B"/>
     <w:rsid w:val="00FE202C"/>
     <w:rsid w:val="00FE4299"/>
     <w:rsid w:val="00FE5F22"/>
     <w:rsid w:val="00FE7D82"/>
     <w:rsid w:val="00FF0863"/>
     <w:rsid w:val="00FF2537"/>
     <w:rsid w:val="00FF2BD3"/>
     <w:rsid w:val="00FF3C4F"/>
     <w:rsid w:val="00FF3E2C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -5132,62 +14243,64 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00887EE4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007047A4"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
@@ -5470,51 +14583,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00351F73"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="126164867">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="567037926">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5532,51 +14645,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1622222736">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5824,67 +14937,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>7023</Characters>
+  <Pages>7</Pages>
+  <Words>1207</Words>
+  <Characters>6886</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
+  <Lines>57</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8238</CharactersWithSpaces>
+  <CharactersWithSpaces>8077</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>