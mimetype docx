--- v0 (2025-12-08)
+++ v1 (2026-01-30)
@@ -1,742 +1,265 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00126F0A" w:rsidRDefault="00140760" w:rsidP="00126F0A">
+    <w:p w:rsidR="00741948" w:rsidRPr="00741948" w:rsidRDefault="00741948" w:rsidP="00741948">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00741948">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В</w:t>
+        <w:t>№1 НОМ "BilimFoundation"ҚҚ бірлесіп Қазақстан Республикасының Білім және ғылым министрлігі ұсынған екі бейнеролик көрсетілді.Байқау 8-11 сыныптарда ұйымдастырылды. Мектеп психологтары О. Л. Смирнова және А. В. Беляева толық талдау жасады.</w:t>
       </w:r>
-      <w:r w:rsidR="008C1BF2">
+    </w:p>
+    <w:p w:rsidR="00741948" w:rsidRPr="00741948" w:rsidRDefault="00741948" w:rsidP="00741948">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00403D69">
+      </w:pPr>
+      <w:r w:rsidRPr="00741948">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОСШ№1 </w:t>
+        <w:t>Осы іс-шара келесі міндеттерді шешуге бағытталған:</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="0027694D">
+    </w:p>
+    <w:p w:rsidR="00741948" w:rsidRPr="00741948" w:rsidRDefault="00741948" w:rsidP="00741948">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>прошел показ двух видеороликов</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005B5330">
+      </w:pPr>
+      <w:r w:rsidRPr="00741948">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t>1. Психологиялық құзыреттілікті дамыту: жасөспірімдер түрлі әлеуметтік типтермен (темпераменттің түрлі типтерімен, әртүрлі әлеуметтік рөлдерді орындайтын және т.б. адамдармен) таныстырады.</w:t>
       </w:r>
-      <w:r w:rsidR="008C1BF2">
+    </w:p>
+    <w:p w:rsidR="00741948" w:rsidRPr="00741948" w:rsidRDefault="00741948" w:rsidP="00741948">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005E6CF3">
+      </w:pPr>
+      <w:r w:rsidRPr="00741948">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>предложенных</w:t>
+        <w:t>2. Эмоциялық саланы дамыту: қатысушылар қарым-қатынас бойынша серіктестің өз сезімдері мен эмоционалдық жағдайын сезінуге үйренеді.</w:t>
       </w:r>
-      <w:r w:rsidR="00F822B3">
+    </w:p>
+    <w:p w:rsidR="00741948" w:rsidRPr="00741948" w:rsidRDefault="00741948" w:rsidP="00741948">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...137 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00741948">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Данн</w:t>
+        <w:t>3.Өмірлік жағдайларды шешу дағдыларына үйрету: фильммен жұмыс қатысушыларға қиын жағдайлардан шығудың әртүрлі тәсілдерінің бар екенін көруге, олардың мінез-құлықтық репертуарын кеңейтуге мүмкіндік береді.</w:t>
       </w:r>
-      <w:r w:rsidR="005A7590">
+    </w:p>
+    <w:p w:rsidR="00741948" w:rsidRPr="00741948" w:rsidRDefault="00741948" w:rsidP="00741948">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>о</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00741948">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>е мероприяти</w:t>
+        <w:t>4. Эмоционалдық шиеленісті реттеу.</w:t>
       </w:r>
-      <w:r w:rsidR="005A7590">
+    </w:p>
+    <w:p w:rsidR="00741948" w:rsidRPr="00741948" w:rsidRDefault="00741948" w:rsidP="00741948">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>е</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00741948">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> направленн</w:t>
+        <w:t>5. Релаксация дағдыларына және өз сезімдерін ойластыра білуге үйрету.</w:t>
       </w:r>
-      <w:r w:rsidR="005A7590">
+    </w:p>
+    <w:p w:rsidR="00741948" w:rsidRPr="00741948" w:rsidRDefault="00741948" w:rsidP="00741948">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>о</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00741948">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">на </w:t>
-[...17 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>6. Дамыту, талдау жасау қабілеті.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00126F0A" w:rsidRPr="00BB3F1D" w:rsidRDefault="00126F0A" w:rsidP="00126F0A">
-[...257 lines deleted...]
-    <w:p w:rsidR="00126F0A" w:rsidRDefault="00126F0A" w:rsidP="00126F0A">
+    <w:p w:rsidR="00126F0A" w:rsidRDefault="00741948" w:rsidP="00741948">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00741948">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="20"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Эффективность данных видеороликов </w:t>
-[...89 lines deleted...]
-        <w:t>подтверждают результаты анкетирования и эссе по итогам просмотра.</w:t>
+        <w:t>Осы бейнероликтердің тиімділігі алдын алу шаралары ретінде, жасөспірімдік агрессияның алдын алу және өмірлік қиын жағдайларды жеңу бойынша болады және бұл сауалнама нәтижелері мен шолу қорытындысы бойынша эссе растайды.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C06110" w:rsidRPr="00187E23" w:rsidRDefault="006933B6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>15240</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>2283460</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3492500" cy="1962150"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -1035,50 +558,51 @@
     <w:rsid w:val="000E1290"/>
     <w:rsid w:val="000E1597"/>
     <w:rsid w:val="000E544C"/>
     <w:rsid w:val="000E5A34"/>
     <w:rsid w:val="000E78D0"/>
     <w:rsid w:val="000E7E1E"/>
     <w:rsid w:val="000F2AD8"/>
     <w:rsid w:val="000F3FCC"/>
     <w:rsid w:val="000F4353"/>
     <w:rsid w:val="000F71AF"/>
     <w:rsid w:val="000F75F9"/>
     <w:rsid w:val="00100333"/>
     <w:rsid w:val="001020AB"/>
     <w:rsid w:val="00103FBF"/>
     <w:rsid w:val="00104AC7"/>
     <w:rsid w:val="00110827"/>
     <w:rsid w:val="0011116F"/>
     <w:rsid w:val="001120CE"/>
     <w:rsid w:val="0011551C"/>
     <w:rsid w:val="001159B5"/>
     <w:rsid w:val="00116C94"/>
     <w:rsid w:val="00120D69"/>
     <w:rsid w:val="00121B5B"/>
     <w:rsid w:val="00122A58"/>
     <w:rsid w:val="00122D55"/>
+    <w:rsid w:val="00122E58"/>
     <w:rsid w:val="001235A2"/>
     <w:rsid w:val="001235F8"/>
     <w:rsid w:val="00124B59"/>
     <w:rsid w:val="00126F0A"/>
     <w:rsid w:val="00133028"/>
     <w:rsid w:val="001357F4"/>
     <w:rsid w:val="00135FBA"/>
     <w:rsid w:val="00140760"/>
     <w:rsid w:val="00141EFA"/>
     <w:rsid w:val="00142D01"/>
     <w:rsid w:val="00142D93"/>
     <w:rsid w:val="00144924"/>
     <w:rsid w:val="00144CE6"/>
     <w:rsid w:val="00145245"/>
     <w:rsid w:val="0014536D"/>
     <w:rsid w:val="001461F9"/>
     <w:rsid w:val="0015026B"/>
     <w:rsid w:val="00150532"/>
     <w:rsid w:val="001506BD"/>
     <w:rsid w:val="00150B45"/>
     <w:rsid w:val="00151F4C"/>
     <w:rsid w:val="00153B10"/>
     <w:rsid w:val="00154241"/>
     <w:rsid w:val="00156440"/>
     <w:rsid w:val="0015701F"/>
@@ -1657,50 +1181,51 @@
     <w:rsid w:val="00706AEF"/>
     <w:rsid w:val="0071054A"/>
     <w:rsid w:val="007105DC"/>
     <w:rsid w:val="00710D16"/>
     <w:rsid w:val="007116D3"/>
     <w:rsid w:val="0071455F"/>
     <w:rsid w:val="007220EF"/>
     <w:rsid w:val="007239B6"/>
     <w:rsid w:val="007239EF"/>
     <w:rsid w:val="0072466F"/>
     <w:rsid w:val="00724D8D"/>
     <w:rsid w:val="00725716"/>
     <w:rsid w:val="00726061"/>
     <w:rsid w:val="00726DA4"/>
     <w:rsid w:val="007273F5"/>
     <w:rsid w:val="00730CA8"/>
     <w:rsid w:val="00732543"/>
     <w:rsid w:val="00733C40"/>
     <w:rsid w:val="00733EE2"/>
     <w:rsid w:val="007344A0"/>
     <w:rsid w:val="007354CB"/>
     <w:rsid w:val="007364A0"/>
     <w:rsid w:val="00736FF5"/>
     <w:rsid w:val="007377C0"/>
     <w:rsid w:val="00737C56"/>
+    <w:rsid w:val="00741948"/>
     <w:rsid w:val="007424BF"/>
     <w:rsid w:val="007424EE"/>
     <w:rsid w:val="00744EF7"/>
     <w:rsid w:val="00745411"/>
     <w:rsid w:val="0074720E"/>
     <w:rsid w:val="007515FD"/>
     <w:rsid w:val="00752A0C"/>
     <w:rsid w:val="00753CB2"/>
     <w:rsid w:val="00755006"/>
     <w:rsid w:val="00755674"/>
     <w:rsid w:val="00755DA4"/>
     <w:rsid w:val="007573E8"/>
     <w:rsid w:val="00760950"/>
     <w:rsid w:val="007611A7"/>
     <w:rsid w:val="007617BD"/>
     <w:rsid w:val="00763E14"/>
     <w:rsid w:val="007650E3"/>
     <w:rsid w:val="00765DFE"/>
     <w:rsid w:val="00767DCE"/>
     <w:rsid w:val="00772B36"/>
     <w:rsid w:val="00772FC9"/>
     <w:rsid w:val="0077367C"/>
     <w:rsid w:val="00773758"/>
     <w:rsid w:val="00773E19"/>
     <w:rsid w:val="00773F78"/>
@@ -1809,51 +1334,50 @@
     <w:rsid w:val="00887F8F"/>
     <w:rsid w:val="00891E68"/>
     <w:rsid w:val="008922A0"/>
     <w:rsid w:val="00894589"/>
     <w:rsid w:val="00895030"/>
     <w:rsid w:val="008A0431"/>
     <w:rsid w:val="008A143A"/>
     <w:rsid w:val="008A211C"/>
     <w:rsid w:val="008A3966"/>
     <w:rsid w:val="008A3CDC"/>
     <w:rsid w:val="008A4722"/>
     <w:rsid w:val="008A4F6C"/>
     <w:rsid w:val="008A52C4"/>
     <w:rsid w:val="008A5728"/>
     <w:rsid w:val="008A5B4F"/>
     <w:rsid w:val="008B0701"/>
     <w:rsid w:val="008B1BD9"/>
     <w:rsid w:val="008B2FCE"/>
     <w:rsid w:val="008B4630"/>
     <w:rsid w:val="008B5CBF"/>
     <w:rsid w:val="008B657E"/>
     <w:rsid w:val="008C1A31"/>
     <w:rsid w:val="008C1BF2"/>
     <w:rsid w:val="008C1D95"/>
     <w:rsid w:val="008C1F37"/>
-    <w:rsid w:val="008C63ED"/>
     <w:rsid w:val="008D01D0"/>
     <w:rsid w:val="008D03FF"/>
     <w:rsid w:val="008D0AFA"/>
     <w:rsid w:val="008D254D"/>
     <w:rsid w:val="008D3155"/>
     <w:rsid w:val="008D35D9"/>
     <w:rsid w:val="008D4A4D"/>
     <w:rsid w:val="008E11AE"/>
     <w:rsid w:val="008E13DF"/>
     <w:rsid w:val="008E1E18"/>
     <w:rsid w:val="008E357E"/>
     <w:rsid w:val="008E3AAB"/>
     <w:rsid w:val="008E3F68"/>
     <w:rsid w:val="008E4472"/>
     <w:rsid w:val="008E5337"/>
     <w:rsid w:val="008E6480"/>
     <w:rsid w:val="008E7093"/>
     <w:rsid w:val="008E7C5A"/>
     <w:rsid w:val="008F0C1A"/>
     <w:rsid w:val="008F0CA9"/>
     <w:rsid w:val="008F4054"/>
     <w:rsid w:val="008F4F50"/>
     <w:rsid w:val="008F72A5"/>
     <w:rsid w:val="009021D8"/>
     <w:rsid w:val="00902E8F"/>
@@ -2388,51 +1912,50 @@
     <w:rsid w:val="00F17063"/>
     <w:rsid w:val="00F2023D"/>
     <w:rsid w:val="00F20601"/>
     <w:rsid w:val="00F27418"/>
     <w:rsid w:val="00F30263"/>
     <w:rsid w:val="00F31D13"/>
     <w:rsid w:val="00F37C5F"/>
     <w:rsid w:val="00F42537"/>
     <w:rsid w:val="00F45DEC"/>
     <w:rsid w:val="00F4640B"/>
     <w:rsid w:val="00F46E4E"/>
     <w:rsid w:val="00F473E8"/>
     <w:rsid w:val="00F50ADC"/>
     <w:rsid w:val="00F510A3"/>
     <w:rsid w:val="00F51205"/>
     <w:rsid w:val="00F54CBF"/>
     <w:rsid w:val="00F603AF"/>
     <w:rsid w:val="00F6415E"/>
     <w:rsid w:val="00F67376"/>
     <w:rsid w:val="00F72395"/>
     <w:rsid w:val="00F729EF"/>
     <w:rsid w:val="00F72A00"/>
     <w:rsid w:val="00F746FB"/>
     <w:rsid w:val="00F764DB"/>
     <w:rsid w:val="00F8221C"/>
-    <w:rsid w:val="00F822B3"/>
     <w:rsid w:val="00F825BA"/>
     <w:rsid w:val="00F83A0F"/>
     <w:rsid w:val="00F86C99"/>
     <w:rsid w:val="00F9250C"/>
     <w:rsid w:val="00F9253D"/>
     <w:rsid w:val="00F92F18"/>
     <w:rsid w:val="00F9312A"/>
     <w:rsid w:val="00F9410F"/>
     <w:rsid w:val="00F9576D"/>
     <w:rsid w:val="00F97103"/>
     <w:rsid w:val="00F97505"/>
     <w:rsid w:val="00FA01F2"/>
     <w:rsid w:val="00FA0E43"/>
     <w:rsid w:val="00FA3990"/>
     <w:rsid w:val="00FA584B"/>
     <w:rsid w:val="00FA712A"/>
     <w:rsid w:val="00FA7854"/>
     <w:rsid w:val="00FB191C"/>
     <w:rsid w:val="00FB2547"/>
     <w:rsid w:val="00FB39EE"/>
     <w:rsid w:val="00FB5F25"/>
     <w:rsid w:val="00FB5FB9"/>
     <w:rsid w:val="00FB6021"/>
     <w:rsid w:val="00FC1A33"/>
     <w:rsid w:val="00FC41DB"/>
@@ -3211,65 +2734,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>191</Words>
-  <Characters>1095</Characters>
+  <Words>175</Words>
+  <Characters>1004</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1284</CharactersWithSpaces>
+  <CharactersWithSpaces>1177</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>