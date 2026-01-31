--- v0 (2025-12-08)
+++ v1 (2026-01-31)
@@ -1,1753 +1,3206 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00A06726" w:rsidRPr="00140529" w:rsidRDefault="00653C0F" w:rsidP="00C975D0">
-[...163 lines deleted...]
-    <w:p w:rsidR="00A06726" w:rsidRPr="00140529" w:rsidRDefault="00596240" w:rsidP="00C975D0">
+    <w:p w:rsidR="007E0A6C" w:rsidRPr="007E0A6C" w:rsidRDefault="007E0A6C" w:rsidP="007E0A6C">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bodoni MT Black" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...49 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№1 НОМ "Денсаулық және өмірлік дағдыларды қалыптастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">онымен қатар кәмелетке толмағандар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> суицидтің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A06726" w:rsidRPr="00140529">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" бағдарламасы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аясында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқарылған жұмыстар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A06726" w:rsidRPr="00140529">
-[...171 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00A06726" w:rsidRPr="00140529" w:rsidRDefault="00C93D9B" w:rsidP="00C975D0">
+    <w:p w:rsidR="007E0A6C" w:rsidRPr="007E0A6C" w:rsidRDefault="007E0A6C" w:rsidP="007E0A6C">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bodoni MT Black" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...59 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЖББОМ-те</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жасөспі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">імдердің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аутодеструктивтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мінез-құлқын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A06726" w:rsidRPr="00140529">
-[...31 lines deleted...]
-      <w:r w:rsidR="00905A36">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A06726" w:rsidRPr="00140529">
-[...17 lines deleted...]
-      <w:r w:rsidR="00A06726" w:rsidRPr="00140529">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> изменит мир к лучшему.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоспары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрылып, пысықталды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A06726" w:rsidRPr="00140529" w:rsidRDefault="00C93D9B" w:rsidP="00C975D0">
-[...203 lines deleted...]
-    <w:p w:rsidR="002E2F93" w:rsidRPr="00140529" w:rsidRDefault="0019611E" w:rsidP="00C975D0">
+    <w:p w:rsidR="007E0A6C" w:rsidRPr="007E0A6C" w:rsidRDefault="007E0A6C" w:rsidP="007E0A6C">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bodoni MT Black" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> проведен </w:t>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Барлық жоспарланған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткізілді, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суицидтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бейімділіктің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыстары ұжымда ү</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="002E2F93" w:rsidRPr="00140529">
-[...5 lines deleted...]
-        <w:t>профилактические</w:t>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нем</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="002E2F93" w:rsidRPr="00140529">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і жүргізіледі, өйткені </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пен психологиялық қызметтің жылдық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоспарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>енгізілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...37 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00322507" w:rsidRPr="00140529" w:rsidRDefault="002D04CD" w:rsidP="00C975D0">
-[...324 lines deleted...]
-    <w:p w:rsidR="00322507" w:rsidRPr="00140529" w:rsidRDefault="00322507" w:rsidP="00C975D0">
+    <w:p w:rsidR="007E0A6C" w:rsidRPr="007E0A6C" w:rsidRDefault="007E0A6C" w:rsidP="007E0A6C">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bodoni MT Black" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11.01.2019 ж. 8-11 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыныптарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тесттер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткізілді: "сіздің суицидальдық бейімділігіңіз</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00140529">
-[...5 lines deleted...]
-        <w:t>Проведен</w:t>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00140529">
-[...71 lines deleted...]
-        <w:t>формы ведения диалога. Розданы памятки для преподавателей.</w:t>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">З. Королева) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тесті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, жасөспірімдердің суицидальдық мінез-құлқының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>диагностикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Айзенка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қ."психикалық жай-күйінің өзін бағалау" жасөспірімдік жасқа арналған сауалнаманың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модификациясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), нәтижесі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кеңес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, психолог О. Л. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смирновамен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұсыныстар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A732E5" w:rsidRPr="00140529" w:rsidRDefault="00C93D9B" w:rsidP="00C975D0">
+    <w:p w:rsidR="007E0A6C" w:rsidRPr="007E0A6C" w:rsidRDefault="007E0A6C" w:rsidP="007E0A6C">
       <w:pPr>
         <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00140529">
-[...37 lines deleted...]
-        <w:t>ении</w:t>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24.02.2019 ж. психолог О. Л. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смирновамен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жоғары </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыныптарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (8А,8Б,8В,8Г) "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мейі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00A732E5" w:rsidRPr="00140529">
-[...48 lines deleted...]
-        <w:t>зам</w:t>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>імділік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өзіңді өлшен" тақырыбы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сабақ өткізілді, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жақсы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>істер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен іс-әрекеттер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпаратты тыңдап қана қоймай, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатар өздері де сахналық көріністерге, жағдайларға қатысты, Жақсылық пен жамандық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>роликтерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрді, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мейі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00A732E5" w:rsidRPr="00140529">
-[...5 lines deleted...]
-        <w:t>.д</w:t>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00A732E5" w:rsidRPr="00140529">
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> А.Б.</w:t>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>імділік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пен көңіл-күйді жақсы жаққа қарай өзгертеді </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қорытынды </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A732E5" w:rsidRPr="00140529" w:rsidRDefault="00A732E5" w:rsidP="00C975D0">
+    <w:p w:rsidR="007E0A6C" w:rsidRPr="007E0A6C" w:rsidRDefault="007E0A6C" w:rsidP="007E0A6C">
       <w:pPr>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00140529">
-[...5 lines deleted...]
-        <w:t>Индивидуальная и коррекционная работа с учениками ведется постоянно.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> директоры Е. М. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тусупова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, психолог А. В. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Беляевамен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, О. Л. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смирновамен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, директордың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орынбасары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А. Б. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>борасармантаевамен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">асөспірім жасындағы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проблемалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Инстограмма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және оның қауіптілігі. Көк кит және т. б. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сайттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C26A7" w:rsidRDefault="005C26A7" w:rsidP="00C975D0">
+    <w:p w:rsidR="007E0A6C" w:rsidRPr="007E0A6C" w:rsidRDefault="007E0A6C" w:rsidP="007E0A6C">
       <w:pPr>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25.12.2018 ж. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін "кәмелетке толмағандар мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зорлы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зомбылықты түзету және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шаралары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>" (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жетекшілерінің кеңесі) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семинары өткізілді."одан әрі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жиналыстарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ата-аналарға балалардың қауіпсіздігі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>таныстыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>таратылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. (психолог Смирнова О. Л.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E0A6C" w:rsidRPr="007E0A6C" w:rsidRDefault="007E0A6C" w:rsidP="007E0A6C">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12по18.01. 2019 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>астап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психолог О. Л. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смирновамен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "тәуекел </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тобы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" оқушыларының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кеңестер өткізілді, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектептегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жасөспірімдермен нақты жағдайлар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кеңестер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиелеуде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көмек </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E0A6C" w:rsidRPr="007E0A6C" w:rsidRDefault="007E0A6C" w:rsidP="007E0A6C">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жасөспірімдер үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>позитивті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коммуникативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өңіл-күй </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тренингін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психолог О. Л. Смирнованың 6-7 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушыларымен 2019 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28.01. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Тренингтерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетекшілері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысты, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тренинг </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өз балаларының мәселелерін анықтап, олардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шешіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, адамның эмоционалдық жағдайы – бұл өмірде табыстың 50% </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түсінді. Өзін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ретінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қабылдау барлығына қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E0A6C" w:rsidRPr="007E0A6C" w:rsidRDefault="007E0A6C" w:rsidP="007E0A6C">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"Өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іңді сақта" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жадынамасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құру және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарату</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психолог О. Л. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смирновамен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, директор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орынбасары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А. Б. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Борасармантаевамен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "өмір </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керемет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акциясын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткізу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асырылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E0A6C" w:rsidRPr="007E0A6C" w:rsidRDefault="007E0A6C" w:rsidP="007E0A6C">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Психолог О. Л. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смирновамен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогтарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арналған"әлеуетті өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өзі өлтірушілермен келіссөздер жүргізу" оқыту семинары өткізілді. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педагогтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өз-өзіне қол жұмсаушылармен әңгімелесу және келіссөздер жүргізу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ережелерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>танысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Диалогты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүргізудің барлық түрлерін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>егжей-тегжейлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, түсіндіретін демонстрациялық оқыту слайд көрсетілді. Оқытушылар үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жадынамалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>таратылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E0A6C" w:rsidRPr="007E0A6C" w:rsidRDefault="007E0A6C" w:rsidP="007E0A6C">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педагогикалық ұжымды "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекемесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен жасөспі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">імдер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> суицидтің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмысты ұйымдастыру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әдістемелік ұсынымдармен таныстыру."барлық педагогтарға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұсыныстар электрондық поштаға, толық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>танысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жіберіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Барлық педагогикалық құрам Әдістемелік ұсыныстармен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>танысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> парағына қол қойды. Осы ұсыныстармен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>танысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> директор Е. М. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тусупова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, психолог О. Л. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смирновамен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">директор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орынбасары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А. Б. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>борасармантаевамен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E0A6C" w:rsidRPr="007E0A6C" w:rsidRDefault="007E0A6C" w:rsidP="007E0A6C">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқушылармен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және түзету жұмыстары ү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немі ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E0A6C" w:rsidRPr="007E0A6C" w:rsidRDefault="007E0A6C" w:rsidP="007E0A6C">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00140529" w:rsidRDefault="00140529" w:rsidP="00C975D0">
+    <w:p w:rsidR="007E0A6C" w:rsidRPr="007E0A6C" w:rsidRDefault="007E0A6C" w:rsidP="007E0A6C">
       <w:pPr>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00140529" w:rsidRDefault="00140529" w:rsidP="00C975D0">
+    <w:p w:rsidR="007E0A6C" w:rsidRPr="007E0A6C" w:rsidRDefault="007E0A6C" w:rsidP="007E0A6C">
       <w:pPr>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00140529" w:rsidRDefault="00140529" w:rsidP="00C975D0">
+    <w:p w:rsidR="007E0A6C" w:rsidRPr="007E0A6C" w:rsidRDefault="007E0A6C" w:rsidP="007E0A6C">
       <w:pPr>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00140529" w:rsidRPr="00140529" w:rsidRDefault="00247AF1" w:rsidP="00C975D0">
+    <w:p w:rsidR="00140529" w:rsidRPr="007E0A6C" w:rsidRDefault="007E0A6C" w:rsidP="007E0A6C">
       <w:pPr>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="right"/>
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> – психолог Смирнова О.Л.</w:t>
+      <w:r w:rsidRPr="007E0A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педагог-психолог Смирнова О. Л.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00140529" w:rsidRPr="00140529" w:rsidSect="005C26A7">
+    <w:sectPr w:rsidR="00140529" w:rsidRPr="007E0A6C" w:rsidSect="005C26A7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Bodoni MT Black">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00A06726"/>
     <w:rsid w:val="00022D95"/>
     <w:rsid w:val="000A3E63"/>
+    <w:rsid w:val="000A3F27"/>
     <w:rsid w:val="001262C4"/>
     <w:rsid w:val="00140529"/>
     <w:rsid w:val="00156323"/>
     <w:rsid w:val="00167222"/>
     <w:rsid w:val="00172102"/>
     <w:rsid w:val="0019611E"/>
     <w:rsid w:val="001A37CD"/>
     <w:rsid w:val="001A72A5"/>
     <w:rsid w:val="001B358B"/>
     <w:rsid w:val="001C5CB8"/>
     <w:rsid w:val="001C5D8F"/>
     <w:rsid w:val="001C690C"/>
     <w:rsid w:val="001E0209"/>
     <w:rsid w:val="00234029"/>
     <w:rsid w:val="00240207"/>
     <w:rsid w:val="00247AF1"/>
     <w:rsid w:val="002D04CD"/>
     <w:rsid w:val="002E2F93"/>
     <w:rsid w:val="00322507"/>
     <w:rsid w:val="00353ABD"/>
     <w:rsid w:val="00360A30"/>
     <w:rsid w:val="00394C3C"/>
     <w:rsid w:val="003E0F32"/>
     <w:rsid w:val="00403AA1"/>
     <w:rsid w:val="00480ED3"/>
     <w:rsid w:val="00491203"/>
     <w:rsid w:val="004C0CA4"/>
     <w:rsid w:val="004D2296"/>
     <w:rsid w:val="00596240"/>
     <w:rsid w:val="005B3809"/>
     <w:rsid w:val="005C26A7"/>
     <w:rsid w:val="00620997"/>
     <w:rsid w:val="00622543"/>
     <w:rsid w:val="006266D9"/>
     <w:rsid w:val="006367F0"/>
     <w:rsid w:val="00643FCB"/>
     <w:rsid w:val="00653C0F"/>
     <w:rsid w:val="00685E8B"/>
     <w:rsid w:val="006A3268"/>
     <w:rsid w:val="006D4844"/>
     <w:rsid w:val="0070110F"/>
     <w:rsid w:val="00704A21"/>
     <w:rsid w:val="00781F4C"/>
     <w:rsid w:val="007C437E"/>
+    <w:rsid w:val="007E0A6C"/>
     <w:rsid w:val="007E7FF4"/>
     <w:rsid w:val="007F7406"/>
     <w:rsid w:val="00803EFA"/>
     <w:rsid w:val="008104AB"/>
     <w:rsid w:val="00837FC6"/>
     <w:rsid w:val="0088739D"/>
     <w:rsid w:val="008B5C21"/>
     <w:rsid w:val="008C1CDC"/>
     <w:rsid w:val="008F2B78"/>
     <w:rsid w:val="008F5AFB"/>
     <w:rsid w:val="00905A36"/>
     <w:rsid w:val="0097464C"/>
     <w:rsid w:val="009B7B9D"/>
     <w:rsid w:val="00A0553E"/>
     <w:rsid w:val="00A06726"/>
     <w:rsid w:val="00A6732B"/>
     <w:rsid w:val="00A732E5"/>
     <w:rsid w:val="00AA74EB"/>
     <w:rsid w:val="00AB4524"/>
     <w:rsid w:val="00AE637E"/>
     <w:rsid w:val="00B27262"/>
     <w:rsid w:val="00B2767A"/>
     <w:rsid w:val="00B42BC0"/>
     <w:rsid w:val="00B67D7E"/>
     <w:rsid w:val="00B70841"/>
@@ -1764,74 +3217,74 @@
     <w:rsid w:val="00CA4A97"/>
     <w:rsid w:val="00CA4B35"/>
     <w:rsid w:val="00CC10C5"/>
     <w:rsid w:val="00CD3BEC"/>
     <w:rsid w:val="00D30795"/>
     <w:rsid w:val="00D445A7"/>
     <w:rsid w:val="00D56568"/>
     <w:rsid w:val="00DE7B59"/>
     <w:rsid w:val="00E1786B"/>
     <w:rsid w:val="00E30E71"/>
     <w:rsid w:val="00E50C37"/>
     <w:rsid w:val="00E71A61"/>
     <w:rsid w:val="00E74656"/>
     <w:rsid w:val="00E8775E"/>
     <w:rsid w:val="00EB54C9"/>
     <w:rsid w:val="00ED4802"/>
     <w:rsid w:val="00EE5C6E"/>
     <w:rsid w:val="00F31C71"/>
     <w:rsid w:val="00F54186"/>
     <w:rsid w:val="00F87198"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -1962,50 +3415,51 @@
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A06726"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C93D9B"/>
     <w:pPr>
@@ -2203,59 +3657,59 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2501,71 +3955,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3111</Characters>
+  <Pages>2</Pages>
+  <Words>533</Words>
+  <Characters>3041</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3649</CharactersWithSpaces>
+  <CharactersWithSpaces>3567</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Психолог</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>