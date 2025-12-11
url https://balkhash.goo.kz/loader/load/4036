--- v0 (2025-12-10)
+++ v1 (2025-12-11)
@@ -1,1315 +1,2867 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D82662" w:rsidRDefault="00550634" w:rsidP="00D82662">
+    <w:p w:rsidR="00262959" w:rsidRPr="00262959" w:rsidRDefault="00262959" w:rsidP="00262959">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00550634">
-[...52 lines deleted...]
-        <w:t>болезнь века»</w:t>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Интернет тәуелділік –ғасыр </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауруы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>" психологиялық әңгімелесу»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00550634" w:rsidRPr="00550634" w:rsidRDefault="00550634" w:rsidP="00D82662">
+    <w:p w:rsidR="00262959" w:rsidRPr="00262959" w:rsidRDefault="00262959" w:rsidP="00262959">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A4730" w:rsidRPr="00D74932" w:rsidRDefault="001A4730" w:rsidP="00D82662">
+    <w:p w:rsidR="00262959" w:rsidRPr="00262959" w:rsidRDefault="00262959" w:rsidP="00262959">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D74932">
-[...107 lines deleted...]
-        <w:t>спец классы.</w:t>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>24</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаңтарда біздің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психологтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Беляева А. В. мен Смирнова О. Л. өткізген "Интернет тәуелділік - ғасыр </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дерті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профилактикалық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс-шара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтті.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005F3FEA" w:rsidRPr="00D74932" w:rsidRDefault="00A3357F" w:rsidP="00D82662">
+    <w:p w:rsidR="00262959" w:rsidRPr="00262959" w:rsidRDefault="00262959" w:rsidP="00262959">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D74932">
-[...8 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D74932">
-[...7 lines deleted...]
-        <w:t>примере</w:t>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>слайдтармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернеттің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зияны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпаратпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таныстырды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D74932">
-[...27 lines deleted...]
-        <w:t>!!!</w:t>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бейне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мысалда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелділік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>неге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әкеледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түсіндірді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға интернет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болмаса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>істеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айналысатынын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>елестету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұсынылды.!!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0373C" w:rsidRPr="00D74932" w:rsidRDefault="00C0373C" w:rsidP="00D82662">
+    <w:p w:rsidR="00262959" w:rsidRPr="00262959" w:rsidRDefault="00262959" w:rsidP="00262959">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D74932">
-[...8 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> перебой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аударатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D74932">
-[...7 lines deleted...]
-        <w:t>на перебой</w:t>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ед</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D74932">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> начали перечислять то, чем бы они могли бы заняться – петь, рисовать играть в настольные игры, вязать и даже вышивать!</w:t>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айналысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ән айтқанды, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сурет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> салғанды, үстел </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойындарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ойнауға, тоқу, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіпті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вышивать!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0373C" w:rsidRPr="00D74932" w:rsidRDefault="001E0AF6" w:rsidP="00D82662">
+    <w:p w:rsidR="00262959" w:rsidRPr="00262959" w:rsidRDefault="00262959" w:rsidP="00262959">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D74932">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">С учениками были проведены элементы тренинга в виде медитации, игры. </w:t>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқушылармен тренингтің медитация, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тү</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D74932">
-[...7 lines deleted...]
-        <w:t>Которые</w:t>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D74932">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> не только могут развлечь ребят, но и научить чему то новому, интересному.</w:t>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>элементтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткізілді. Мүмкін развлечь </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, бірақ үйрету, неге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>онда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жаңа, интересному.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E0AF6" w:rsidRPr="00D74932" w:rsidRDefault="001E0AF6" w:rsidP="00D82662">
+    <w:p w:rsidR="00262959" w:rsidRPr="00262959" w:rsidRDefault="00262959" w:rsidP="00262959">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D74932">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00D74932">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әуелділік тақырыбы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұсынылған сауалнаманың сұрақтарына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-      <w:r w:rsidR="00C0072D" w:rsidRPr="00D74932">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0072D" w:rsidRPr="00D74932" w:rsidRDefault="00C0072D" w:rsidP="00D82662">
+    <w:p w:rsidR="00262959" w:rsidRPr="00262959" w:rsidRDefault="00262959" w:rsidP="00262959">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D74932">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00D74932">
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жаңа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>технологиялар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,И</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нтернет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әлемінде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тірі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарым-қатынас, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу, таза </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A17A8F" w:rsidRPr="00D74932">
-[...27 lines deleted...]
-        <w:t>, чтения книг, прогулкам на свежем воздухе, о чем мы очень часто забываем.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>серуендеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> табу қажет, бұл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жиі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұмытамыз.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A416D6" w:rsidRDefault="00A416D6" w:rsidP="00D82662">
+    <w:p w:rsidR="00204E93" w:rsidRDefault="00262959" w:rsidP="00262959">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D74932">
-[...18 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс-шара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сезімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>эмоцияларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жандандырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернетсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өмір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керемет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түсінуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00550634" w:rsidRDefault="00550634" w:rsidP="00D82662">
+    <w:p w:rsidR="00262959" w:rsidRDefault="00262959" w:rsidP="00262959">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00550634" w:rsidRDefault="00550634" w:rsidP="00D82662">
+    <w:p w:rsidR="00262959" w:rsidRDefault="00262959" w:rsidP="00262959">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00550634" w:rsidRDefault="00550634" w:rsidP="00D82662">
+    <w:p w:rsidR="00262959" w:rsidRPr="00262959" w:rsidRDefault="00262959" w:rsidP="00262959">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00550634" w:rsidRDefault="00550634" w:rsidP="00D82662">
+    <w:p w:rsidR="00204E93" w:rsidRPr="00262959" w:rsidRDefault="00204E93" w:rsidP="00204E93">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00550634" w:rsidRDefault="00550634" w:rsidP="00D82662">
+    <w:p w:rsidR="00550634" w:rsidRPr="00204E93" w:rsidRDefault="00550634" w:rsidP="00D82662">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00550634" w:rsidRDefault="00550634" w:rsidP="00D82662">
+    <w:p w:rsidR="00550634" w:rsidRPr="00204E93" w:rsidRDefault="00550634" w:rsidP="00D82662">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00550634" w:rsidRDefault="00550634" w:rsidP="00D82662">
+    <w:p w:rsidR="00550634" w:rsidRPr="00204E93" w:rsidRDefault="00550634" w:rsidP="00D82662">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00550634" w:rsidRPr="00D74932" w:rsidRDefault="00A62E29" w:rsidP="00D82662">
+    <w:p w:rsidR="00550634" w:rsidRPr="00204E93" w:rsidRDefault="00550634" w:rsidP="00D82662">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00550634" w:rsidRPr="00204E93" w:rsidRDefault="00550634" w:rsidP="00D82662">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00550634" w:rsidRPr="00204E93" w:rsidRDefault="00550634" w:rsidP="00D82662">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00550634" w:rsidRPr="00204E93" w:rsidRDefault="00A62E29" w:rsidP="00D82662">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00204E93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75D95740" wp14:editId="2DF52019">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-186822</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-310493</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3997960" cy="2246630"/>
             <wp:effectExtent l="0" t="0" r="2540" b="1270"/>
             <wp:wrapNone/>
             <wp:docPr id="9" name="Рисунок 9" descr="C:\Users\Admin\Desktop\24 января интернет зависимость  фото\P_20190124_131044.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\Admin\Desktop\24 января интернет зависимость  фото\P_20190124_131044.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print">
+                    <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3997960" cy="2246630"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F3FEA" w:rsidRPr="00D74932" w:rsidRDefault="005F3FEA" w:rsidP="00D82662">
+    <w:p w:rsidR="005F3FEA" w:rsidRPr="00204E93" w:rsidRDefault="005F3FEA" w:rsidP="00D82662">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F3FEA" w:rsidRDefault="005F3FEA" w:rsidP="001A4730">
+    <w:p w:rsidR="005F3FEA" w:rsidRPr="00204E93" w:rsidRDefault="005F3FEA" w:rsidP="001A4730">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C06110" w:rsidRDefault="00092D8C">
+    <w:p w:rsidR="00C06110" w:rsidRPr="00204E93" w:rsidRDefault="00092D8C">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
+      <w:r w:rsidRPr="00204E93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6CFA9DCF" wp14:editId="6584F479">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2735842</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>5685379</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3477895" cy="1954530"/>
             <wp:effectExtent l="0" t="0" r="8255" b="7620"/>
             <wp:wrapNone/>
             <wp:docPr id="8" name="Рисунок 8" descr="C:\Users\Admin\Desktop\24 января интернет зависимость  фото\P_20190124_131215.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Users\Admin\Desktop\24 января интернет зависимость  фото\P_20190124_131215.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3477895" cy="1954530"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00E50F5D">
+      <w:r w:rsidR="00E50F5D" w:rsidRPr="00204E93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C49BEF2" wp14:editId="042EF467">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-565150</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1905635</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3646170" cy="2049145"/>
             <wp:effectExtent l="0" t="0" r="0" b="8255"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Admin\Desktop\24 января интернет зависимость  фото\P_20190124_130711.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Admin\Desktop\24 января интернет зависимость  фото\P_20190124_130711.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3646170" cy="2049145"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00E50F5D">
+      <w:r w:rsidR="00E50F5D" w:rsidRPr="00204E93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1862C686" wp14:editId="2066B183">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3031928</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1065026</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3328035" cy="1870710"/>
             <wp:effectExtent l="0" t="0" r="5715" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Рисунок 7" descr="C:\Users\Admin\Desktop\24 января интернет зависимость  фото\P_20190124_134043.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\Admin\Desktop\24 января интернет зависимость  фото\P_20190124_134043.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
+                    <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3328035" cy="1870710"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00E50F5D">
+      <w:r w:rsidR="00E50F5D" w:rsidRPr="00204E93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EB4B639" wp14:editId="15BF7510">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-606425</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>6478270</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3477260" cy="1954530"/>
             <wp:effectExtent l="0" t="0" r="8890" b="7620"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name="Рисунок 6" descr="C:\Users\Admin\Desktop\24 января интернет зависимость  фото\P_20190124_133610.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Admin\Desktop\24 января интернет зависимость  фото\P_20190124_133610.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3477260" cy="1954530"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00E50F5D">
+      <w:r w:rsidR="00E50F5D" w:rsidRPr="00204E93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="427A8576" wp14:editId="715ECD1E">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-564515</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>4229100</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3232785" cy="1816735"/>
             <wp:effectExtent l="0" t="0" r="5715" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Рисунок 5" descr="C:\Users\Admin\Desktop\24 января интернет зависимость  фото\P_20190124_133004.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Admin\Desktop\24 января интернет зависимость  фото\P_20190124_133004.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3232785" cy="1816735"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00E50F5D">
+      <w:r w:rsidR="00E50F5D" w:rsidRPr="00204E93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5CEFDC27" wp14:editId="78DD9F81">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2660650</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>3345815</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3552190" cy="1996440"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\Admin\Desktop\24 января интернет зависимость  фото\P_20190124_130855.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Admin\Desktop\24 января интернет зависимость  фото\P_20190124_130855.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3552190" cy="1996440"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C06110">
+    <w:sectPr w:rsidR="00C06110" w:rsidRPr="00204E93" w:rsidSect="00C70C6E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="71"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...4 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="001A4730"/>
     <w:rsid w:val="00000641"/>
     <w:rsid w:val="00000E1F"/>
     <w:rsid w:val="00002A71"/>
     <w:rsid w:val="000043BE"/>
     <w:rsid w:val="000110B0"/>
     <w:rsid w:val="000118EF"/>
     <w:rsid w:val="00011A25"/>
     <w:rsid w:val="000123F4"/>
     <w:rsid w:val="000134CF"/>
     <w:rsid w:val="000168F8"/>
     <w:rsid w:val="000175CC"/>
     <w:rsid w:val="000176DE"/>
     <w:rsid w:val="00023AAD"/>
     <w:rsid w:val="000246BE"/>
     <w:rsid w:val="00024A06"/>
     <w:rsid w:val="0002560B"/>
     <w:rsid w:val="00025BEB"/>
     <w:rsid w:val="00026021"/>
     <w:rsid w:val="00026056"/>
     <w:rsid w:val="000265A4"/>
     <w:rsid w:val="0002765C"/>
     <w:rsid w:val="00027CB6"/>
     <w:rsid w:val="000301CD"/>
@@ -1477,92 +3029,94 @@
     <w:rsid w:val="001C2A18"/>
     <w:rsid w:val="001C771B"/>
     <w:rsid w:val="001D1C82"/>
     <w:rsid w:val="001D266F"/>
     <w:rsid w:val="001D3B74"/>
     <w:rsid w:val="001D4BD3"/>
     <w:rsid w:val="001D5336"/>
     <w:rsid w:val="001D6907"/>
     <w:rsid w:val="001E0AF6"/>
     <w:rsid w:val="001E0B63"/>
     <w:rsid w:val="001E0E80"/>
     <w:rsid w:val="001E10F0"/>
     <w:rsid w:val="001E135D"/>
     <w:rsid w:val="001E2385"/>
     <w:rsid w:val="001E3DE6"/>
     <w:rsid w:val="001E3E25"/>
     <w:rsid w:val="001F0662"/>
     <w:rsid w:val="001F1B41"/>
     <w:rsid w:val="001F4CC5"/>
     <w:rsid w:val="001F7D91"/>
     <w:rsid w:val="001F7E0B"/>
     <w:rsid w:val="00200DC4"/>
     <w:rsid w:val="00201ADA"/>
     <w:rsid w:val="00202CA5"/>
     <w:rsid w:val="00203666"/>
+    <w:rsid w:val="00204E93"/>
     <w:rsid w:val="00204ED6"/>
     <w:rsid w:val="00205870"/>
     <w:rsid w:val="002103EF"/>
     <w:rsid w:val="00213095"/>
     <w:rsid w:val="00214715"/>
     <w:rsid w:val="00214CB1"/>
     <w:rsid w:val="00214D94"/>
     <w:rsid w:val="002155FD"/>
     <w:rsid w:val="002162D8"/>
     <w:rsid w:val="00217EEA"/>
     <w:rsid w:val="00220D59"/>
     <w:rsid w:val="002213A4"/>
     <w:rsid w:val="00221547"/>
     <w:rsid w:val="00223C93"/>
     <w:rsid w:val="00225097"/>
     <w:rsid w:val="00225245"/>
     <w:rsid w:val="0022704E"/>
     <w:rsid w:val="00230D5C"/>
     <w:rsid w:val="0023238A"/>
     <w:rsid w:val="00232BB1"/>
     <w:rsid w:val="0023355E"/>
     <w:rsid w:val="002352C6"/>
     <w:rsid w:val="00235FEC"/>
     <w:rsid w:val="00237B52"/>
     <w:rsid w:val="00237F21"/>
     <w:rsid w:val="002419F6"/>
     <w:rsid w:val="00241A82"/>
     <w:rsid w:val="002436E7"/>
     <w:rsid w:val="002449F6"/>
     <w:rsid w:val="0024622C"/>
     <w:rsid w:val="00251324"/>
     <w:rsid w:val="002520F5"/>
     <w:rsid w:val="00252C44"/>
     <w:rsid w:val="00252EA0"/>
     <w:rsid w:val="00253C31"/>
     <w:rsid w:val="00254AA4"/>
     <w:rsid w:val="00255688"/>
     <w:rsid w:val="00256FAC"/>
     <w:rsid w:val="0025789D"/>
     <w:rsid w:val="00257C07"/>
     <w:rsid w:val="00257D45"/>
     <w:rsid w:val="00257E1C"/>
+    <w:rsid w:val="00262959"/>
     <w:rsid w:val="002649CF"/>
     <w:rsid w:val="00266242"/>
     <w:rsid w:val="00266C2B"/>
     <w:rsid w:val="0027178E"/>
     <w:rsid w:val="00271E67"/>
     <w:rsid w:val="00272117"/>
     <w:rsid w:val="002735B5"/>
     <w:rsid w:val="00273BFC"/>
     <w:rsid w:val="002752CA"/>
     <w:rsid w:val="00276488"/>
     <w:rsid w:val="00280837"/>
     <w:rsid w:val="00280F85"/>
     <w:rsid w:val="00283994"/>
     <w:rsid w:val="002843D8"/>
     <w:rsid w:val="00285A81"/>
     <w:rsid w:val="00286D1C"/>
     <w:rsid w:val="002871BC"/>
     <w:rsid w:val="00287A94"/>
     <w:rsid w:val="0029094C"/>
     <w:rsid w:val="002927D4"/>
     <w:rsid w:val="002940F9"/>
     <w:rsid w:val="002943D3"/>
     <w:rsid w:val="002944F6"/>
     <w:rsid w:val="0029474C"/>
     <w:rsid w:val="002A1104"/>
@@ -2522,50 +4076,51 @@
     <w:rsid w:val="00C36F9C"/>
     <w:rsid w:val="00C430D8"/>
     <w:rsid w:val="00C4364B"/>
     <w:rsid w:val="00C43F10"/>
     <w:rsid w:val="00C470E0"/>
     <w:rsid w:val="00C4729E"/>
     <w:rsid w:val="00C47BB6"/>
     <w:rsid w:val="00C47CA2"/>
     <w:rsid w:val="00C50107"/>
     <w:rsid w:val="00C510C2"/>
     <w:rsid w:val="00C51A51"/>
     <w:rsid w:val="00C533DD"/>
     <w:rsid w:val="00C55052"/>
     <w:rsid w:val="00C55D5B"/>
     <w:rsid w:val="00C564E6"/>
     <w:rsid w:val="00C57F80"/>
     <w:rsid w:val="00C60CB1"/>
     <w:rsid w:val="00C61A85"/>
     <w:rsid w:val="00C6314B"/>
     <w:rsid w:val="00C639EA"/>
     <w:rsid w:val="00C646D1"/>
     <w:rsid w:val="00C64C3A"/>
     <w:rsid w:val="00C658FF"/>
     <w:rsid w:val="00C665FE"/>
     <w:rsid w:val="00C6719E"/>
+    <w:rsid w:val="00C70C6E"/>
     <w:rsid w:val="00C72CDD"/>
     <w:rsid w:val="00C73632"/>
     <w:rsid w:val="00C73BA3"/>
     <w:rsid w:val="00C76754"/>
     <w:rsid w:val="00C77343"/>
     <w:rsid w:val="00C80AF4"/>
     <w:rsid w:val="00C80ECA"/>
     <w:rsid w:val="00C828BA"/>
     <w:rsid w:val="00C841F0"/>
     <w:rsid w:val="00C847B4"/>
     <w:rsid w:val="00C848C8"/>
     <w:rsid w:val="00C86495"/>
     <w:rsid w:val="00C9129A"/>
     <w:rsid w:val="00C914E3"/>
     <w:rsid w:val="00C92CAB"/>
     <w:rsid w:val="00C95D29"/>
     <w:rsid w:val="00C97F49"/>
     <w:rsid w:val="00CA0758"/>
     <w:rsid w:val="00CA087C"/>
     <w:rsid w:val="00CA1F3D"/>
     <w:rsid w:val="00CA5D23"/>
     <w:rsid w:val="00CA72B4"/>
     <w:rsid w:val="00CB1950"/>
     <w:rsid w:val="00CB34F5"/>
     <w:rsid w:val="00CB5975"/>
@@ -2859,74 +4414,74 @@
     <w:rsid w:val="00FC41DB"/>
     <w:rsid w:val="00FC43E3"/>
     <w:rsid w:val="00FD0390"/>
     <w:rsid w:val="00FD0ADC"/>
     <w:rsid w:val="00FD245B"/>
     <w:rsid w:val="00FD24B2"/>
     <w:rsid w:val="00FD3DF5"/>
     <w:rsid w:val="00FD4FC7"/>
     <w:rsid w:val="00FD5658"/>
     <w:rsid w:val="00FD60CB"/>
     <w:rsid w:val="00FD736B"/>
     <w:rsid w:val="00FE04F7"/>
     <w:rsid w:val="00FE108B"/>
     <w:rsid w:val="00FE202C"/>
     <w:rsid w:val="00FE4299"/>
     <w:rsid w:val="00FE5F22"/>
     <w:rsid w:val="00FF2537"/>
     <w:rsid w:val="00FF2BD3"/>
     <w:rsid w:val="00FF3C4F"/>
     <w:rsid w:val="00FF3E2C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -3053,50 +4608,51 @@
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001A4730"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00550634"/>
     <w:pPr>
@@ -3324,59 +4880,59 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00550634"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3624,66 +5180,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1043</Characters>
+  <Pages>2</Pages>
+  <Words>174</Words>
+  <Characters>995</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1223</CharactersWithSpaces>
+  <CharactersWithSpaces>1167</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>