--- v0 (2025-12-09)
+++ v1 (2026-01-07)
@@ -1,1221 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00DD4E85" w:rsidRPr="00DD4E85" w:rsidRDefault="00DD4E85" w:rsidP="00DD4E85">
+    <w:p w:rsidR="00F3152F" w:rsidRDefault="00F3152F" w:rsidP="00F3152F">
       <w:pPr>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="a3"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Отчего же в мире этом столько погибает?</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">Может </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DD4E85">
-[...96 lines deleted...]
-        <w:t>?</w:t>
+      <w:r>
+        <w:t>быть</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t xml:space="preserve"> про вред курения они не знают?</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Может дым противный этот сигаретный</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DD4E85">
-[...116 lines deleted...]
-        <w:t>?</w:t>
+      <w:r>
+        <w:br/>
+        <w:t>Н</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>е считают люди для себя запретным?</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00DD4E85" w:rsidRPr="00DD4E85" w:rsidRDefault="00DD4E85" w:rsidP="00DD4E85">
+    <w:p w:rsidR="00F3152F" w:rsidRDefault="00F3152F" w:rsidP="00F3152F">
       <w:pPr>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="a3"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>Мүмкін</w:t>
+      <w:r>
+        <w:t>Так давайте мы войну объявим</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...90 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DD4E85">
-[...136 lines deleted...]
-        <w:t>?</w:t>
+      <w:r>
+        <w:br/>
+        <w:t>В</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...17 lines deleted...]
-        <w:t>Сондықтан</w:t>
+      <w:r>
+        <w:t>сем кто курит сам и воздух травит!</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:br/>
+        <w:t>Бросьте, уничтожьте сигарету,</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>біз</w:t>
+      <w:r>
+        <w:br/>
+        <w:t>Чтобы не курили люди на планете!</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">С целью профилактики вредных привычек среди подростков и молодежи, популяризации здорового образа жизни 16 октября 2019 года под руководством социального педагога Бейсекеевой З.Р. и членами отряда «Подросток и закон» проведена профилактическая акция </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...178 lines deleted...]
-        <w:t>!</w:t>
+      <w:r>
+        <w:br/>
+        <w:t>« Сигарету-на конфету». В ходе акции всем предложено уничтожить свои сигареты, выбросить их раз и навсегда, поменяв на конфеты!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD4E85" w:rsidRPr="00DD4E85" w:rsidRDefault="00DD4E85" w:rsidP="00DD4E85">
-[...442 lines deleted...]
-      <w:r w:rsidR="00F3152F">
+    <w:p w:rsidR="0087425F" w:rsidRDefault="00F3152F">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5940425" cy="3960283"/>
             <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\сигарету -на конфету\IMG_5597.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\сигарету -на конфету\IMG_5597.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
@@ -1448,73 +344,72 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F3152F" w:rsidSect="0087425F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="44"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00F3152F"/>
     <w:rsid w:val="000002FC"/>
     <w:rsid w:val="0000043B"/>
     <w:rsid w:val="000021B1"/>
     <w:rsid w:val="0000260E"/>
     <w:rsid w:val="00002E28"/>
     <w:rsid w:val="00003087"/>
     <w:rsid w:val="000040BF"/>
     <w:rsid w:val="0000758B"/>
     <w:rsid w:val="000079AB"/>
     <w:rsid w:val="00010385"/>
     <w:rsid w:val="0001069C"/>
     <w:rsid w:val="00010BDE"/>
@@ -1801,51 +696,50 @@
     <w:rsid w:val="00150B93"/>
     <w:rsid w:val="00150CF4"/>
     <w:rsid w:val="0015272C"/>
     <w:rsid w:val="00152A2F"/>
     <w:rsid w:val="00152C2F"/>
     <w:rsid w:val="00152E4C"/>
     <w:rsid w:val="00152E76"/>
     <w:rsid w:val="00153ED7"/>
     <w:rsid w:val="001542FC"/>
     <w:rsid w:val="0015456C"/>
     <w:rsid w:val="0015457E"/>
     <w:rsid w:val="0015499C"/>
     <w:rsid w:val="00156424"/>
     <w:rsid w:val="00156F97"/>
     <w:rsid w:val="00160AC9"/>
     <w:rsid w:val="00161148"/>
     <w:rsid w:val="00161EFB"/>
     <w:rsid w:val="00162DBE"/>
     <w:rsid w:val="00163E6D"/>
     <w:rsid w:val="00164CD9"/>
     <w:rsid w:val="0016567E"/>
     <w:rsid w:val="00165C77"/>
     <w:rsid w:val="00172690"/>
     <w:rsid w:val="00172B8E"/>
     <w:rsid w:val="00173299"/>
-    <w:rsid w:val="00173DF2"/>
     <w:rsid w:val="00174793"/>
     <w:rsid w:val="001748D3"/>
     <w:rsid w:val="00174904"/>
     <w:rsid w:val="0017557F"/>
     <w:rsid w:val="0017669F"/>
     <w:rsid w:val="0017692D"/>
     <w:rsid w:val="00177A93"/>
     <w:rsid w:val="00177BC9"/>
     <w:rsid w:val="00177F77"/>
     <w:rsid w:val="00180B40"/>
     <w:rsid w:val="0018117E"/>
     <w:rsid w:val="001811CE"/>
     <w:rsid w:val="00181680"/>
     <w:rsid w:val="00182150"/>
     <w:rsid w:val="00182474"/>
     <w:rsid w:val="00182753"/>
     <w:rsid w:val="00182E59"/>
     <w:rsid w:val="00182EFA"/>
     <w:rsid w:val="00184304"/>
     <w:rsid w:val="00184986"/>
     <w:rsid w:val="0018593F"/>
     <w:rsid w:val="001872E1"/>
     <w:rsid w:val="0018741C"/>
     <w:rsid w:val="001907D0"/>
     <w:rsid w:val="00192B68"/>
@@ -3207,51 +2101,50 @@
     <w:rsid w:val="007E7F77"/>
     <w:rsid w:val="007F00B4"/>
     <w:rsid w:val="007F1280"/>
     <w:rsid w:val="007F14B9"/>
     <w:rsid w:val="007F3053"/>
     <w:rsid w:val="007F3831"/>
     <w:rsid w:val="007F3A4E"/>
     <w:rsid w:val="007F3FCA"/>
     <w:rsid w:val="007F41A5"/>
     <w:rsid w:val="007F4287"/>
     <w:rsid w:val="007F4F1C"/>
     <w:rsid w:val="007F5561"/>
     <w:rsid w:val="007F570F"/>
     <w:rsid w:val="007F6193"/>
     <w:rsid w:val="008005D9"/>
     <w:rsid w:val="0080112E"/>
     <w:rsid w:val="00801347"/>
     <w:rsid w:val="008016BD"/>
     <w:rsid w:val="00801CC4"/>
     <w:rsid w:val="00802493"/>
     <w:rsid w:val="0080289E"/>
     <w:rsid w:val="008032BD"/>
     <w:rsid w:val="00803D5E"/>
     <w:rsid w:val="00804476"/>
     <w:rsid w:val="00805117"/>
-    <w:rsid w:val="008064D2"/>
     <w:rsid w:val="008066DB"/>
     <w:rsid w:val="00807456"/>
     <w:rsid w:val="00810269"/>
     <w:rsid w:val="00811219"/>
     <w:rsid w:val="00812083"/>
     <w:rsid w:val="00813DAB"/>
     <w:rsid w:val="00814F12"/>
     <w:rsid w:val="008160BA"/>
     <w:rsid w:val="00816532"/>
     <w:rsid w:val="008168A4"/>
     <w:rsid w:val="00817B93"/>
     <w:rsid w:val="008206EA"/>
     <w:rsid w:val="00822251"/>
     <w:rsid w:val="008226F7"/>
     <w:rsid w:val="00822FA0"/>
     <w:rsid w:val="0082340E"/>
     <w:rsid w:val="0082480A"/>
     <w:rsid w:val="008254A8"/>
     <w:rsid w:val="00825810"/>
     <w:rsid w:val="00825FE8"/>
     <w:rsid w:val="00825FF2"/>
     <w:rsid w:val="00826901"/>
     <w:rsid w:val="0082758A"/>
     <w:rsid w:val="00830333"/>
     <w:rsid w:val="00830563"/>
@@ -4377,51 +3270,50 @@
     <w:rsid w:val="00DB35AC"/>
     <w:rsid w:val="00DB38AA"/>
     <w:rsid w:val="00DB3BBB"/>
     <w:rsid w:val="00DB3E7B"/>
     <w:rsid w:val="00DB3F46"/>
     <w:rsid w:val="00DB5061"/>
     <w:rsid w:val="00DB514F"/>
     <w:rsid w:val="00DB6F4C"/>
     <w:rsid w:val="00DC0DAA"/>
     <w:rsid w:val="00DC1A8E"/>
     <w:rsid w:val="00DC2C8E"/>
     <w:rsid w:val="00DC2E7A"/>
     <w:rsid w:val="00DC359D"/>
     <w:rsid w:val="00DC4249"/>
     <w:rsid w:val="00DC4B5A"/>
     <w:rsid w:val="00DC4BBC"/>
     <w:rsid w:val="00DC5737"/>
     <w:rsid w:val="00DC6464"/>
     <w:rsid w:val="00DC7925"/>
     <w:rsid w:val="00DD0209"/>
     <w:rsid w:val="00DD168F"/>
     <w:rsid w:val="00DD2A25"/>
     <w:rsid w:val="00DD2DE0"/>
     <w:rsid w:val="00DD4357"/>
     <w:rsid w:val="00DD4B69"/>
-    <w:rsid w:val="00DD4E85"/>
     <w:rsid w:val="00DD4EBC"/>
     <w:rsid w:val="00DD4EF2"/>
     <w:rsid w:val="00DD522D"/>
     <w:rsid w:val="00DD6875"/>
     <w:rsid w:val="00DD69C5"/>
     <w:rsid w:val="00DD6B2C"/>
     <w:rsid w:val="00DD7C26"/>
     <w:rsid w:val="00DD7D40"/>
     <w:rsid w:val="00DE10FA"/>
     <w:rsid w:val="00DE2863"/>
     <w:rsid w:val="00DE29F1"/>
     <w:rsid w:val="00DE2C60"/>
     <w:rsid w:val="00DE4244"/>
     <w:rsid w:val="00DE4479"/>
     <w:rsid w:val="00DE4622"/>
     <w:rsid w:val="00DE5752"/>
     <w:rsid w:val="00DE57B7"/>
     <w:rsid w:val="00DE6FA0"/>
     <w:rsid w:val="00DE7DF2"/>
     <w:rsid w:val="00DE7EC3"/>
     <w:rsid w:val="00DF0010"/>
     <w:rsid w:val="00DF068E"/>
     <w:rsid w:val="00DF1B8C"/>
     <w:rsid w:val="00DF1DD4"/>
     <w:rsid w:val="00DF2702"/>
@@ -4797,51 +3689,51 @@
     <w:rsid w:val="00FF4A1B"/>
     <w:rsid w:val="00FF4D72"/>
     <w:rsid w:val="00FF4D9F"/>
     <w:rsid w:val="00FF5C1D"/>
     <w:rsid w:val="00FF676B"/>
     <w:rsid w:val="00FF6D43"/>
     <w:rsid w:val="00FF702C"/>
     <w:rsid w:val="00FF7075"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -5372,51 +4264,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>623</Characters>
+  <Pages>1</Pages>
+  <Words>99</Words>
+  <Characters>569</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>731</CharactersWithSpaces>
+  <CharactersWithSpaces>667</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>