--- v1 (2026-01-07)
+++ v2 (2026-03-05)
@@ -1,117 +1,247 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00F3152F" w:rsidRDefault="00F3152F" w:rsidP="00F3152F">
+    <w:p w:rsidR="008064D2" w:rsidRPr="008064D2" w:rsidRDefault="008064D2" w:rsidP="008064D2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:t>Отчего же в мире этом столько погибает?</w:t>
+      <w:r w:rsidRPr="008064D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Why do so many die in this world?</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Может </w:t>
+    </w:p>
+    <w:p w:rsidR="008064D2" w:rsidRPr="008064D2" w:rsidRDefault="008064D2" w:rsidP="008064D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008064D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Maybe they do not know about the harm of Smoking?</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="008064D2" w:rsidRPr="008064D2" w:rsidRDefault="008064D2" w:rsidP="008064D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008064D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Maybe the smoke is nasty this cigarette</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008064D2" w:rsidRPr="008064D2" w:rsidRDefault="008064D2" w:rsidP="008064D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008064D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Do not people consider themselves forbidden?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008064D2" w:rsidRPr="008064D2" w:rsidRDefault="008064D2" w:rsidP="008064D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008064D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>So let's declare war</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008064D2" w:rsidRPr="008064D2" w:rsidRDefault="008064D2" w:rsidP="008064D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008064D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Everyone who smokes himself and the air is poison!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008064D2" w:rsidRPr="008064D2" w:rsidRDefault="008064D2" w:rsidP="008064D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008064D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Drop, destroy the cigarette,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008064D2" w:rsidRPr="008064D2" w:rsidRDefault="008064D2" w:rsidP="008064D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008064D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>To not smoked people on the planet!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008064D2" w:rsidRPr="008064D2" w:rsidRDefault="008064D2" w:rsidP="008064D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008064D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In order to prevent bad habits among adolescents and young people, promote a healthy lifestyle on October 16, 2019, under the leadership of social pedagogue Beisekeeva Z. R. and members of the detachment "Teenager and law", a preventive action was held </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087425F" w:rsidRPr="008064D2" w:rsidRDefault="008064D2" w:rsidP="008064D2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-        <w:t>быть</w:t>
+      <w:r w:rsidRPr="008064D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"A cigarette for a candy".</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> про вред курения они не знают?</w:t>
+      <w:r w:rsidRPr="008064D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> During the action, everyone is invited to destroy their cigarettes, throw them away once and for all, changing to candy!</w:t>
       </w:r>
-      <w:r>
-[...47 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00F3152F">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5940425" cy="3960283"/>
             <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\сигарету -на конфету\IMG_5597.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\сигарету -на конфету\IMG_5597.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
@@ -344,72 +474,73 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F3152F" w:rsidSect="0087425F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="44"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00F3152F"/>
     <w:rsid w:val="000002FC"/>
     <w:rsid w:val="0000043B"/>
     <w:rsid w:val="000021B1"/>
     <w:rsid w:val="0000260E"/>
     <w:rsid w:val="00002E28"/>
     <w:rsid w:val="00003087"/>
     <w:rsid w:val="000040BF"/>
     <w:rsid w:val="0000758B"/>
     <w:rsid w:val="000079AB"/>
     <w:rsid w:val="00010385"/>
     <w:rsid w:val="0001069C"/>
     <w:rsid w:val="00010BDE"/>
@@ -696,50 +827,51 @@
     <w:rsid w:val="00150B93"/>
     <w:rsid w:val="00150CF4"/>
     <w:rsid w:val="0015272C"/>
     <w:rsid w:val="00152A2F"/>
     <w:rsid w:val="00152C2F"/>
     <w:rsid w:val="00152E4C"/>
     <w:rsid w:val="00152E76"/>
     <w:rsid w:val="00153ED7"/>
     <w:rsid w:val="001542FC"/>
     <w:rsid w:val="0015456C"/>
     <w:rsid w:val="0015457E"/>
     <w:rsid w:val="0015499C"/>
     <w:rsid w:val="00156424"/>
     <w:rsid w:val="00156F97"/>
     <w:rsid w:val="00160AC9"/>
     <w:rsid w:val="00161148"/>
     <w:rsid w:val="00161EFB"/>
     <w:rsid w:val="00162DBE"/>
     <w:rsid w:val="00163E6D"/>
     <w:rsid w:val="00164CD9"/>
     <w:rsid w:val="0016567E"/>
     <w:rsid w:val="00165C77"/>
     <w:rsid w:val="00172690"/>
     <w:rsid w:val="00172B8E"/>
     <w:rsid w:val="00173299"/>
+    <w:rsid w:val="00173DF2"/>
     <w:rsid w:val="00174793"/>
     <w:rsid w:val="001748D3"/>
     <w:rsid w:val="00174904"/>
     <w:rsid w:val="0017557F"/>
     <w:rsid w:val="0017669F"/>
     <w:rsid w:val="0017692D"/>
     <w:rsid w:val="00177A93"/>
     <w:rsid w:val="00177BC9"/>
     <w:rsid w:val="00177F77"/>
     <w:rsid w:val="00180B40"/>
     <w:rsid w:val="0018117E"/>
     <w:rsid w:val="001811CE"/>
     <w:rsid w:val="00181680"/>
     <w:rsid w:val="00182150"/>
     <w:rsid w:val="00182474"/>
     <w:rsid w:val="00182753"/>
     <w:rsid w:val="00182E59"/>
     <w:rsid w:val="00182EFA"/>
     <w:rsid w:val="00184304"/>
     <w:rsid w:val="00184986"/>
     <w:rsid w:val="0018593F"/>
     <w:rsid w:val="001872E1"/>
     <w:rsid w:val="0018741C"/>
     <w:rsid w:val="001907D0"/>
     <w:rsid w:val="00192B68"/>
@@ -2101,50 +2233,51 @@
     <w:rsid w:val="007E7F77"/>
     <w:rsid w:val="007F00B4"/>
     <w:rsid w:val="007F1280"/>
     <w:rsid w:val="007F14B9"/>
     <w:rsid w:val="007F3053"/>
     <w:rsid w:val="007F3831"/>
     <w:rsid w:val="007F3A4E"/>
     <w:rsid w:val="007F3FCA"/>
     <w:rsid w:val="007F41A5"/>
     <w:rsid w:val="007F4287"/>
     <w:rsid w:val="007F4F1C"/>
     <w:rsid w:val="007F5561"/>
     <w:rsid w:val="007F570F"/>
     <w:rsid w:val="007F6193"/>
     <w:rsid w:val="008005D9"/>
     <w:rsid w:val="0080112E"/>
     <w:rsid w:val="00801347"/>
     <w:rsid w:val="008016BD"/>
     <w:rsid w:val="00801CC4"/>
     <w:rsid w:val="00802493"/>
     <w:rsid w:val="0080289E"/>
     <w:rsid w:val="008032BD"/>
     <w:rsid w:val="00803D5E"/>
     <w:rsid w:val="00804476"/>
     <w:rsid w:val="00805117"/>
+    <w:rsid w:val="008064D2"/>
     <w:rsid w:val="008066DB"/>
     <w:rsid w:val="00807456"/>
     <w:rsid w:val="00810269"/>
     <w:rsid w:val="00811219"/>
     <w:rsid w:val="00812083"/>
     <w:rsid w:val="00813DAB"/>
     <w:rsid w:val="00814F12"/>
     <w:rsid w:val="008160BA"/>
     <w:rsid w:val="00816532"/>
     <w:rsid w:val="008168A4"/>
     <w:rsid w:val="00817B93"/>
     <w:rsid w:val="008206EA"/>
     <w:rsid w:val="00822251"/>
     <w:rsid w:val="008226F7"/>
     <w:rsid w:val="00822FA0"/>
     <w:rsid w:val="0082340E"/>
     <w:rsid w:val="0082480A"/>
     <w:rsid w:val="008254A8"/>
     <w:rsid w:val="00825810"/>
     <w:rsid w:val="00825FE8"/>
     <w:rsid w:val="00825FF2"/>
     <w:rsid w:val="00826901"/>
     <w:rsid w:val="0082758A"/>
     <w:rsid w:val="00830333"/>
     <w:rsid w:val="00830563"/>
@@ -3689,51 +3822,51 @@
     <w:rsid w:val="00FF4A1B"/>
     <w:rsid w:val="00FF4D72"/>
     <w:rsid w:val="00FF4D9F"/>
     <w:rsid w:val="00FF5C1D"/>
     <w:rsid w:val="00FF676B"/>
     <w:rsid w:val="00FF6D43"/>
     <w:rsid w:val="00FF702C"/>
     <w:rsid w:val="00FF7075"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4264,51 +4397,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>569</Characters>
+  <Pages>3</Pages>
+  <Words>106</Words>
+  <Characters>608</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>667</CharactersWithSpaces>
+  <CharactersWithSpaces>713</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>