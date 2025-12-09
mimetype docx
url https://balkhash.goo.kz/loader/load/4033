--- v0 (2025-12-09)
+++ v1 (2025-12-09)
@@ -1,367 +1,223 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00F84485" w:rsidRDefault="00BF2A69" w:rsidP="00F84485">
+    <w:p w:rsidR="0087425F" w:rsidRDefault="0098258F">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F46A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00BF2A69">
+        <w:t>3 октября  2019  года  член</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F46A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">2019 </w:t>
+        <w:t>ы</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BF2A69">
+      <w:r w:rsidRPr="000F46A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>жылы</w:t>
+        <w:t xml:space="preserve">   школьного  клуба  </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BF2A69">
+      <w:r w:rsidRPr="000F46A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F46A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Адал ұрпақ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F46A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3 </w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BF2A69">
+      <w:r w:rsidR="00A60F8E" w:rsidRPr="000F46A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қазанда</w:t>
+        <w:t xml:space="preserve"> провели  акцию «</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BF2A69">
+      <w:r w:rsidR="00A60F8E" w:rsidRPr="000F46A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Вместо букет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A60F8E" w:rsidRPr="000F46A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A60F8E" w:rsidRPr="000F46A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> газета, вместо  подарка- поделка</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60F8E" w:rsidRPr="000F46A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "</w:t>
+        <w:t xml:space="preserve">»,в рамках </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BF2A69">
+      <w:r w:rsidR="00CE223D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Адал</w:t>
+        <w:t xml:space="preserve">которой </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BF2A69">
+      <w:r w:rsidR="00A60F8E" w:rsidRPr="000F46A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> призвали  учащихся </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BF2A69">
+      <w:r w:rsidR="000F46A9" w:rsidRPr="000F46A9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ұрпақ</w:t>
+        <w:t xml:space="preserve">дарить учителям на память  </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BF2A69">
+      <w:r w:rsidR="00CE223D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">" </w:t>
+        <w:t>г</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BF2A69">
+      <w:r w:rsidR="000F46A9" w:rsidRPr="000F46A9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>мектеп</w:t>
+        <w:t>азету</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BF2A69">
+      <w:r w:rsidR="00CE223D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BF2A69">
+      <w:r w:rsidR="000F46A9" w:rsidRPr="000F46A9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>клубының</w:t>
-[...189 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> поделку.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000F46A9" w:rsidRDefault="002E1CE7" w:rsidP="00CE223D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2182284" cy="2197787"/>
             <wp:effectExtent l="0" t="0" r="8466" b="0"/>
             <wp:docPr id="6" name="Рисунок 1" descr="C:\Users\Зере\Desktop\Вместо букеты- газета, вместо подарка-поделка\аааааааааааааааааааааааааа.jpg"/>
@@ -395,54 +251,53 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="000B7383">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
       <w:r w:rsidR="00CE223D" w:rsidRPr="00CE223D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2242981" cy="2235199"/>
             <wp:effectExtent l="19050" t="0" r="4919" b="0"/>
             <wp:docPr id="10" name="Рисунок 5" descr="C:\Users\Зере\Desktop\Вместо букеты- газета, вместо подарка-поделка\Макс.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Зере\Desktop\Вместо букеты- газета, вместо подарка-поделка\Макс.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:srcRect t="26814" b="26814"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -596,54 +451,53 @@
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D47B5F" w:rsidRPr="000F46A9" w:rsidRDefault="00D47B5F" w:rsidP="00CE223D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47B5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2938780" cy="3118925"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="9" name="Рисунок 3" descr="C:\Users\Зере\Desktop\Вместо букеты- газета, вместо подарка-поделка\бригала.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\Вместо букеты- газета, вместо подарка-поделка\бригала.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect t="26871" b="26749"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -664,73 +518,72 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D47B5F" w:rsidRPr="000F46A9" w:rsidSect="000B7383">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="284" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="84"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="0098258F"/>
     <w:rsid w:val="000002FC"/>
     <w:rsid w:val="0000043B"/>
     <w:rsid w:val="000021B1"/>
     <w:rsid w:val="0000260E"/>
     <w:rsid w:val="00002E28"/>
     <w:rsid w:val="00003087"/>
     <w:rsid w:val="000040BF"/>
     <w:rsid w:val="0000758B"/>
     <w:rsid w:val="000079AB"/>
     <w:rsid w:val="00010385"/>
     <w:rsid w:val="00010BDE"/>
     <w:rsid w:val="00011621"/>
@@ -2111,51 +1964,50 @@
     <w:rsid w:val="006C2D0B"/>
     <w:rsid w:val="006C2E72"/>
     <w:rsid w:val="006C2E88"/>
     <w:rsid w:val="006C3608"/>
     <w:rsid w:val="006C3AFE"/>
     <w:rsid w:val="006C4C70"/>
     <w:rsid w:val="006C7D1E"/>
     <w:rsid w:val="006D03AD"/>
     <w:rsid w:val="006D08B4"/>
     <w:rsid w:val="006D09EB"/>
     <w:rsid w:val="006D0E58"/>
     <w:rsid w:val="006D1060"/>
     <w:rsid w:val="006D1BAE"/>
     <w:rsid w:val="006D225F"/>
     <w:rsid w:val="006D28E9"/>
     <w:rsid w:val="006D57E7"/>
     <w:rsid w:val="006D5AFF"/>
     <w:rsid w:val="006D7123"/>
     <w:rsid w:val="006D7B71"/>
     <w:rsid w:val="006E02AD"/>
     <w:rsid w:val="006E063B"/>
     <w:rsid w:val="006E104A"/>
     <w:rsid w:val="006E124E"/>
     <w:rsid w:val="006E2872"/>
     <w:rsid w:val="006E36DD"/>
-    <w:rsid w:val="006E36F2"/>
     <w:rsid w:val="006E683C"/>
     <w:rsid w:val="006E7570"/>
     <w:rsid w:val="006F241B"/>
     <w:rsid w:val="006F3377"/>
     <w:rsid w:val="006F3AA1"/>
     <w:rsid w:val="006F4144"/>
     <w:rsid w:val="006F43F9"/>
     <w:rsid w:val="006F460F"/>
     <w:rsid w:val="006F5DEB"/>
     <w:rsid w:val="006F71BF"/>
     <w:rsid w:val="006F7B25"/>
     <w:rsid w:val="006F7BCD"/>
     <w:rsid w:val="007017B8"/>
     <w:rsid w:val="00701E9C"/>
     <w:rsid w:val="007023C2"/>
     <w:rsid w:val="00702A2D"/>
     <w:rsid w:val="0070328A"/>
     <w:rsid w:val="0070378F"/>
     <w:rsid w:val="00703C8D"/>
     <w:rsid w:val="00705508"/>
     <w:rsid w:val="007058AD"/>
     <w:rsid w:val="00705DF1"/>
     <w:rsid w:val="00705EBD"/>
     <w:rsid w:val="00707961"/>
     <w:rsid w:val="0071058B"/>
@@ -3099,51 +2951,50 @@
     <w:rsid w:val="00BD2FC6"/>
     <w:rsid w:val="00BD3C94"/>
     <w:rsid w:val="00BD3FDC"/>
     <w:rsid w:val="00BD43A5"/>
     <w:rsid w:val="00BD4DC3"/>
     <w:rsid w:val="00BD4F3E"/>
     <w:rsid w:val="00BD5051"/>
     <w:rsid w:val="00BD55FA"/>
     <w:rsid w:val="00BD67C0"/>
     <w:rsid w:val="00BE115A"/>
     <w:rsid w:val="00BE2207"/>
     <w:rsid w:val="00BE224E"/>
     <w:rsid w:val="00BE24C9"/>
     <w:rsid w:val="00BE2DD2"/>
     <w:rsid w:val="00BE3D24"/>
     <w:rsid w:val="00BE4936"/>
     <w:rsid w:val="00BE572B"/>
     <w:rsid w:val="00BE6034"/>
     <w:rsid w:val="00BE6087"/>
     <w:rsid w:val="00BE6D62"/>
     <w:rsid w:val="00BE76F8"/>
     <w:rsid w:val="00BF05C0"/>
     <w:rsid w:val="00BF121E"/>
     <w:rsid w:val="00BF2343"/>
     <w:rsid w:val="00BF294C"/>
-    <w:rsid w:val="00BF2A69"/>
     <w:rsid w:val="00BF2C38"/>
     <w:rsid w:val="00BF2E9F"/>
     <w:rsid w:val="00BF38A3"/>
     <w:rsid w:val="00BF4164"/>
     <w:rsid w:val="00BF4797"/>
     <w:rsid w:val="00BF4BAB"/>
     <w:rsid w:val="00BF4CA1"/>
     <w:rsid w:val="00BF4D3A"/>
     <w:rsid w:val="00BF4D63"/>
     <w:rsid w:val="00BF5008"/>
     <w:rsid w:val="00BF6A5A"/>
     <w:rsid w:val="00BF7912"/>
     <w:rsid w:val="00C00C48"/>
     <w:rsid w:val="00C00F15"/>
     <w:rsid w:val="00C0107E"/>
     <w:rsid w:val="00C01EA0"/>
     <w:rsid w:val="00C032E7"/>
     <w:rsid w:val="00C0382A"/>
     <w:rsid w:val="00C047E9"/>
     <w:rsid w:val="00C052E9"/>
     <w:rsid w:val="00C0558E"/>
     <w:rsid w:val="00C06468"/>
     <w:rsid w:val="00C067F5"/>
     <w:rsid w:val="00C070AC"/>
     <w:rsid w:val="00C072DD"/>
@@ -3736,51 +3587,50 @@
     <w:rsid w:val="00F62AF7"/>
     <w:rsid w:val="00F62D7C"/>
     <w:rsid w:val="00F64154"/>
     <w:rsid w:val="00F64EE9"/>
     <w:rsid w:val="00F65783"/>
     <w:rsid w:val="00F66AAF"/>
     <w:rsid w:val="00F66C14"/>
     <w:rsid w:val="00F66C75"/>
     <w:rsid w:val="00F70459"/>
     <w:rsid w:val="00F70D6B"/>
     <w:rsid w:val="00F70F61"/>
     <w:rsid w:val="00F71A17"/>
     <w:rsid w:val="00F71C26"/>
     <w:rsid w:val="00F73524"/>
     <w:rsid w:val="00F73A2C"/>
     <w:rsid w:val="00F748AE"/>
     <w:rsid w:val="00F75516"/>
     <w:rsid w:val="00F75955"/>
     <w:rsid w:val="00F80712"/>
     <w:rsid w:val="00F80AF7"/>
     <w:rsid w:val="00F81CDF"/>
     <w:rsid w:val="00F82483"/>
     <w:rsid w:val="00F826EF"/>
     <w:rsid w:val="00F8368A"/>
     <w:rsid w:val="00F83934"/>
-    <w:rsid w:val="00F84485"/>
     <w:rsid w:val="00F84723"/>
     <w:rsid w:val="00F8631C"/>
     <w:rsid w:val="00F86983"/>
     <w:rsid w:val="00F86AB7"/>
     <w:rsid w:val="00F875B3"/>
     <w:rsid w:val="00F90A47"/>
     <w:rsid w:val="00F9216C"/>
     <w:rsid w:val="00F928AF"/>
     <w:rsid w:val="00F92A92"/>
     <w:rsid w:val="00F93948"/>
     <w:rsid w:val="00F93CEB"/>
     <w:rsid w:val="00F94BDB"/>
     <w:rsid w:val="00F9579C"/>
     <w:rsid w:val="00F95B54"/>
     <w:rsid w:val="00F96728"/>
     <w:rsid w:val="00F97220"/>
     <w:rsid w:val="00F97952"/>
     <w:rsid w:val="00F97DBB"/>
     <w:rsid w:val="00FA0176"/>
     <w:rsid w:val="00FA02D4"/>
     <w:rsid w:val="00FA05CB"/>
     <w:rsid w:val="00FA0765"/>
     <w:rsid w:val="00FA11E4"/>
     <w:rsid w:val="00FA304D"/>
     <w:rsid w:val="00FA3DC7"/>
@@ -3845,51 +3695,51 @@
     <w:rsid w:val="00FF4A1B"/>
     <w:rsid w:val="00FF4D72"/>
     <w:rsid w:val="00FF4D9F"/>
     <w:rsid w:val="00FF5C1D"/>
     <w:rsid w:val="00FF676B"/>
     <w:rsid w:val="00FF6D43"/>
     <w:rsid w:val="00FF702C"/>
     <w:rsid w:val="00FF7075"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4375,66 +4225,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>26</Words>
-  <Characters>150</Characters>
+  <Words>38</Words>
+  <Characters>217</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>175</CharactersWithSpaces>
+  <CharactersWithSpaces>254</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>