--- v1 (2025-12-09)
+++ v2 (2026-03-05)
@@ -1,223 +1,107 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="0087425F" w:rsidRDefault="0098258F">
+    <w:p w:rsidR="00F84485" w:rsidRDefault="00F84485" w:rsidP="00F84485">
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="000F46A9">
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3 октября  2019  года  член</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000F46A9">
+      </w:pPr>
+      <w:r w:rsidRPr="00F84485">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>ы</w:t>
+        <w:t>On October 3, 2019, members of the school club "</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F46A9">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84485">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">   школьного  клуба  </w:t>
+        <w:t>Adal</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F46A9">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="000F46A9">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84485">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A60F8E" w:rsidRPr="000F46A9">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F84485">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> провели  акцию «</w:t>
+        <w:t>Urpak</w:t>
       </w:r>
-      <w:r w:rsidR="00A60F8E" w:rsidRPr="000F46A9">
-[...31 lines deleted...]
-      <w:r w:rsidR="00A60F8E" w:rsidRPr="000F46A9">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F84485">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">»,в рамках </w:t>
-[...62 lines deleted...]
-        <w:t xml:space="preserve"> поделку.</w:t>
+        <w:t>" held an action "instead of a bouquet - a newspaper, instead of a gift - a craft", in which they urged students to give teachers a newspaper and a craft as a souvenir.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000F46A9" w:rsidRDefault="002E1CE7" w:rsidP="00CE223D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2182284" cy="2197787"/>
             <wp:effectExtent l="0" t="0" r="8466" b="0"/>
             <wp:docPr id="6" name="Рисунок 1" descr="C:\Users\Зере\Desktop\Вместо букеты- газета, вместо подарка-поделка\аааааааааааааааааааааааааа.jpg"/>
@@ -251,53 +135,54 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="000B7383">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
       <w:r w:rsidR="00CE223D" w:rsidRPr="00CE223D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2242981" cy="2235199"/>
             <wp:effectExtent l="19050" t="0" r="4919" b="0"/>
             <wp:docPr id="10" name="Рисунок 5" descr="C:\Users\Зере\Desktop\Вместо букеты- газета, вместо подарка-поделка\Макс.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Зере\Desktop\Вместо букеты- газета, вместо подарка-поделка\Макс.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:srcRect t="26814" b="26814"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -451,53 +336,54 @@
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D47B5F" w:rsidRPr="000F46A9" w:rsidRDefault="00D47B5F" w:rsidP="00CE223D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47B5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2938780" cy="3118925"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="9" name="Рисунок 3" descr="C:\Users\Зере\Desktop\Вместо букеты- газета, вместо подарка-поделка\бригала.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\Вместо букеты- газета, вместо подарка-поделка\бригала.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect t="26871" b="26749"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -518,72 +404,73 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D47B5F" w:rsidRPr="000F46A9" w:rsidSect="000B7383">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="284" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="84"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="0098258F"/>
     <w:rsid w:val="000002FC"/>
     <w:rsid w:val="0000043B"/>
     <w:rsid w:val="000021B1"/>
     <w:rsid w:val="0000260E"/>
     <w:rsid w:val="00002E28"/>
     <w:rsid w:val="00003087"/>
     <w:rsid w:val="000040BF"/>
     <w:rsid w:val="0000758B"/>
     <w:rsid w:val="000079AB"/>
     <w:rsid w:val="00010385"/>
     <w:rsid w:val="00010BDE"/>
     <w:rsid w:val="00011621"/>
@@ -1964,50 +1851,51 @@
     <w:rsid w:val="006C2D0B"/>
     <w:rsid w:val="006C2E72"/>
     <w:rsid w:val="006C2E88"/>
     <w:rsid w:val="006C3608"/>
     <w:rsid w:val="006C3AFE"/>
     <w:rsid w:val="006C4C70"/>
     <w:rsid w:val="006C7D1E"/>
     <w:rsid w:val="006D03AD"/>
     <w:rsid w:val="006D08B4"/>
     <w:rsid w:val="006D09EB"/>
     <w:rsid w:val="006D0E58"/>
     <w:rsid w:val="006D1060"/>
     <w:rsid w:val="006D1BAE"/>
     <w:rsid w:val="006D225F"/>
     <w:rsid w:val="006D28E9"/>
     <w:rsid w:val="006D57E7"/>
     <w:rsid w:val="006D5AFF"/>
     <w:rsid w:val="006D7123"/>
     <w:rsid w:val="006D7B71"/>
     <w:rsid w:val="006E02AD"/>
     <w:rsid w:val="006E063B"/>
     <w:rsid w:val="006E104A"/>
     <w:rsid w:val="006E124E"/>
     <w:rsid w:val="006E2872"/>
     <w:rsid w:val="006E36DD"/>
+    <w:rsid w:val="006E36F2"/>
     <w:rsid w:val="006E683C"/>
     <w:rsid w:val="006E7570"/>
     <w:rsid w:val="006F241B"/>
     <w:rsid w:val="006F3377"/>
     <w:rsid w:val="006F3AA1"/>
     <w:rsid w:val="006F4144"/>
     <w:rsid w:val="006F43F9"/>
     <w:rsid w:val="006F460F"/>
     <w:rsid w:val="006F5DEB"/>
     <w:rsid w:val="006F71BF"/>
     <w:rsid w:val="006F7B25"/>
     <w:rsid w:val="006F7BCD"/>
     <w:rsid w:val="007017B8"/>
     <w:rsid w:val="00701E9C"/>
     <w:rsid w:val="007023C2"/>
     <w:rsid w:val="00702A2D"/>
     <w:rsid w:val="0070328A"/>
     <w:rsid w:val="0070378F"/>
     <w:rsid w:val="00703C8D"/>
     <w:rsid w:val="00705508"/>
     <w:rsid w:val="007058AD"/>
     <w:rsid w:val="00705DF1"/>
     <w:rsid w:val="00705EBD"/>
     <w:rsid w:val="00707961"/>
     <w:rsid w:val="0071058B"/>
@@ -3587,50 +3475,51 @@
     <w:rsid w:val="00F62AF7"/>
     <w:rsid w:val="00F62D7C"/>
     <w:rsid w:val="00F64154"/>
     <w:rsid w:val="00F64EE9"/>
     <w:rsid w:val="00F65783"/>
     <w:rsid w:val="00F66AAF"/>
     <w:rsid w:val="00F66C14"/>
     <w:rsid w:val="00F66C75"/>
     <w:rsid w:val="00F70459"/>
     <w:rsid w:val="00F70D6B"/>
     <w:rsid w:val="00F70F61"/>
     <w:rsid w:val="00F71A17"/>
     <w:rsid w:val="00F71C26"/>
     <w:rsid w:val="00F73524"/>
     <w:rsid w:val="00F73A2C"/>
     <w:rsid w:val="00F748AE"/>
     <w:rsid w:val="00F75516"/>
     <w:rsid w:val="00F75955"/>
     <w:rsid w:val="00F80712"/>
     <w:rsid w:val="00F80AF7"/>
     <w:rsid w:val="00F81CDF"/>
     <w:rsid w:val="00F82483"/>
     <w:rsid w:val="00F826EF"/>
     <w:rsid w:val="00F8368A"/>
     <w:rsid w:val="00F83934"/>
+    <w:rsid w:val="00F84485"/>
     <w:rsid w:val="00F84723"/>
     <w:rsid w:val="00F8631C"/>
     <w:rsid w:val="00F86983"/>
     <w:rsid w:val="00F86AB7"/>
     <w:rsid w:val="00F875B3"/>
     <w:rsid w:val="00F90A47"/>
     <w:rsid w:val="00F9216C"/>
     <w:rsid w:val="00F928AF"/>
     <w:rsid w:val="00F92A92"/>
     <w:rsid w:val="00F93948"/>
     <w:rsid w:val="00F93CEB"/>
     <w:rsid w:val="00F94BDB"/>
     <w:rsid w:val="00F9579C"/>
     <w:rsid w:val="00F95B54"/>
     <w:rsid w:val="00F96728"/>
     <w:rsid w:val="00F97220"/>
     <w:rsid w:val="00F97952"/>
     <w:rsid w:val="00F97DBB"/>
     <w:rsid w:val="00FA0176"/>
     <w:rsid w:val="00FA02D4"/>
     <w:rsid w:val="00FA05CB"/>
     <w:rsid w:val="00FA0765"/>
     <w:rsid w:val="00FA11E4"/>
     <w:rsid w:val="00FA304D"/>
     <w:rsid w:val="00FA3DC7"/>
@@ -3695,51 +3584,51 @@
     <w:rsid w:val="00FF4A1B"/>
     <w:rsid w:val="00FF4D72"/>
     <w:rsid w:val="00FF4D9F"/>
     <w:rsid w:val="00FF5C1D"/>
     <w:rsid w:val="00FF676B"/>
     <w:rsid w:val="00FF6D43"/>
     <w:rsid w:val="00FF702C"/>
     <w:rsid w:val="00FF7075"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4225,66 +4114,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>38</Words>
-  <Characters>217</Characters>
+  <Words>40</Words>
+  <Characters>230</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>254</CharactersWithSpaces>
+  <CharactersWithSpaces>269</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>