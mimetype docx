--- v0 (2025-12-10)
+++ v1 (2026-03-12)
@@ -1,8047 +1,2812 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00EF632C" w:rsidRPr="00EF632C" w:rsidRDefault="00EF632C" w:rsidP="00EF632C">
+    <w:p w:rsidR="003C2AAE" w:rsidRPr="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF632C">
+      <w:r w:rsidRPr="003C2AAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қ</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t>Закон Республики Казахстан от 18.02.2011 N 407-IV 3PK</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C2AAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:br/>
+        <w:t>"О науке"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Настоящий Закон регулирует общественные отношения в области науки и научно-технической деятельности, определяет основные принципы и механизмы функционирования и развития национальной научной системы Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">В настоящем Законе используются следующие основные понятия: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="36"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>СТАН</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">аккредитация </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– процедура, в результате которой субъектами научной и (или) научно-технической деятельности приобретается официальное признание соответствия их деятельности требованиям и стандартам, установленным законодательством Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="36"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> РЕСПУБЛИКАСЫНЫҢ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">ученый </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– физическое лицо, осуществляющее научные исследования и получающее результаты научной и (или) научно-технической деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="36"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ЗА</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">наука </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– сфера человеческой деятельности, функцией которой является изучение законов природы, общества и мышления, выработка и теоретическая систематизация объективных знаний о действительности в целях рационального использования природных богатств и эффективного управления обществом; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="36"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ҢЫ</w:t>
-[...4 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">национальный доклад по науке </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– ежегодный отчет, содержащий анализ состояния и тенденций развития мировой и национальной науки, предложения по совершенствованию научно-технического потенциала Республики Казахстан, обоснование приоритетных направлений развития науки; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ғылым туралы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">научно-образовательный консорциум </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– временное добровольное равноправное объединение на основе договора о совместной хозяйственной и научной деятельности, в котором научные организации, высшие учебные заведения и другие юридические лица, в том числе занятые в сфере производства, объединяют интеллектуальные, финансовые и иные ресурсы для проведения фундаментальных, прикладных научных исследований, разработки технологических инноваций и подготовки высококвалифицированных специалистов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...5 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">головная организация по научной, научно-технической программе </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– юридическое лицо, определяемое уполномоченным государственным органом по итогам конкурса на реализацию целевой научной, научно-технической программы и осуществляющее сопровождение реализации научной, научно-технической программы фундаментальных и прикладных исследований и координацию деятельности организаций-исполнителей в рамках выполняемой программы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">научный, научно-технический проект и программа </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– документ, включающий в себя содержание предполагаемой научно-технической работы, представляющий научные, </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">научно-технические, опытно-конструкторские, маркетинговые исследования с обоснованием цели и задач, актуальности, новизны, научно-практической значимости и целесообразности проведения планируемых работ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">8) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">государственная политика в области науки и научно-технической деятельности </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– составная часть социально-экономической политики, выражающая отношение государства к научной и (или) научно-технической деятельности, определяющая основные приоритеты, цели, направления, принципы, формы и методы деятельности различных организаций в области науки и техники, реализации научно-технических достижений, создания новых технологий, в том числе в целях обеспечения национальной безопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">9) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...408 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">отчет о научной и (или) научно-технической деятельности </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– документ, содержащий информацию о реализации научно-технической работы, научные, научно-технические, опытно-конструкторские, маркетинговые исследования, а также информацию о целесообразности дальнейшего проведения планируемых работ либо о результате завершенного научного, научно-технического проекта и программы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">10) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">результат научной и (или) научно-технической деятельности </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– новые знания или решения, полученные в ходе выполнения научной и (или) научно-технической деятельности и зафиксированные на любом информационном носителе, внедрение научных разработок и технологий в производство, а также модели, макеты, образцы новых изделий, материалов и веществ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">11) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...598 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">научно-исследовательская работа </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– работа, связанная с научным поиском, проведением исследований, экспериментов в целях расширения имеющихся и получения новых знаний, проверки научных гипотез, установления закономерностей развития природы и общества, научного обобщения, научного обоснования проектов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">12) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">научные исследования </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– прикладные, фундаментальные, стратегические научные исследования, осуществляемые субъектами научной и (или) научно-технической деятельности в рамках научно-исследовательских, опытно-конструкторских и технологических работ, надлежащими научными методами и средствами в целях достижения результатов научной и (или) научно-технической деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">13) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">научная инфраструктура </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– научное лабораторное и инженерное оборудование, опытно-промышленное производство, уникальные объекты, а также иное движимое и недвижимое имущество, находящееся на балансе научной организации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">14) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...397 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4-тарау. Ғылыми қызметкерлерді әлеуметтік қамсыздандыру</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">кандидат наук, доктор наук </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– ученые степени, присужденные на основании защиты диссертаций соискателями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">15) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1314 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>6-тарау. Ғылыми және (немесе) ғылыми-техникалық қызметті қаржыландыру</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">научная деятельность </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– деятельность, направленная на изучение окружающей действительности с целью выявления свойств, особенностей и закономерностей, присущих изучаемым объектам, явлениям (процессам), и использование полученных знаний на практике; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">16) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...408 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">7-тарау. Ғылымды дамытуды экономикалық ынталандыру және халықаралық ынтымақтастық </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">научный работник </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– физическое лицо, работающее в научной организации, высшем учебном заведении или научном подразделении организации, имеющее высшее образование, получающее и реализующее результат научной и (или) научно-технической деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">17) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">научно-техническая информация </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– информация, получаемая в ходе научной, научно-технической, инновационной и производственной деятельности, содержащая сведения о национальных и зарубежных достижениях науки, техники, технологий; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">18) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...218 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">научно-техническая деятельность </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– деятельность, направленная на получение и применение новых знаний во всех областях науки, техники и производства для решения технологических, конструкторских, экономических и социально-политических и иных задач, обеспечение функционирования науки, технологии и производства как единой системы, включая разработку нормативно-технической документации, необходимой для проведения этих исследований; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">19) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...107 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">уполномоченный орган в области науки </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(далее – </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t>уполномоченный орган</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) – государственный орган, осуществляющий межотраслевую координацию и руководство в области науки и научно-технической деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">20) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">интеллектуальная собственность </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– исключительное право гражданина или юридического лица на результаты интеллектуальной творческой деятельности, полученные в результате научно-исследовательских, опытно-конструкторских и технологических работ, и средства индивидуализации участников гражданского оборота, товаров, работ или услуг; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">21) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">инженерно-технический работник </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– физическое лицо, работающее в научной организации или высшем учебном заведении, имеющее среднее профессиональное или высшее образование, содействующее получению результата научной и (или) научно-технической деятельности и его реализации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">22) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">ассоциированный профессор (доцент), профессор </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– ученые звания, присваиваемые уполномоченным органом по ходатайству научной организации или высшего учебного заведения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">23) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">прикладное исследование </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– деятельность, направленная на получение и применение новых знаний для достижения практических целей и решения конкретных задач; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">24) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...5 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">отраслевой уполномоченный орган </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– государственный орган, осуществляющий реализацию государственной политики в области науки и научно-технической деятельности и координацию работ по проведению научных исследований в соответствующей отрасли; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">25) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ғылым туралы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">стратегические исследования </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– фундаментальные либо прикладные исследования, направленные на решение стратегических задач; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">26) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...5 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">опытно-конструкторские работы </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– комплекс работ, выполняемых при создании или модернизации продукции, разработка конструкторской и технологической документации на опытные образцы, изготовление и испытание опытных образцов и полезных моделей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">27) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">опытное производство </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– структурное подразделение научных организаций, высших учебных заведений или юридическое лицо, основной деятельностью которого являются изготовление и апробация опытных образцов и полезных моделей, новых продуктов и технологических процессов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">28) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EF632C">
+        <w:t xml:space="preserve">доктор философии (PhD), доктор по профилю </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">– ученая степень, присуждаемая лицам, освоившим профессиональные образовательные программы докторантуры по соответствующим специальностям и защитившим диссертацию; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">29) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...418 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> </w:t>
-[...278 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">фундаментальное исследование </w:t>
+      </w:r>
+      <w:r>
+        <w:t>– теоретическое и (или) экспериментальное исследование, направленное на получение новых научных знаний об основных закономерностях развития природы, общества, человека и их взаимосвязи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 2. Законодательство Республики Казахстан о науке</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Законодательство Республики Казахстан о науке основывается на </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+          </w:rPr>
+          <w:t>Конституции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Республики Казахстан, состоит из настоящего Закона, иных нормативных правовых актов Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. На правоотношения, урегулированные настоящим Законом, в части проведения научных исследований, осуществляемых из средств грантового, программно-целевого финансирования, не распространяется действие законодательства Республики Казахстан, устанавливающее требования к порядку осуществления закупок, в том числе государственных. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Глава 2. КОМПЕТЕНЦИЯ ГОСУДАРСТВЕННЫХ ОРГАНОВ В ОБЛАСТИ НАУЧНОЙ И (ИЛИ) НАУЧНО-ТЕХНИЧЕСКОЙ ДЕЯТЕЛЬНОСТИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 3. Компетенция Правительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Правительство Республики Казахстан: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1) разрабатывает основные направления государственной политики в области науки и научно-технической деятельности и организует ее осуществление; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2) определяет приоритетные направления научной, научно-технической и инновационной деятельности в соответствии с приоритетами социально-экономического развития, а также приоритетные направления стратегических, фундаментальных и прикладных научных исследований в Республике Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3) вносит Президенту Республики Казахстан ежегодный национальный доклад по науке; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4) утверждает правила аккредитации субъектов научной и (или) научно-технической деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">5) создает Высшую научно-техническую комиссию Республики Казахстан при Правительстве Республики Казахстан (далее – Высшая научно-техническая комиссия) и утверждает ее положение и состав; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">6) образовывает национальные научные советы по направлениям науки, утверждает перечень, положение и состав национальных научных советов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>3) Қазақстан Республикасындағы іргелі және қолданбалы ғылыми зерттеулердің басым бағыттарын әзірлеу;</w:t>
-[...286 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">7) создает Национальный центр государственной научно-технической экспертизы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">8) присваивает статус исследовательского университета и утверждает программу его развития; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">9) утверждает порядок организации и проведения государственной научно-технической экспертизы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">10) утверждает порядок базового, грантового и программно-целевого финансирования научной и (или) научно-технической деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">11) утверждает перечень организаций, являющихся субъектами базового финансирования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">12) учреждает премии в области науки, государственные научные стипендии и утверждает порядок их присуждения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">13) определяет юридические лица, финансирующие научную и (или) научно-техническую деятельность; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">14) утверждает нормы базового финансирования научной и (или) научно-технической деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">15) утверждает правила государственного учета научных, научно-технических проектов и программ, финансируемых из государственного бюджета, и отчетов по их выполнению; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">16) утверждает порядок организации и проведения научных исследований и опытно-конструкторских работ на основе государственно-частного партнерства; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>17) осуществляет иные полномочия, предусмотренные Конституцией Республики Казахстан, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 4. Компетенция уполномоченного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">В компетенцию уполномоченного органа входят: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1) разработка предложений по формированию и реализации государственной политики в области науки и научно-технической деятельности с учетом целей и приоритетов социально-экономического, общественно-политического развития страны; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2) координация научных, научно-технических проектов и программ фундаментальных и прикладных научных исследований, финансируемых из государственного бюджета; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3) разработка приоритетных направлений фундаментальных и прикладных научных исследований в Республике Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4) обеспечение деятельности Высшей научно-технической комиссии; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">5) организация разработки научных, научно-технических проектов и программ фундаментальных и прикладных научных исследований, реализуемых за счет государственного бюджета, и осуществления их реализации на стадиях формирования, исполнения и завершения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>4) мемлекеттік бюджеттен қаржыландырылатын, тиісті салада орындалған ғылыми, ғылыми-техникалық жобалар мен бағдарламалар жөнінде есептерді бекіту;</w:t>
-[...240 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">6) разработка правил организации и проведения государственной научно-технической экспертизы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">7) разработка правил аккредитации субъектов научной и (или) научно-технической деятельности, а также проведение их аккредитации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">8) внесение предложений в Правительство Республики Казахстан по перечню и составу национальных научных советов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">9) координация деятельности национальных научных советов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">10) координация работы отраслевых уполномоченных органов, осуществляемой в рамках научных, научно-технических проектов и программ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">11) утверждение типового положения о консультативно-совещательном органе научной организации, включая порядок избрания его членов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">12) утверждение типового положения о научных лабораториях коллективного пользования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">13) утверждение типового положения о диссертационном совете; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">14) утверждение порядка присуждения ученых степеней; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">15) утверждение порядка присвоения ученых званий (ассоциированный профессор (доцент), профессор); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">16) утверждение порядка государственной регистрации диссертаций, защищенных на соискание ученой степени доктора философии (PhD), доктора по профилю; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">17) разработка положения о национальных научных советах; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">18) разработка порядка базового, грантового и программно-целевого финансирования научной и (или) научно-технической деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">19) разработка порядка организации и проведения научных исследований и опытно-конструкторских работ на основе государственно-частного партнерства; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">20) определение головной организации по научной, научно-технической программе; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">21) назначение на должность и освобождение от должности руководителей государственных научных организаций в пределах своей компетенции; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">22) организация государственного учета научных, научно-технических проектов и программ, финансируемых из государственного бюджета, и отчетов по их выполнению; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">23) утверждение отчетов по выполненным научным, научно-техническим проектам и программам, финансируемым из государственного бюджета; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>24) осуществление иных полномочий, предусмотренных настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>2. Мемлекеттік меншікке негізделген ғылыми ұйымдар мемлекеттік ғылыми ұйымдар болып табылады.</w:t>
-[...156 lines deleted...]
-        </w:rPr>
+        <w:t>Статья 5. Компетенция отраслевого уполномоченного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">В компетенцию отраслевого уполномоченного органа входят: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1) участие в разработке предложений и реализации государственной политики в области науки и научно-технической деятельности, координация работы по проведению научных исследований в соответствующей отрасли; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2) участие в формировании приоритетных направлений фундаментальных и прикладных научных исследований в соответствующей отрасли; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3) организация разработки научных, научно-технических проектов и программ, финансируемых из государственного бюджета, и осуществления их реализации в соответствующей отрасли; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4) утверждение отчетов по выполненным научным, научно-техническим проектам и программам в соответствующей отрасли, финансируемым из государственного бюджета; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">5) внесение в уполномоченный орган предложений по кандидатурам для включения в состав национальных научных советов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">6) внесение в уполномоченный орган предложений по формированию перечня субъектов базового финансирования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>7) осуществление иных полномочий, предусмотренных настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Глава 3. СУБЪЕКТЫ НАУЧНОЙ И (ИЛИ) НАУЧНО-ТЕХНИЧЕСКОЙ ДЕЯТЕЛЬНОСТИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 6. Субъекты научной и (или) научно-технической деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Субъектами научной и (или) научно-технической деятельности являются физические и юридические лица, осуществляющие научную и (или) научно-техническую деятельность. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. Субъектам научной и (или) научно-технической деятельности гарантируется и обеспечивается свобода творчества, защита от недобросовестной конкуренции, равное право на участие в научной и (или) научно-технической деятельности, в том числе участие в конкурсах научных, научно-технических проектов и программ, финансируемых из государственного бюджета и иных источников, не запрещенных законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Субъекты научной и (или) научно-технической деятельности вправе пользоваться услугами научных лабораторий коллективного пользования в порядке, определенном уполномоченным органом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3. Субъекты научной и (или) научно-технической деятельности имеют право использовать объекты интеллектуальной собственности, включая право продавать или предлагать к продаже, в порядке и на условиях, которые установлены законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">3. Зерттеу университеті жоғары және жоғары оқу орнынан кейінгі білім берудің білім беру бағдарламаларының стандарттарын өз бетінше әзірлейді және іске асырады. Білім беру бағдарламаларын іске асыру шарттарына және меңгеру нәтижелеріне қойылатын талаптар жоғары және жоғары оқу орнынан кейінгі білім берудің мемлекеттік стандарттармен белгіленетін тиісті бағдарламаларынан төмен бола алмайды. </w:t>
-[...206 lines deleted...]
-        </w:rPr>
+        <w:t>4. Субъекты научной и (или) научно-технической деятельности обязаны осуществлять научно-исследовательские и опытно-конструкторские работы, обеспечивающие исключение угрозы национальной безопасности, в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 7. Физические лица, осуществляющие научную и (или) научно-техническую деятельность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Физическими лицами, осуществляющими научную и (или) научно-техническую деятельность, являются научные, инженерно-технические и иные работники, состоящие в трудовых отношениях с научными организациями, высшими учебными заведениями, осуществляющими научную и (или) научно-техническую деятельность, а также ученые, самостоятельно осуществляющие научную и (или) научно-техническую деятельность. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2. Физические лица имеют право участвовать в конкурсах научных, научно-технических проектов и программ, финансируемых из государственного бюджета, в соответствии с порядком грантового и программно-целевого финансирования научной и (или) научно-технической деятельности и условиями конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 8. Научные организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Научной организацией является юридическое лицо, основным видом деятельности которого являются осуществление научной, научно-технической и инновационной деятельности, в том числе реализация права на объекты интеллектуальной собственности, а также проведение научно-исследовательских и опытно-конструкторских работ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">При научной организации могут создаваться консультативно-совещательные органы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. Государственными научными организациями являются научные организации, основанные на государственной собственности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Приравненными к государственным научным организациям являются научные организации, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых принадлежат государству, а также научные организации, в которых пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) прямо либо косвенно принадлежат юридическим лицам, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых принадлежат государству. Косвенная принадлежность означает принадлежность каждому последующему лицу пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) иного юридического лица. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3. Национальная академия наук Республики Казахстан, иные национальные и отраслевые академии, действующие в сфере научной и (или) научно-технической деятельности, творческие союзы ученых, являющиеся общественными объединениями, принимают участие в формировании и реализации научной, научно-технической и инновационной политики, разработке приоритетных направлений развития науки, научно-технической экспертизе фундаментальных и прикладных научных исследований, работ, выдвинутых на соискание научных премий, в разработке проектов нормативных, правовых актов в научно-технической сфере, профессиональной консолидации ученых для обеспечения социально-экономического развития Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t> </w:t>
-[...206 lines deleted...]
-        </w:rPr>
+        <w:t>Национальная академия наук Республики Казахстан координирует подготовку и издание ежегодного национального доклада по науке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 9. Научная деятельность высших учебных заведений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Основным видом деятельности, осуществляемой высшим учебным заведением, наряду с образовательной является: научная, научно-техническая и инновационная, в том числе реализация права на объекты интеллектуальной собственности, а также проведение научно-исследовательских и опытно-конструкторских работ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. Высшие учебные заведения, а также их научные работники имеют равное право на пользование услугами научных лабораторий коллективного пользования, участие в конкурсах научных, научно-технических проектов и программ, финансируемых из государственного бюджета и иных источников, не запрещенных законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3. Высшие учебные заведения наряду с внедрением в учебный образовательный процесс передовых достижений науки вправе привлекать к процессу обучения ученых научных, научно-исследовательских организаций, в том числе зарубежных. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4. Государственные высшие учебные заведения вправе создавать научные лаборатории, научно-исследовательские институты, опытные производства, специализированные субъекты инновационной инфраструктуры, проектно-конструкторские организации, а также научно-образовательные консорциумы в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>5. Высшим учебным заведениям Правительством Республики Казахстан может быть присвоен статус исследовательского университета по представлению уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 10. Исследовательский университет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Исследовательский университет является высшим учебным заведением, реализующим утвержденную Правительством Республики Казахстан программу развития университета и участвующим в организации и проведении фундаментальных и прикладных научных исследований и иных научно-технических, опытно-конструкторских работ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. Основной задачей исследовательского университета является интеграция научной деятельности и образовательного процесса на всех уровнях высшего и послевузовского образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3. Исследовательский университет самостоятельно разрабатывает и реализует стандарты образовательных программ высшего и послевузовского образования. Требования к условиям реализации и результатам освоения образовательных программ не могут быть ниже соответствующих программ высшего и послевузовского образования, устанавливаемых государственными стандартами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>4. Исследовательский университет вправе устанавливать дополнительные требования профильной направленности при приеме на обучение по программам высшего и послевузовского образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">2. Ғылыми, ғылыми-техникалық кадрларды даярлау, қайта даярлау және тағылымдамадан өткізу Қазақстан Республикасының заңнамасында белгіленген тәртіппен мемлекеттік бюджеттен ұлттық та және шетелдік те ғылыми ұйымдары мен жоғары оқу орындарында жүзеге асырылуы мүмкін. </w:t>
-[...287 lines deleted...]
-        </w:rPr>
+        <w:t>Статья 11. Иные организации в области науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Организации, для которых научная и (или) научно-техническая деятельность не является основным видом деятельности, в целях решения задач, закрепленных в их учредительных документах, вправе создавать в своей структуре научные подразделения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Глава 4. СОЦИАЛЬНОЕ ОБЕСПЕЧЕНИЕ НАУЧНЫХ РАБОТНИКОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 12. Оплата труда научных работников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Оплата труда научных работников государственных научных организаций и государственных высших учебных заведений, выполняющих государственный заказ на проведение научных исследований из государственного бюджета, производится в порядке и на основаниях, которые установлены Правительством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. Научным работникам, выполняющим государственное задание или государственный заказ на научно-исследовательские и опытно-конструкторские работы, из государственного бюджета устанавливается ежемесячная доплата за ученые степени в размере одной месячной минимальной заработной платы для кандидата наук, доктора философии (PhD), доктора по профилю и двух месячных минимальных заработных плат для доктора наук. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3. Оплата труда зарубежным ученым, а также казахстанским ученым, осуществляющим свою деятельность за рубежом, выполняющим научные исследования совместно с аккредитованными научными организациями или высшими учебными заведениями на территории Республики Казахстан, производится на основании договора с учетом их квалификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 13. Отпуска научных работников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Научным работникам государственных научных организаций и научных организаций, приравненных к государственным, предоставляется оплачиваемый ежегодный трудовой отпуск продолжительностью пятьдесят шесть календарных дней для докторов наук, сорок два календарных дня для кандидатов наук, докторов философии (PhD), докторов по профилю, тридцать пять календарных дней для иных научных работников с выплатой пособия на оздоровление в пределах имеющихся у них средств на оплату труда в размере одного должностного оклада. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">В случаях, установленных коллективным договором, научным работникам научных организаций, приравненных к государственным, в пределах имеющихся у них средств на оплату труда может быть предоставлен оплачиваемый ежегодный отпуск продолжительностью тридцать календарных дней с выплатой пособия на оздоровление в размере двух должностных окладов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. Научным работникам государственных научных организаций в целях повышения квалификации, прохождения стажировки в ведущих высших учебных заведениях, научных центрах и лабораториях, в том числе и за рубежом, предоставляются отпуска сроком до одного года. При этом за данным лицом на время отпуска сохраняется место работы и должность без сохранения заработной платы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>басымдықтарды қалыптастыру, ғылым бағыттары бойынша басым іргелі және қолданбалы зерттеулерді айқындау, ұлттық ғылыми кеңестердің ұсыныстарын қарау, ғылыми және (немесе) ғылыми-техникалық қызметті мемлекеттік бюджеттен қаржыландыру жөнінде ұсыныстар әзірлеу болып табылады.</w:t>
-[...217 lines deleted...]
-        </w:rPr>
+        <w:t>Порядок и условия предоставления отпуска определяются внутренними документами государственных научных организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 14. Меры социальной защиты научных работников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Научные работники государственных научных организаций, научных организаций, приравненных к государственным, государственных высших учебных заведений, высших учебных заведений, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых принадлежат государству, а также высших учебных заведений, в которых пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) прямо либо косвенно принадлежат юридическим лицам, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых принадлежат государству, имеют право на обеспечение жильем в порядке и на условиях, которые установлены законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. Для индивидуального жилищного строительства научным работникам государственных научных организаций, научных организаций, приравненных к государственным, государственных высших учебных заведений, высших учебных заведений, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых принадлежат государству, а также высших учебных заведений, в которых пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) прямо либо косвенно принадлежат юридическим лицам, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых принадлежат государству, нуждающимся в улучшении жилищных условий, земельные участки предоставляются бесплатно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3. Научные работники государственных научных организаций и члены их семей, проживающие совместно с ними, пользуются в установленном порядке медицинским обслуживанием в соответствующих организациях здравоохранения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>4. Пенсионное и социальное обеспечение научных работников осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 15. Меры поощрения ученых, научных работников научных организаций</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. В целях поощрения ученые, научные работники научных организаций, внесшие вклад в развитие науки и техники, могут быть: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1) выдвинуты на соискание Государственной премии Республики Казахстан в области науки и техники, учреждаемой Президентом Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2) представлены к государственным наградам Республики Казахстан в соответствии с законодательством Республики Казахстан о государственных наградах; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3) выдвинуты на соискание ежегодных премий за лучшие научные исследования и работы, выдающиеся достижения в области науки; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4) выдвинуты на соискание государственных научных стипендий. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Государственные научные стипендии также могут быть присуждены: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>орындалу мониторингін жүргізгені үшін сыйақыны, сондай-ақ қазақстандық және шетелдік ғалымдардың іссапар шығыстарын қоса алғанда, ұлттық ғылыми кеңестердің қызметін қамтамасыз етуді Мемлекеттік ұлттық ғылыми-техникалық сараптама орталығы мемлекеттік бюджеттен жүргізеді.</w:t>
-[...286 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">ученым и научным работникам, активно участвующим в проведении фундаментальных или прикладных исследований в приоритетных для государства направлениях, подготовке научных кадров; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">талантливым молодым ученым в возрасте до тридцати пяти лет включительно, активно участвующим в проведении исследований по решению научных проблем и получившим признание научной общественности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2. Присуждение премий и государственных научных стипендий осуществляется уполномоченным органом и отраслевыми уполномоченными органами в пределах их компетенции в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 16. Подготовка, переподготовка и стажировка научных, научно-технических кадров</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Научные организации, высшие учебные заведения, располагающие высококвалифицированными кадрами и материально-технической базой, вправе осуществлять подготовку, переподготовку и стажировку научных, научно-технических кадров по приоритетным для них направлениям. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2. Подготовка, переподготовка и стажировка научных, научно-технических кадров могут осуществляться из государственного бюджета как в национальных, так и в зарубежных научных организациях и высших учебных заведениях в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Глава 5. УПРАВЛЕНИЕ НАУЧНОЙ И (ИЛИ) НАУЧНО-ТЕХНИЧЕСКОЙ ДЕЯТЕЛЬНОСТЬЮ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 17. Управление научной, научно-технической и инновационной деятельностью и ее принципы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. В целях развития и функционирования национальной научной системы в Республике Казахстан с соблюдением распределения стратегических, экспертных и административных функций управление научной и (или) научно-технической деятельностью осуществляется: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1) Правительством Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2) Высшей научно-технической комиссией; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3) национальными научными советами; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4) уполномоченным органом; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">5) отраслевыми уполномоченными органами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. Управление научной и (или) научно-технической деятельностью основывается на следующих принципах: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1) приоритетности научной и (или) научно-технической деятельности в целях повышения конкурентоспособности национальной экономики; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>2. Мемлекеттік бюджеттен қаржыландыруға жататын ғылыми, ғылыми-техникалық және инновациялық жобалар мен бағдарламаларға мемлекеттік ғылыми-техникалық сараптаманы шетелдік және қазақстандық білікті сарапшылар жүргізеді.</w:t>
-[...246 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">2) прозрачности, объективности и равенства субъектов научной и (или) научно-технической деятельности при получении государственной поддержки; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3) экономической эффективности и результативности государственной поддержки субъектов научной, научно-технической и инновационной деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4) развития приоритетных направлений фундаментальных и прикладных научных исследований; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">5) объективности и независимости экспертизы научных, научно-технических проектов и программ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">6) интеграции науки, образования и производства; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">7) подготовки высококвалифицированных кадров по приоритетным направлениям науки и научно-технической деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">8) развития международного научного и научно-технического сотрудничества; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">9) стимулирования коммерциализации технологий в приоритетных секторах экономики через предоставление преференций; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">10) поощрения и создания условий для участия субъектов частного предпринимательства в развитии научной, научно-технической и инновационной деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>11) стимулирования получения, трансформации знаний в технологии и их трансферта в экономику.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 18. Высшая научно-техническая комиссия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Высшая научно-техническая комиссия является коллегиальным органом при Правительстве Республики Казахстан, возглавляемым Премьер-Министром Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. Состав Высшей научно-технической комиссии формируется из числа членов Правительства Республики Казахстан, руководителей государственных органов, ведущих ученых, экспертов различных отраслей знаний, представителей национальных управляющих холдингов, национальных институтов развития, национальных холдингов, национальных компаний, субъектов частного предпринимательства и научных общественных объединений и утверждается постановлением Правительства Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3. Основными задачами Высшей научно-технической комиссии являются формирование стратегических задач и приоритетов, направленных на развитие научной, научно-технической и инновационной деятельности, определение приоритетных фундаментальных и прикладных исследований по направлениям науки, рассмотрение предложений национальных научных советов, разработка предложений по финансированию из государственного бюджета научной и (или) научно-технической деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>2) гранттық қаржыландыру;</w:t>
-[...147 lines deleted...]
-        </w:rPr>
+        <w:t>Статья 19. Национальные научные советы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Национальные научные советы являются коллегиальными органами по направлениям развития научной и (или) научно-технической деятельности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. Основными задачами национальных научных советов являются: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1) формирование специализированных научных направлений в соответствии с приоритетами, определенными Высшей научно-технической комиссией; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2) определение форм и объемов финансирования, выделяемых для проведения научных исследований; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3) оценка научной новизны, научно-технического уровня, перспективности, степени разработанности предлагаемых научных, научно-технических проектов и программ, экономической обоснованности запрашиваемого объема финансирования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4) оценка потребностей Республики Казахстан в новых научных направлениях; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">5) осуществление конкурсного отбора научных, научно-технических проектов и программ по фундаментальным и прикладным исследованиям, предлагаемым на финансирование из государственного бюджета; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">6) мониторинг хода реализации проводимых научных исследований, в том числе с выездом на место. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3. Национальные научные советы создаются по направлениям науки в соответствии с государственными приоритетами социально-экономического развития Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4. Составы национальных научных советов формируются уполномоченным органом из числа компетентных казахстанских и зарубежных ученых, представителей государственных органов, национальных управляющих холдингов, национальных институтов развития, национальных холдингов, национальных компаний, субъектов частного предпринимательства по предложениям и рекомендациям отраслевых уполномоченных органов, научных организаций, высших учебных заведений и научных общественных объединений и утверждаются Правительством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">5. Национальные научные советы принимают решения о грантовом и программно-целевом финансировании (прекращении финансирования) за счет государственного бюджета: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">проектов и программ научно-исследовательских, опытно-конструкторских и технологических работ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">других программ в части научно-исследовательских, опытно-конструкторских и технологических работ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">проектов межгосударственных научно-технических программ, реализуемых с участием научных учреждений, организаций и предприятий Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">инновационных проектов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>ресурстарында орналастырылуға тиіс.</w:t>
-[...209 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">6. Решения национальных научных советов подлежат обязательному исполнению уполномоченным органом и отраслевыми уполномоченными органами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">7. Члены национальных научных советов обязаны информировать совет об известном им конфликте интересов при рассмотрении конкретных вопросов и несут ответственность за объективность и обоснованность принимаемых советом решений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">8. Национальные научные советы принимают промежуточные и итоговые отчеты о научной и (или) научно-технической деятельности по выполняемым научным исследованиям по соответствующим направлениям научной, научно-технической и инновационной деятельности, а также осуществляют мониторинг исполнения принятых ими решений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>9. Обеспечение деятельности национальных научных советов, включая вознаграждение за проведение экспертизы конкретного проекта, программы (отчета по ним), мониторинга выполнения научных работ, а также командировочные расходы казахстанских и зарубежных ученых производятся Национальным центром государственной научно-технической экспертизы из государственного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 20. Национальный центр государственной научно-технической экспертизы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. В целях обеспечения единства администрирования, независимости, прозрачности и публичности экспертизы научных, научно-технических и инновационных проектов и программ Правительством Республики Казахстан создается Национальный центр государственной научно-технической экспертизы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. В компетенцию Национального центра государственной научно-технической экспертизы входят: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1) организация работ по проведению государственной научно-технической экспертизы научных, научно-технических и инновационных проектов и программ, предлагаемых к финансированию из государственного бюджета; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2) организация работы национальных научных советов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3) направление результатов государственной научно-технической экспертизы в Национальные научные советы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4) оценка результатов выполненных научных, научно-технических и инновационных проектов и программ (отчетов); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">5) осуществление мониторинга результативности проводимых научных исследований, научно-технических и инновационных проектов и программ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">6) обеспечение качественного подбора состава казахстанских и зарубежных экспертов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">7) методическое и организационно-техническое обеспечение государственной научно-технической экспертизы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">8) формирование банков данных научных, научно-технических и инновационных проектов и программ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">ынтымақтастық </w:t>
-[...178 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">9) проведение научно-исследовательских работ по совершенствованию своей деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">10) осуществление иной деятельности, не запрещенной законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3. Национальный центр государственной научно-технической экспертизы имеет право: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1) запрашивать и получать от государственных органов, субъектов научной и (или) научно-технической деятельности информацию, необходимую для осуществления функций и выполнения возложенных на него задач; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2) давать разъяснения по вопросам, отнесенным к его компетенции; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3) проводить мониторинг научных исследований на стадиях их выполнения и завершения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4) привлекать в установленном порядке для проведения экспертизы и осуществления мониторинга научных исследований иные организации, казахстанских и зарубежных ученых; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">5) взаимодействовать в установленном порядке с зарубежными научными организациями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">6) создавать консультативно-совещательные органы в сфере научно-технической деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">7) проводить мероприятия по вопросам научного и научно-технического развития; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">8) осуществлять издательскую деятельность. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>4. Финансирование деятельности Национального центра государственной научно-технической экспертизы производится из государственного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 21. Государственная научно-техническая экспертиза</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Государственная научно-техническая экспертиза осуществляется в целях подготовки аналитической оценки научных, научно-технических и инновационных проектов и программ на принципах независимости, объективности, компетентности, комплексности, достоверности, полноты и обоснованности экспертных заключений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. Государственная научно-техническая экспертиза научных, научно-технических и инновационных проектов и программ, подлежащих финансированию из государственного бюджета, проводится компетентными зарубежными и казахстанскими экспертами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3. Для привлечения экспертов к проведению научно-технической экспертизы создается база данных зарубежных экспертов, кандидатуры которых представляются ведущими зарубежными университетами, научно-исследовательскими учреждениями, национальными академиями наук и научными сообществами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Отбор экспертов производится в соответствии с их специализацией и особенностями проекта. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>2. Ғылыми және (немесе) ғылыми-техникалық қызмет субьектілері халықаралық ғылыми, ғылыми-техникалық ұйымдар мен бірлестіктерге кіруге, халықаралық ғылыми, ғылыми-техникалық жобалар мен бағдарламаларға, шет мемлекеттердің ғылыми, ғылыми-техникалық жобалары мен бағдарламаларына қатысуға құқылы.</w:t>
-[...247 lines deleted...]
-    <w:sectPr w:rsidR="008A6942" w:rsidSect="008A6942">
+        <w:t>4. Ученые, эксперты, в том числе зарубежные, привлеченные к оценке научных, научно-технических и инновационных проектов и программ, обязаны соблюдать конфиденциальность и обеспечивать сохранение коммерческой тайны представленных на экспертизу материалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 22. Государственный учет научных, научно-технических проектов и программ, и отчетов о научной и (или) научно-технической деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Государственный учет реализуемых научных, научно-технических проектов и программ, и отчетов о научной и (или) научно-технической деятельности осуществляется в целях формирования национального ресурса научно-технической информации и мониторинга динамики научно-технического потенциала Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. Субъекты научной и (или) научно-технической деятельности обязаны представить на государственный учет научные, научно-технические проекты и программы, финансируемые из государственного бюджета, и отчеты по их выполнению. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3. Контроль за предоставлением на государственный учет научных, научно-технических проектов и программ, и отчетов о научной и (или) научно-технической деятельности осуществляется уполномоченным органом и отраслевыми уполномоченными органами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4. Отчеты по выполнению научных, научно-технических проектов и программ, финансируемых из государственного бюджета, подлежат размещению на интернет-ресурсах уполномоченного органа и отраслевых уполномоченных органов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>5. Правила организации и проведения государственного учета научных, научно-технических проектов и программ, и отчетов по их выполнению разрабатываются уполномоченным органом и утверждаются Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 23. Аккредитация субъектов научной и (или) научно-технической деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Аккредитация субъектов научной и (или) научно-технической деятельности осуществляется за счет их собственных средств уполномоченным органом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2. Аккредитация физических лиц, осуществляющих научную и (или) научно-техническую деятельность, носит уведомительный характер с установлением минимальных необходимых требований к ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Глава 6. ФИНАНСИРОВАНИЕ НАУЧНОЙ И (ИЛИ) НАУЧНО-ТЕХНИЧЕСКОЙ ДЕЯТЕЛЬНОСТИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 24. Финансирование научной и (или) научно-технической деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Финансирование научной и (или) научно-технической деятельности осуществляется из государственного бюджета, а также из иных источников, не запрещенных законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2. Финансирование научной и (или) научно-технической деятельности из государственного бюджета осуществляется в следующих формах: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1) базовое финансирование; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2) грантовое финансирование; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3) программно-целевое финансирование. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3. Финансирование субъектов научной и (или) научно-технической деятельности может осуществляться одновременно по различным формам финансирования в порядке и на условиях, которые установлены порядком базового, грантового и программно-целевого финансирования научной и (или) научно-технической деятельности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>4. Договор на реализацию научных, научно-технических проектов или программ заключается субъектом научной и (или) научно-технической деятельности с уполномоченным органом или отраслевым уполномоченным органом на весь срок их реализации, но не более чем на три года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 25. Базовое финансирование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Базовое финансирование выделяется государственным научным организациям и научным организациям, приравненным к государственным, государственным высшим учебным заведениям, высшим учебным заведениям, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых принадлежат государству, а также высшим учебным заведениям, в которых пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) прямо либо косвенно принадлежат юридическим лицам, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых принадлежат государству, аккредитованным в уполномоченном органе и выполняющим государственное задание и государственный заказ на проведение научных исследований по приоритетным для них направлениям, определенным отраслевым уполномоченным органом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. Базовое финансирование включает расходы по нормам базового финансирования на текущее обеспечение научной инфраструктуры и имущества, в том числе зданий, оборудования и материалов, оплату труда административного и обслуживающего персонала, а также информационное сопровождение научно-технической деятельности государственных научных организаций, научных организаций, приравненных к государственным, государственных высших учебных заведений, высших учебных заведений, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых принадлежат государству, а также высших учебных заведений, в которых пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) прямо либо косвенно принадлежат юридическим лицам, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых принадлежат государству. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3. Перечень организаций, являющихся субъектами базового финансирования, формируется уполномоченным органом на основании предложений отраслевых уполномоченных органов и утверждается Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Статья 26. Грантовое финансирование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Грантовое финансирование выделяется на проведение научных исследований в целях повышения уровня научно-исследовательских работ, научно-технического потенциала и конкурентоспособности научных организаций и их коллективов, а также ученых. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. Основные направления и объемы грантового финансирования утверждаются Высшей научно-технической комиссией на основании рекомендаций национальных научных советов в соответствии с приоритетными направлениями развития науки Республики Казахстан и подлежат рассмотрению в установленном порядке Республиканской бюджетной комиссией. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3. В конкурсе на грантовое финансирование вправе принимать участие аккредитованные субъекты научной и (или) научно-технической деятельности, а также автономные организации образования и их организации на равных условиях. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4. Конкурс на грантовое финансирование объявляется уполномоченным органом или отраслевым уполномоченным органом через периодические печатные издания и подлежит размещению на интернет-ресурсах уполномоченного органа или отраслевого уполномоченного органа, объявившего конкурс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">5. Заявки на участие в грантовом финансировании подаются субъектами научной и (или) научно-технической деятельности в уполномоченный орган или отраслевой уполномоченный орган, объявивший конкурс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">6. Решения о грантовом финансировании выносятся национальным научным советом и утверждаются уполномоченным органом или отраслевым уполномоченным органом, объявившим конкурс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">7. Грантовое финансирование осуществляется уполномоченным органом или отраслевым уполномоченным органом, объявившим конкурс, либо иным лицом (органом), уполномоченным Правительством Республики Казахстан на осуществление финансирования научной и (или) научно-технической деятельности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>8. Результаты конкурса на грантовое финансирование подлежат опубликованию в периодических печатных изданиях и размещению на интернет-ресурсах уполномоченного органа или отраслевого уполномоченного органа, объявившего конкурс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 27. Программно-целевое финансирование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Программно-целевое финансирование направлено для решения стратегически важных государственных задач и осуществляется на конкурсной основе или по решению Правительства Республики Казахстан вне конкурсных процедур. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. В конкурсе на программно-целевое финансирование вправе принимать участие аккредитованные субъекты научной и (или) научно-технической деятельности, а также автономные организации образования и их организации, в том числе в качестве соисполнителей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3. Конкурс на реализацию целевой научной, научно-технической программы объявляется уполномоченным органом или отраслевым уполномоченным органом в периодических </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">печатных изданиях и подлежит размещению на интернет-ресурсах уполномоченного органа или отраслевого уполномоченного органа, объявившего конкурс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4. Заявки на реализацию научных, научно-технических программ направляются уполномоченным органом или отраслевыми уполномоченными органами в Национальный центр государственной научно-технической экспертизы для рассмотрения соответствующим национальным научным советом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">5. Уполномоченный орган или отраслевой уполномоченный орган, объявивший конкурс на программно-целевое финансирование, направляет в Высшую научно-техническую комиссию заявки на реализацию научных, научно-технических программ вместе с решениями национальных научных советов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">6. Заявки на научные, научно-технические программы, одобренные Высшей научно-технической комиссией, подлежат рассмотрению в установленном порядке Республиканской бюджетной комиссией. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">7. Победители конкурса на реализацию целевой научной, научно-технической программы определяются на основании решения национальных научных советов и утверждаются уполномоченным органом или отраслевым уполномоченным органом, объявившим конкурс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">8. Программно-целевое финансирование осуществляется уполномоченным органом или отраслевым уполномоченным органом, объявившим конкурс, либо иным лицом (органом), уполномоченным Правительством Республики Казахстан на осуществление финансирования научной и (или) научно-технической деятельности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">9. По результатам конкурса уполномоченным органом или отраслевым уполномоченным органом может быть определена головная организация по научной, научно-технической программе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>10. Результаты конкурса программно-целевого финансирования подлежат опубликованию в периодических печатных изданиях и размещению на интернет-ресурсах уполномоченного органа или отраслевого уполномоченного органа, объявившего конкурс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Глава 7. ЭКОНОМИЧЕСКОЕ СТИМУЛИРОВАНИЕ РАЗВИТИЯ НАУКИ И МЕЖДУНАРОДНОЕ СОТРУДНИЧЕСТВО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Статья 28. Коммерциализация результатов научной и (или) научно-технической деятельности </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Государством гарантируется экономическое стимулирование развития национальной научной инновационной системы, развитие государственно-частного партнерства в области научной, научно-технической и инновационной деятельности, финансирование коммерциализации технологий в приоритетных секторах экономики в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. Государственным научным организациям, государственным высшим учебным заведениям разрешается создавать, в том числе совместно с иными лицами, организации, деятельность которых заключается в практическом применении (коммерциализации) результатов научной и (или) научно-технической деятельности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3. Государственными научными организациями, государственными высшими учебными заведениями в качестве вклада в уставный капитал организации, осуществляющей коммерциализацию результатов научной и (или) научно-технической деятельности, без согласования с государственными органами могут вноситься только права интеллектуальной собственности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Распоряжение имущественными правами на интеллектуальную собственность государственными научными организациями, государственными высшими учебными заведениями осуществляется без согласования с уполномоченным государственным органом – собственником их имущества. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4. Уведомление о создании организации, осуществляющей коммерциализацию результатов научной и (или) научно-технической деятельности, направляется его учредителями в соответствующий отраслевой уполномоченный орган не позднее семи календарных дней с момента государственной регистрации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">5. Другими субъектами научной и (или) научно-технической деятельности в качестве вклада в уставный капитал организации, осуществляющей коммерциализацию результатов научной и (или) научно-технической деятельности, наряду с правами интеллектуальной собственности может быть внесено и иное имущество. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">6. Оценка права интеллектуальной собственности, вносимой в качестве вклада в уставный капитал организации, осуществляющей коммерциализацию результатов научной и (или) научно-технической деятельности, производится в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">7. Управление акциями (долями участия) в уставных капиталах организаций, осуществляющих коммерциализацию результатов научной и (или) научно-технической деятельности, осуществляется в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">8. Право интеллектуальной собственности, полученное субъектами научной и (или) научно-технической деятельности в результате научной и (или) научно-технической деятельности, осуществляемой из государственного бюджета, принадлежит научным организациям, если иное не предусмотрено договором между ними и автором (авторами) объекта интеллектуальной собственности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">9. Использование объектов интеллектуальной собственности, представляющих стратегическое значение для государства либо содержащих сведения, отнесенные к государственным секретам, осуществляется в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ограничение исключительных прав на объекты интеллектуальной собственности допускается в случаях, пределах и порядке, которые установлены законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 29. Международное сотрудничество</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Международное сотрудничество осуществляется на основе соответствующих международных договоров, международных научных, научно-технических проектов и программ, а также в форме содействия установлению и расширению научно-технического </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">сотрудничества между казахстанскими и зарубежными научными и иными организациями. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. Субъекты научной и (или) научно-технической деятельности вправе вступать в международные научные, научно-технические организации и объединения, участвовать в международных научных, научно-технических проектах и программах, научных, научно-технических проектах и программах иностранных государств. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3. На территории Республики Казахстан в установленном порядке могут создаваться научные организации и научные центры с участием иностранцев, лиц без гражданства и иностранных юридических лиц. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4. Иностранные инвестиции в сферу науки и техники осуществляются в порядке и формах, которые предусмотрены законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>5. Государственные органы Республики Казахстан осуществляют контроль за передачей научных и (или) научно-технических результатов, а также научной и (или) научно-технической продукции за пределы территории Республики Казахстан в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Глава 8. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 30. Ответственность за нарушение законодательства Республики Казахстан о науке</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Нарушение законодательства Республики Казахстан о науке влечет ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Статья 31. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="stf"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Настоящий Закон вводится в действие по истечении десяти календарных дней после его первого официального опубликования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:pStyle w:val="st"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2. Признать утратившим силу Закон Республики Казахстан от 9 июля 2001 года "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+          </w:rPr>
+          <w:t>О науке</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>" (Ведомости Парламента Республики Казахстан, 2001 г., N 15-16, ст. 226; 2004 г., N 23, ст. 142; 2006 г., N 15, ст. 92; 2007 г., N 20, ст. 152).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2AAE" w:rsidRDefault="003C2AAE" w:rsidP="003C2AAE">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A2B0E" w:rsidRDefault="009A2B0E"/>
+    <w:sectPr w:rsidR="009A2B0E" w:rsidSect="009A2B0E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AEF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...307 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00EF632C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EF632C"/>
+    <w:rsidRoot w:val="003C2AAE"/>
+    <w:rsid w:val="003C2AAE"/>
+    <w:rsid w:val="009A2B0E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -8184,317 +2949,239 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A6942"/>
+    <w:rsid w:val="009A2B0E"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF632C"/>
+    <w:rsid w:val="003C2AAE"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003C2AAE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00EF632C"/>
+    <w:rsid w:val="003C2AAE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="align-center">
-    <w:name w:val="align-center"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003C2AAE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="stf">
+    <w:name w:val="stf"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00EF632C"/>
+    <w:rsid w:val="003C2AAE"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="align-justify">
-    <w:name w:val="align-justify"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="st">
+    <w:name w:val="st"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00EF632C"/>
+    <w:rsid w:val="003C2AAE"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EF632C"/>
+    <w:rsid w:val="003C2AAE"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
-[...10 lines deleted...]
-      <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1593077856">
+    <w:div w:id="279801498">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...120 lines deleted...]
-      </w:divsChild>
+    </w:div>
+    <w:div w:id="478882343">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pavlodar.com/zakon/index.html?dok=01080&amp;oraz=00&amp;noraz=0" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pavlodar.com/zakon/index.html?dok=00004&amp;oraz=00&amp;noraz=0" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8740,55 +3427,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>33</Pages>
-[...1 lines deleted...]
-  <Characters>89094</Characters>
+  <Pages>1</Pages>
+  <Words>8087</Words>
+  <Characters>46101</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>742</Lines>
-  <Paragraphs>209</Paragraphs>
+  <Lines>384</Lines>
+  <Paragraphs>108</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>HomeLab</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>104515</CharactersWithSpaces>
+  <CharactersWithSpaces>54080</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>