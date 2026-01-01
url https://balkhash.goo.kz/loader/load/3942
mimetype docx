--- v0 (2025-12-10)
+++ v1 (2026-01-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="80a6b95" w14:textId="80a6b95">
+    <w:p w14:paraId="b7a9b0b" w14:textId="b7a9b0b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,1820 +76,1456 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қолайсыз ауа райы метеожағдайларында орта білім беру ұйымдарында, сондай-ақ техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында сабақтарды тоқтату қағидаларын бекіту туралы</w:t>
+        <w:t>Об утверждении правил отмены занятий в организациях среднего образования, а также организациях образования, реализующих образовательные программы технического и профессионального образования, при неблагоприятных погодных метеоусловиях</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 18 қаңтардағы № 42 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 15 ақпанда № 13076 болып тіркелді</w:t>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 18 января 2016 года № 42. Зарегистрирован в Министерстве юстиции Республики Казахстан 15 февраля 2016 года № 13076</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z13" w:id="0"/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> 14-2) тармақшасына сәйкес </w:t>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 14-2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года «Об образовании» </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Қоса беріліп отырған Қолайсыз ауа райы метеожағдайларында орта білім беру ұйымдарында, сондай-ақ техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында сабақтарды тоқтату </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отмены занятий в организациях среднего образования, а также организациях образования, реализующих образовательные программы технического и профессионального образования, при неблагоприятных погодных метеоусловиях.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Мектепке дейінгі және орта білім, ақпараттық технологиялар департаменті (Ж.А. Жонтаева) заңнамада белгіленген тәртіппен:</w:t>
+      2. Департаменту дошкольного и среднего образования, информационных технологий (Жонтаева Ж. А.) в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течении десяти календарных дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан направление его копии на официальное опубликование в периодических печатных изданиях и Информационно-правовой системе «Әділет», а также в Республиканское государственное предприятие на праве хозяйственного ведения «Республиканский центр правовой информации Министерства юстиции Республики Казахстан» для размещения в Эталонном контрольном банке нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) размещение настоящего приказа на официальном интернет-ресурсе Министерства образования и науки Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в течении десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан Имангалиева Е.Н.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрықтың көшірмесін Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін күнтізбелік он күн ішінде мерзімді баспа басылымдарында және «Әділет» ақпараттық-құқықтық жүйесінде ресми жариялауға, сондай-ақ Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде орналастыру үшін «Қазақстан Республикасы Әділет министрлігінің Республикалық құқықтық ақпарат орталығы» шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жолдауды;</w:t>
-[...99 lines deleted...]
-      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі. </w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Қазақстан Республикасының</w:t>
+        <w:t>      Министр образования и науки</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Білім және ғылым министрі                  А. Сәрінжіпов</w:t>
+        <w:t>      Республики Казахстан                       А. Саринжипов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1" w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Қазақстан Республикасы     </w:t>
+Утверждены           </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+приказом Министра образования</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Білім және ғылым министрінің </w:t>
+и науки Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-2016 жылғы 18 қаңтардағы   </w:t>
-[...13 lines deleted...]
-№ 42 бұйрығымен бекітілген  </w:t>
+от 18 января 2016 года № 42 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z2" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-Қолайсыз ауа райы метеожағдайларында орта білім беру</w:t>
+Правила отмены занятий в организациях среднего образования,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-ұйымдарында, сондай-ақ техникалық және кәсіптік білімнің білім</w:t>
+а также организациях образования, реализующих образовательные</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-беру бағдарламаларын іске асыратын білім беру ұйымдарында</w:t>
+программы технического и профессионального образования,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-сабақтарды тоқтату қағидалары </w:t>
+        <w:t>
+при неблагоприятных погодных метеоусловиях</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z3" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-1. Жалпы ережелер</w:t>
+1. Общие положения </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z4" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Қолайсыз ауа райы метеожағдайларында орта білім беру ұйымдарында, сондай-ақ техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында сабақтарды тоқтату қағидалары (бұдан әрі – Қағида) «Білім туралы» 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 14-2) тармақшасына сәйкес әзірленген.</w:t>
+      1. Правила отмены занятий в организациях среднего образования, а также организациях образования, реализующих образовательные программы технического и профессионального образования, при неблагоприятных погодных метеоусловиях (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 14-2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года «Об образовании». </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      2. Настоящие Правила направлены на охрану жизни и здоровья обучающихся, а также на регулирование деятельности организаций среднего образования, организаций образования, реализующих образовательные программы технического и профессионального образования (далее - Организации образования) при отмене занятий во время неблагоприятных погодных метеоусловиях.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Областные, городов Астана и Алматы управления образования, районные (городские) отделы образования ежегодно утверждают:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) рекомендуемые показатели неблагоприятных погодных метеоусловий, при которых отменяются занятия в организациях образования, в соответствии с географическими, климатическими условиями региона, а также с учетом возрастных особенностей, обучающихся по согласованию с территориальными заинтересованными государственными органами;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      2. Осы Қағида қолайсыз ауа райының метеожағдайларында сабақты тоқтату кезінде білім алушылардың өмірі мен денсаулығын қорғауға, сондай-ақ орта білім беру ұйымдарының, техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарының (бұдан әрі – білім беру ұйымдары) қызметін реттеуге бағытталған. </w:t>
+      2) систему своевременного оповещения родителей и обучающихся об отмене занятий в связи с неблагоприятными погодными метеоусловиями, с учетом местных особенностей, указанием ответственных лиц, форм и методов своевременного оповещения родителей и обучающихся. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация об объявлении отмены занятий при неблагоприятных погодных метеоусловиях предоставляется для населения государственными органами управления образованием:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) в виде бегущей строки на телевидении; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) через трансляцию на радио; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) на сайтах акиматов, управлений и отделов образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) по телефону 169 (платная справочная). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Оповещение об отмене занятий производится: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с 6.45 до 8.00 часов – для первой смены, с 11.15 до 13.00 часов - для второй и третьей смены.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3. Облыстардың, Астана және Алматы қалаларының білім басқармалары, аудандық (қалалық) білім бөлімдері жыл сайын:</w:t>
+        <w:t xml:space="preserve">
+      4. Государственными органами управления образованием на ежедневной основе проводится мониторинг отмены занятий в подведомственных организациях образования при неблагоприятных погодных метеоусловиях. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) өңірдің географиялық, климаттық жағдайларына сәйкес, сондай-ақ аумақтық мүдделі мемлекеттік органдардың келісімімен білім алушылардың жас ерекшеліктерін ескере отырып, білім беру ұйымдарында сабақты тоқтату кезінде қолайсыз ауа райы метеожағдайларының ұсынылатын көрсеткіштерін;</w:t>
-[...13 lines deleted...]
-</w:t>
+      5. Отмена занятий в организациях образования проводится на основании утвержденных рекомендуемых показателей неблагоприятных погодных метеоусловий для объявления отмены занятий и оформляется приказом руководителя организации образования, либо лицом, его заменяющим и доводится до сведения соответствующего государственного органа управления образованием с 6.00 до 7.00 часов для первой смены, с 10.30 до 12 часов для второй и третьей смен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В приказе об отмене учебных занятий указываются:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) ата-аналар мен білім алушыларға уақытында хабарлауға жауапты тұлғаларды, нысандар мен әдістерді көрсетіп, жергілікті ерекшеліктерді ескере отырып, қолайсыз ауа райының метеожағдайларына байланысты сабақтың болмайтындығы туралы ата-аналар мен білім алушыларды уақытында хабардар ету жүйесін бекітеді. </w:t>
-[...13 lines deleted...]
-</w:t>
+      1) классы, группы, в которых отменены занятия; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қолайсыз ауа райы метеожағдайларында сабақтың тоқтатылатындығы туралы ақпаратты білім беруді басқару органдары халыққа: </w:t>
-[...13 lines deleted...]
-</w:t>
+      2) режим работы организации образования; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) телевидениедегі жүгірпе жол түрінде; </w:t>
-[...13 lines deleted...]
-</w:t>
+      3) ответственные лица из числа администрации организации образования, осуществляющие контроль за ознакомлением всех участников учебно-воспитательного процесса с данным приказом; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ответственные лица из числа педагогов, осуществляющие прием и безопасную отправку обучающихся домой.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) радиодан тарату; </w:t>
-[...324 lines deleted...]
-      Интернаттық білім беру ұйымдарында қолайсыз ауа райы метеожағдайларында сабақты тоқтату білім алушылардың тұрғылықты жағдайы ескеріле отырып жүргізіледі. </w:t>
+      Приказ об отмене занятий подлежит размещению на официальном сайте и на информационных стендах организации образования сразу после его утверждения. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В интернатных организациях образования отмена занятий при неблагоприятных погодных метеоусловиях проводится с учетом условий для проживания обучающихся.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z5" w:id="5"/>
+    <w:bookmarkStart w:name="z14" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-2. Сабақ тоқтатылған күндері білім беру процесін ұйымдастыру</w:t>
+2. Организация образовательного процесса в дни отмены занятий</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z6" w:id="6"/>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      6. В дни отмены занятий деятельность организации образования осуществляется в соответствии с утвержденным режимом работы, деятельность педагогических работников – в соответствии с установленной учебной нагрузкой, расписанием учебных занятий, иных работников – режимом рабочего времени, графиком сменности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В случае, если занятия отменяются более 5 дней подряд при неблагоприятных погодных метеоусловиях, то необходимо внести коррективы в годовой календарно-тематический план организации образования по согласованию с учредителем, с учетом интеграции содержания учебных предметов, резервных часов и часов, отведенных на повторение.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      6. Сабақ тоқтатылған күндері білім беру ұйымының қызметі бекітілген жұмыс режиміне, педагогикалық қызметкерлердің қызметі белгіленген оқу жүктемесіне, сабақ кестесіне, басқа қызметкерлердің қызметі жұмыс уақытының режиміне, ауысым кестесіне сәйкес жүзеге асырылады. </w:t>
+      8. Недопустимо компенсировать пропущенное учебное время за счет каникул или увеличения предельно допустимой учебной нагрузки. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      9. Для обучающихся, пришедших на занятия в дни отмены занятий, все виды занятий (учебные, дополнительные, кружковые, работа групп продленного дня), обеспечение горячим питанием проводятся в полном объеме в соответствии с расписанием занятий, утвержденным первым руководителем и согласованный с учредителем.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      7. Егер қолайсыз ауа райы метеожағдайларында сабақ қатарынан 5 күннен астам уақыт болмаған жағдайда, оқу пәндерінің мазмұнын біріктіру, резервтегі сағаттар мен қайталауға кеткен сағаттар есебінен құрылтайшының келісімі бойынша білім беру ұйымының жылдық күнтізбелік-тақырыптық жоспарына түзету енгізу қажет. </w:t>
+      10. Согласно расписанию занятий, во всех видах журналов ставится дата, а в графе «Тема урока» делается запись «актированный день». </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Жіберілген оқу уақытын каникул немесе оқу жүктемесін шамадан тыс арттыру есебінен өтеуге жол берілмейді.</w:t>
+      11. Отметка обучающемуся за работу, выполненную в дни отмены занятий, выставляется в графу журнала в последующие дни учебных занятий в соответствии с откорректированным календарно-тематическим планом.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...75 lines deleted...]
-      12. Педагогтер сабақ тоқтатылған күндері білім алушылардың, оның ішінде сабаққа келгемеген білім алушылардың білім беру бағдарламаларын толық көлемде өтуі мақсатында өзіндік жұмыстың түрлі нысанын, оның ішінде қашықтықтан оқыту нысанын қолданады. Қолданылатын жұмыс нысандары, өзіндік жұмыс түрлері туралы ақпаратты педагогтер, сынып жетекшілері білім алушыларға, олардың ата-аналарына (заңды өкілдеріне) мәлімдейді.</w:t>
+        <w:t>
+      12. С целью прохождения образовательных программ в полном объеме обучающимися, в том числе, не пришедшими на учебные занятия в дни отмены занятий, педагоги применяют разнообразные формы самостоятельной работы, в том числе дистанционные формы обучения. Информация о применяемых формах работы, видах самостоятельной работы доводятся педагогами, классными руководителями до сведения обучающихся, их родителей (законных представителей).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z7" w:id="7"/>
+    <w:bookmarkStart w:name="z22" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-3. Сабақ тоқтатылған күндері мектептердегі педагогикалық</w:t>
-[...12 lines deleted...]
-қызметкерлердің функциясы</w:t>
+3. Функции педагогических работников школы в дни отмены занятий</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z8" w:id="8"/>
+    <w:bookmarkStart w:name="z23" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Сынып жетекшісі, куратор:</w:t>
+      13. Классный руководитель, куратор:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) доводит до сведения обучающихся и родителей (законных представителей) информацию по отмене занятий;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ведет строгий учет обучающихся, пришедших на занятия в дни отмены занятий, доводит информацию о количестве обучающихся до руководителя организации образования, осуществляет контроль за недопустимостью отправки обучающихся домой педагогическими и иными работниками организации образования в дни отмены занятий;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечивает организованный уход обучающихся домой после окончания занятий в сопровождении родителей (законных представителей);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) размещает в дневниках учащихся, на сайте информацию о графике определения погодных условий для установления дней отмены занятий, о времени объявления дней отмены занятий и номерах телефонов средств массовой информации, транслирующих объявления;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) информирует родителей (законных представителей) об итогах учебной деятельности их детей в дни отмены занятий, в том числе в условиях применения дистанционных форм обучения и самостоятельной работы обучающихся.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) сабақтың тоқтатылғандығы туралы ақпаратты білім алушылар мен ата-аналардың (заңды өкілдердің) назарына жеткізеді;</w:t>
-[...199 lines deleted...]
-      3) білім алушылар сабақта болмаған жағдайда педагог директордың оқу ісі жөніндегі орынбасарымен жүргізілетін жұмыс түрлерін келіседі. </w:t>
+      14. Деятельность педагогов:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) продолжительность рабочего времени педагогов в дни отмены занятий определяется учебной нагрузкой;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) педагоги своевременно осуществляют корректировку календарно-тематических планов в соответствии с учебной программой;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в случае отсутствия обучающихся на занятиях педагог согласует с заместителем директора по учебной работе виды производимых работ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z9" w:id="9"/>
+    <w:bookmarkStart w:name="z25" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-4. Сабақ тоқтатылған күндердегі білім алушылардың қызметі</w:t>
+4. Деятельность обучающихся в дни отмены занятий </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z10" w:id="10"/>
+    <w:bookmarkStart w:name="z26" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Білім алушы сабақ тоқтатылған күндері сабақта болмаған жағдайда, тапсырманы өздігінен, оның ішінде білім беру ұйымы орнатқан қашықтықтан оқыту режимінде орындайды.</w:t>
+      15. В случае отсутствия на учебных занятиях в дни отмены занятий, обучающийся самостоятельно выполняет задания, в том числе, в дистанционном режиме, которые установлены организацией образования.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      16. Сабақ тоқтатылған күндері орындаған тапсырманы педагогтердің талаптарына сәйкес ұсынады. </w:t>
+        <w:t>
+      16. Предоставляет выполненные в дни отмены занятий задания в соответствии с требованиями педагогов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z11" w:id="11"/>
+    <w:bookmarkStart w:name="z28" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-5. Сабақ тоқтатылған күндері білім алушылардың ата-аналарының</w:t>
+5. Деятельность родителей (законных представителей) обучающихся</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>
-(заңды өкілдерінің) қызметі</w:t>
+        <w:t xml:space="preserve">
+в дни отмены занятий </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z12" w:id="12"/>
+    <w:bookmarkStart w:name="z29" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Білім алушылардың ата-аналары (заңды өкілдері):</w:t>
+      17. Родители (законные представители) обучающихся:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) самостоятельно принимают решение о непосещении их ребенка организации образования в дни отмены занятий;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ознакамливаются с графиком работы организации образования в дни отмены занятий.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) сабақ тоқтатылған күндері балаларының білім беру ұйымына бармауы туралы шешімді өздігінен қабылдайды;</w:t>
-[...99 lines deleted...]
-      2) сабақ тоқтатылған күндері баласының білім беру ұйымына баруы туралы шешім қабылдаған жағдайда, білім беру ұйымына баруы мен қайтуы жолындағы қауіпсіздігін қамтамасыз етеді. </w:t>
+      18. Родители (законные представители) обучающихся:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляют контроль выполнения их ребенком домашних заданий в дни отмены занятий;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в случае принятия решения о посещении их ребенком организации образования в дни отмены занятий, обеспечивают его безопасность по дороге в организацию образования и обратно.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>