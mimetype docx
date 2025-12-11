--- v0 (2025-12-10)
+++ v1 (2025-12-11)
@@ -1,5312 +1,6847 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00B07499" w:rsidRPr="00B07499" w:rsidRDefault="00B07499" w:rsidP="00B07499">
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B07499">
+      <w:r w:rsidRPr="00E7635F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Закон РК «О правах ребенка»</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B07499" w:rsidRPr="00B07499" w:rsidRDefault="00B07499" w:rsidP="00B07499">
+        <w:t>«Балалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тары туралы» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стан Республикасыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> За</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ңы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B07499">
+      <w:r w:rsidRPr="00E7635F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Вы здесь</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B07499" w:rsidRPr="00B07499" w:rsidRDefault="00B07499" w:rsidP="00B07499">
+        <w:t>You are here</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="00B07499">
+        <w:r w:rsidRPr="00E7635F">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Главная</w:t>
+          <w:t>Басты бет</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00B07499">
+      <w:r w:rsidRPr="00E7635F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> › </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B07499" w:rsidRPr="00B07499" w:rsidRDefault="00B07499" w:rsidP="00B07499">
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:tooltip="" w:history="1">
-        <w:r w:rsidRPr="00B07499">
+        <w:r w:rsidRPr="00E7635F">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Законодательство</w:t>
+          <w:t>Заңнама</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00B07499">
+      <w:r w:rsidRPr="00E7635F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> › </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B07499" w:rsidRPr="00B07499" w:rsidRDefault="00B07499" w:rsidP="00B07499">
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00B07499">
+        <w:r w:rsidRPr="00E7635F">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Законы Республики Казахстан</w:t>
+          <w:t>Қазақстан Республикасының заңдары</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00B07499">
+      <w:r w:rsidRPr="00E7635F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> › </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B07499" w:rsidRPr="00B07499" w:rsidRDefault="00B07499" w:rsidP="00B07499">
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B07499">
-[...66 lines deleted...]
-    <w:p w:rsidR="00B07499" w:rsidRPr="00B07499" w:rsidRDefault="00B07499" w:rsidP="00B07499">
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Балалардың құқықтары туралы» Қазақстан Республикасының Заңы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасындағы баланың құқықтары туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының 2002 жылғы 8 тамыздағы N 345 Заңы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Қазақстан Республикасы Парламентiнiң Жаршысы, 2002 ж., N 17, 154-құжат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B07499">
+      <w:r w:rsidRPr="00E7635F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="gray" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B07499" w:rsidRPr="00B07499" w:rsidRDefault="00B07499" w:rsidP="00B07499">
-[...187 lines deleted...]
-      <w:r w:rsidRPr="00B07499">
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>МАЗМҰНЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   Осы Заң балаларды қоғамдағы толымды өмiрге даярлау, олардың қоғамдық мәнi бар және шығармашылық белсендiлiгiн дамыту, әлемдiк өркениеттiң жалпы адамзатқа тән құндылықтары негiзiнде оларды жоғары имандылық қасиеттерге, елжандылық пен азаматтыққа тәрбиелеу, олардың бойында ұлттық сана-сезiмдi қалыптастыру принциптерiнiң басымдығына сүйенiп, баланың Қазақстан Республикасының Конституциясында кепiлдiк берiлген негiзгi құқықтары мен мүдделерiн iске асыруға байланысты туындайтын қатынастарды реттейдi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1-тарау. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-бап. Осы Заңда пайдаланылатын негiзгi ұғымдар </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы Заңда мынандай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) ата-анасының қамқорлығынсыз қалған бала – ата-ана құқықтарының шектелуіне немесе олардан айрылуына, ата-анасы хабар-ошарсыз кетті деп танылуына, олардың қайтыс болды деп жариялануына, әрекетке қабілетсіз (әрекет қабілеті шектеулі) деп танылуына, ата-анасының бас бостандығынан айыру орындарында жазасын өтеуіне, ата-анасының баласын тәрбиелеуден немесе оның құқықтары мен мүдделерін қорғаудан жалтаруына, оның ішінде ата-анасының өз баласын тәрбиелеу немесе емдеу мекемелерінен алудан бас тартуына байланысты, сондай-ақ ата-анасы қамқорлық жасамаған өзге де жағдайларда жалғызбасты ата-анасының немесе екеуінің де қамқорлығынсыз қалған бала;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     2) бала – он сегіз жасқа (кәмелетке) толмаған адам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     3) бала құқықтарын қорғау жөніндегі функцияларды жүзеге асыратын ұйымдар – бұл балаларды әлеуметтік қолдауды, әлеуметтік-тұрмыстық, медициналық-әлеуметтік, әлеуметтік-педагогикалық, психологиялық-педагогикалық, құқықтық қызметтер көрсету мен материалдық көмек көрсетуді, өмірде қиын ахуалға тап болған балаларды әлеуметтік оңалтуды, мұндай балалар еңбекке қабілетті жасқа жеткенде олардың жұмыспен қамтылуын қамтамасыз етуді жүзеге асыратын ұйымдар;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     4) баланы әлеуметтік оңалту – бала жоғалтқан әлеуметтік байланыстар мен функцияларды қалпына келтіру, тұрмыс-тіршілікті қамтамасыз ету ортасын толықтыру, оған қамқорлық жасауды күшейту жөніндегі іс-шаралар;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      4) ребенок-сирота - ребенок, у которого умерли оба или единственный родитель;</w:t>
-[...288 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>     5) баланың әлеуметтік бейімделуі – өмірде қиын ахуалға тап болған баланың қоғамдағы құндылықтарды, мінез-құлық қағидалары мен нормаларын игеру және қабылдау арқылы әлеуметтік ортаның жағдайларына белсенді түрде бейімделу процесі, сондай-ақ басынан кешірген психологиялық және (немесе) моральдық зардаптарды еңсеру процесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     6) баланың заңды өкілдері – ата-ана, бала асырап алушылар, қорғаншы, қамқоршы, патронат тәрбиелеуші, Қазақстан Республикасының заңдарына сәйкес балаға қамқорлық жасауды, білім, тәрбие беруді, оның құқықтары мен мүдделерін қорғауды жүзеге асыратын олардың орнындағы басқа да адамдар;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     7) баланы экономикалық жағынан қанау – бұл бала еңбегінің ең нашар нысандары, оның ішінде кәмелетке толмағандармен сауда жасау, оларды қылмыстық әрекетке немесе қоғамға жат іс-әрекеттер жасауға, жезөкшелікпен айналысуға, порнографиялық суреттер шығаруға немесе кәмелетке толмағандарды порнографиялық сипаттағы ойын-сауық іс-шараларына қатысуға тарту, сондай-ақ жұмысқа қабылдау үшін Қазақстан Республикасының заңдарында белгіленген ең төменгі жастан кіші балалардың еңбегі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     8) жетім бала – ата-анасының екеуі де немесе жалғыз басты ата-анасы қайтыс болған бала;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     9) қамқоршылық – он төрт жастан он сегіз жасқа дейінгі балалардың құқығы мен заңды мүдделерін қорғаудың құқықтық нысаны;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     10) қорғаншылық – он төрт жасқа толмаған балалардың құқығы мен заңды мүдделерін қорғаудың құқықтық нысаны;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     11) мемлекеттік ең төменгі әлеуметтік стандарттар – мемлекет белгілеген әлеуметтік қызметтер көрсетудің, нормалар мен нормативтердің ең төменгі көлемін қамтитын, балалар өмірінің сапасын қамтамасыз ететін негізгі көрсеткіштер;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     12) мүгедек бала – тіршілік етуінің шектелуіне және оны әлеуметтік қорғау қажеттігіне әкеп соқтыратын аурулардан, жарақаттардан, олардың салдарынан, кемістіктерден организмінің функциялары тұрақты бұзылып, денсаулығына зақым келген он сегіз жасқа дейінгі адам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     13) патронат – ата-анасының қамқорлығынсыз қалған баланы уәкілетті мемлекеттік орган мен баланы тәрбиелеуге алуға тілек білдірген адам (патронат тәрбиелеуші) жасасатын шарт бойынша азаматтардың отбасына тәрбиелеуге берген кездегі тәрбиенің нысаны;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     14) өмірде қиын ахуалға тап болған балалар – қалыптасқан мән-жайлардың салдарынан тіршілік етуі бұзылған және бұл мән-жайларды өз бетімен немесе отбасының көмегімен еңсере алмайтын балалар.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 1-бап жаңа редакцияда - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-бап. Осы Заңның қолданылуы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Осы Заңның күші Қазақстан Республикасының азаматтарына қолданылады. Қазақстан Республикасының азаматы болып табылмайтын бала, егер Қазақстан Республикасының Конституциясында, Қазақстан Республикасының заңдарында және Қазақстан Республикасы ратификациялаған халықаралық шарттарда өзгеше көзделмесе, Республикада азаматтар үшін белгіленген құқықтар мен бостандықтарды пайдаланады, сондай-ақ міндеттерді атқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Осы Заңның баланың құқықтары мен міндеттерін белгілейтін нормаларының күші кәмелетке толғанға дейін Қазақстан Республикасының заңдарына сәйкес азаматтық әрекетке қабілеттілігін толық көлемінде алған балаларға қолданылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 2-бап жаңа редакцияда - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      1. Законодательство Республики Казахстан о правах ребенка основывается на  Конституции Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан в области защиты прав ребенка.</w:t>
-[...320 lines deleted...]
-      <w:r w:rsidRPr="00B07499">
+        <w:t xml:space="preserve">      3-бап. Қазақстан Республикасының баланың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             құқықтары туралы заңдары </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Қазақстан Республикасының баланың құқықтары туралы заңдары Қазақстан Республикасының Конституциясына негiзделедi және осы Заң мен Қазақстан Республикасының бала құқықтарын қорғау саласындағы өзге де нормативтiк құқықтық актілерiнен тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Егер Қазақстан Республикасы бекiткен халықаралық шартта осы Заңдағыдан өзгеше ережелер белгiленсе, халықаралық шарттағы оны қолдану үшiн Қазақстан Республикасының заңын шығару талап етiлетiн жағдайларды қоспағанда, халықаралық шарттың ережелерi қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-бап. Балалардың тең құқықтылығы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Тегiне, нәсiлiне және қай ұлтқа жататындығына, әлеуметтiк және мүлiктiк жағдайына, жынысына, тiліне, бiлiмiне, дiнге көзқарасына, тұрғылықты жерiне, денсаулық жағдайына, балаға және ата-анасына немесе басқа заңды өкілдерiне қатысты өзге де мән-жайларға қарамастан, барлық бала тең құқыққа ие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Некеден де және некесіз де туған балалар тең әрi жан-жақты қорғауды пайдаланады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 4-бапқа өзгеріс енгізілді - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-бап. Баланың құқықтарын шектеуге тыйым салу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының заңдарында белгіленген жағдайларды қоспағанда, баланың құқықтарын шектеуге болмайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 5-бап жаңа редакцияда - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2-тарау. БАЛАЛАР МҮДДЕСIН КӨЗДЕЙТIН МЕМЛЕКЕТТIК САЯСАТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-бап. Балалар мүддесiн көздейтiн мемлекеттiк </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             саясаттың мақсаттары </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Қазақстан Республикасының балалар мүддесiн көздейтiн мемлекеттiк саясатының мақсаттары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) балалардың құқықтары мен заңды мүдделерiн қамтамасыз ету, оларды кемсiтушілікке жол бермеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) балалардың құқықтары мен заңды мүдделерiнің негiзгi кепiлдiктерiн нығайту, сондай-ақ құқықтары бұзылған жағдайларда оларды қалпына келтiру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) бала құқықтары кепілдiктерiнiң құқықтық негiздерiн қалыптастыру, баланың құқықтары мен заңды мүдделерiн қорғау жөнiндегi тиiстi органдар мен ұйымдар құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) балалардың дене бiтiмi, интеллектуалдық, рухани және имандылық тұрғысынан дамуына, олардың бойында елжандылық, азаматтық және бейбiтшiл сезiмдердi тәрбиелеуге, сондай-ақ баланың жеке адами тұлғасының қоғам мүддесi, мемлекет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      5) государственной поддержке общественных объединений и иных организаций, осуществляющих функции по защите прав и законных интересов ребенка.</w:t>
-[...353 lines deleted...]
-      <w:r w:rsidRPr="00B07499">
+        <w:t>халықтарының дәстүрлерi, ұлттық және әлемдiк мәдениет жетiстiктерiне қол жеткiзуi үшiн мүмкіндiктерiн ашуға жәрдемдесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) кәмелетке толмағандардың құқықтық санасы мен құқықтық мәдениетiн қалыптастыру жөніндегi нысаналы жұмысты қамтамасыз ету болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Балалар мүддесiн көздейтiн мемлекеттiк саясат мемлекеттiк органдар қызметiнiң басым саласы болып табылады және:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) баланың құқықтарын заң тұрғысынан қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) балаларға толымды тәрбие берудi, олардың құқықтарын қорғауды оларды қоғамда толымды өмiр сүруге дайындауды қамтамасыз ету мақсатында отбасын мемлекеттiк қолдауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) аймақтық ерекшелiктердi ескере отырып, балалардың өмiрiн жақсартуға бағытталған мемлекеттiк ең төменгi әлеуметтiк стандарттарды белгiлеуге және сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) баланың құқықтары мен заңды мүдделерiн бұзғаны, оған зиян келтiргенi үшiн лауазымды тұлғалардың, азаматтардың жауаптылығына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) баланың құқықтары мен заңды мүдделерiн қорғау жөнiндегi функцияларды жүзеге асыратын қоғамдық бiрлестiктер мен өзге де ұйымдарды мемлекеттiк қолдауға негiзделген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-бап. Қазақстан Республикасы орталық және жергiлiктi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атқарушы органдарының мемлекетте баланың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтарын қорғау мәселелерi жөніндегi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өкiлеттiктерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Орталық атқарушы органдардың баланың құқықтарына кепiлдiктердi қамтамасыз ету жөнiндегi өкiлеттiктерiне:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) балалар мүддесiн көздейтiн мемлекеттiк саясаттың негiздерiн талдап жасау;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) баланың құқықтары мен заңды мүдделерiн, оның денсаулығы мен имандылығын қорғауды қамтамасыз ету жөнiндегi қызметтiң басым бағыттарын таңдау;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) өз құзыретi шегiнде баланың құқықтары мен бостандықтарын реттеу және қорғау жөнiндегi нормативтiк құқықтық актiлердi қабылдау;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) балалардың өмiрiн жақсартуға бағытталған мемлекеттiк ең төменгi әлеуметтiк стандарттарды белгiлеу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) бюджет қаражаты және Қазақстан Республикасының заңдарымен тыйым салынбаған өзге де көздер есебiнен балалар мүдделерiнде мемлекеттiк саясатты iске асыру жөнiндегi iс-шараларды жүзеге асыру;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) баланың құқықтарын қорғау мәселелерi бойынша мемлекеттің халықаралық мiндеттемелерiн орындау және халықаралық ұйымдарда мемлекет мүддесiн білдiру;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) тәрбие, бiлiм беру, денсаулық сақтау, ғылым, мәдениет, дене тәрбиесi мен спорт, әлеуметтiк қызмет көрсету және отбасын әлеуметтiк қорғау саласындағы балалар мүдделерiнде мемлекеттiк саясатты iске асыру жөнiндегi iс-шаралар шеңберiн айқындау;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) "Қазақстан Республикасындағы мемлекеттік бақылау және қадағалау туралы" Қазақстан Республикасының Заңына сәйкес ведомстволық есептіліктің, тексеру парақтарының нысандарын, тәуекел дәрежесін бағалау критерийлерін, жыл сайынғы тексерулер жоспарларын әзірлеу және бекіту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      9) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>     4) контролем за состоянием здоровья ребенка, его родителей и профилактикой детских заболеваний;</w:t>
-[...299 lines deleted...]
-      <w:r w:rsidRPr="00B07499">
+        <w:t>Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асыру жатады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Алынып тасталды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Жергiлiктi атқарушы органдардың бала құқықтары кепiлдiктерiн жүзеге асырудағы өкiлеттiктерiне:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) баланың құқықтары мен заңды мүдделерiн қорғауға, отбасы мен балаларды қолдауға арналған мемлекеттiк, жергiлiктi бағдарламалардың iске асырылуын қамтамасыз ету;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) балаларға арналған әлеуметтiк инфрақұрылымды қалыптастыруға қатысу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) баланың құқықтары мен заңды мүдделерiн қорғау жөнiндегi консультацияларды хабарлау мен өткiзу, iс-шараларды жүзеге асыру тәртiбiн белгiлеу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) тәрбие, бiлiм беру, денсаулық сақтау, ғылым, мәдениет, дене тәрбиесi мен спорт, әлеуметтiк қызмет көрсету және отбасын әлеуметтiк қорғау саласында балалар мүдделерiне орай орталық атқарушы органдар айқындаған мемлекеттiк саясатты iске асыру жөнiндегi iс-шараларды жүзеге асыру;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асыру жатады.     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 7-бапқа өзгеріс енгізілді - ҚР 2004.12.20 N 13, (2005.01.01 бастап қолданысқа енгiзiледi), 2009.07.17 N 188-IV (қолданысқа енгізілу тәртібін 2-баптан қараңыз), 2010.03.19 № 258-IV, 2011.01.06 N 378-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.07.05 N 452-IV (2011.10.13 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3-тарау. БАЛАНЫҢ НЕГIЗГI ҚҰҚЫҚТАРЫ МЕН МIНДЕТТЕРI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-бап. Баланың денсаулық сақтауға құқығы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Әрбiр баланың денсаулық сақтауға бұлжымас құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мемлекет денi сау бала тууды қамтамасыз ету үшiн ананың денсаулығын сақтау жөнiнде жағдайлар жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Баланың денсаулық сақтауға құқығы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) баланың денсаулығын сақтау саласында Қазақстан Республикасының заңдарын қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) балалардың салауатты өмiр салтын насихаттау және ынталандыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) балалардың денсаулығын сақтау саласындағы ғылыми зерттеулердi мемлекеттiк қолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) баланың, оның ата-анасының денсаулық жағдайына бақылау жасау және балалар ауруларының алдын алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) бiлiктi медициналық көмек көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) баланың денi сау болып өсiп жетiлуiне қажеттi қолайлы қоршаған орта жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) балалар үшiн сапасы тиiстi деңгейдегі тағам өнiмдерiнің өндiрiлуiне және сатылуына бақылау жасау арқылы қамтамасыз етiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      2. Государство обеспечивает создание этих условий через систему социальных и экономических мер.</w:t>
-[...226 lines deleted...]
-      <w:r w:rsidRPr="00B07499">
+        <w:t>      4. Мемлекет Қазақстан Республикасының заңдарына сәйкес балаларға тегiн медициналық көмектiң көлемiне кепілдiк бередi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Баланың өмiрiне, денсаулығына және дене бітімі мен психикасының қалыпты өсiп-жетілуіне зиян келтiретiн кез келген ғылыми тәжiрибелер немесе өзге де эксперименттерге тыйым салынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 8-бапқа өзгеріс енгізілді - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-бап. Баланың даралық ерекшелiкке және оны сақтауға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             құқығы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Әрбір бала туылғаннан кейін Қазақстан Республикасының заңдарына сәйкес тіркелуге тиіс. Туылған кезінен бастап оның аты, әкесінің аты және тегі, ұлты және азаматтығы болуына құқығы, ал Қазақстан Республикасының заңдарында көзделген жағдайларда оларды сақтауға құқығы бар.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 9-бап жаңа редакцияда - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10-бап. Баланың өмiр сүруге, жеке басының бостандығына, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              қадiр-қасиетiне және жеке өмiрiне қол сұғылмауға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              құқығы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Әрбiр баланың өмiр сүруге, жеке басының бостандығына, қадiр-қасиетiне және жеке өмiрiне қол сұғылмауға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мемлекет баланың жеке басына ешкiмнiң тиiспеуiн қамтамасыз етедi, оны тәнiн және (немесе) жанын жәбiрлеуден, адамдық қадiр-қасиетiн қатыгездiкпен, дөрекiлiкпен қорлаудан, кемсiтуден, жыныстық қатынас сипатындағы әрекеттерден, баланы қылмыстық iс-әрекетке және қоғамға жат әрекеттер жасауға тартудан, және оны адам мен азаматтың Қазақстан Республикасының Конституциясында бекiтiлген құқықтары мен бостандығына қысым жасаудың өзге де түрлерiнен қорғауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11-бап. Баланың сөз және ар-ождан бостандығына, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ақпаратқа, қоғамдық өмiрге араласуға құқығы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Әрбiр баланың сөз бостандығына және өз пiкiрiн айтуға, ар-ождан бостандығына, өзiнiң қоғамдық белсендiлiгiн дамытуға, жасына сәйкес ақпарат алуға және оны таратуға, қоғамдық бiрлестiктерге, сондай-ақ басқа да коммерциялық емес ұйымдардың нысандарына және Қазақстан Республикасының заңдарымен рұқсат етiлген бейбiт жиналыстарға өз еркiмен қатысуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мемлекеттiк органдар балалардың жеке адами тұлғасын, олардың шығармашылық бейiмдiлiгiн, әлеуметтiк белсендiлiгiн, ғылыми, техникалық және көркем шығармашылығын дамытуды, олардың интеллектуалдық меншiгiн қорғауды, балалардың өмiрi мен денсаулығын сақтауды, қоршаған табиғи ортаны, тарих пен мәдениет ескерткiштерiн қорғауды өзiне мақсат тұтатын, қайырымдылық iстерiне қатысатын, мәдени және спорттық өмiрге қатысуға тартатын, демалысты ұйымдастыратын қоғамдық ұйымдарға жәрдемдеседi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12-бап. Баланың қажеттi тұрмыс деңгейiне құқығы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>стандартов.</w:t>
-[...296 lines deleted...]
-      <w:r w:rsidRPr="00B07499">
+        <w:t>      1. Әрбiр баланың дене бiтiмінің, психикасы мен жан дүниесiнің толымды дамуы үшiн қажеттi тұрмыс деңгейi мен жағдайы болуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мемлекет бұл жағдайлардың жасалуын әлеуметтік және экономикалық шаралар жүйесi арқылы қамтамасыз етедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13-бап. Баланың мүлiктiк құқықтары </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Әрбiр баланың заңмен белгiленген тәртiппен және мөлшерде өз ата-анасынан және отбасының басқа да мүшелерiнен қаражат алуға құқығы бар. Балаға алименттер, жәрдемақылар және басқа да әлеуметтiк төлемдер ретiндегi тиесiлi сомалар ата-анасының (олардың орнындағы адамдардың) билiк етуiне келiп түседi және олар баланы күтiп-бағуға, оған бiлiм беруге және оны тәрбиелеуге жұмсалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Әрбiр баланың заңдарда белгiленген тәртiппен өз бетiнше немесе өзiнiң заңды өкілдері арқылы мәмiлелер жасауға, банктерде салымы болуға және жалақысына, стипендиясына немесе өзге де кiрiстерiне және интеллектуалдық меншiк құқығы объектiлерiне билiк етуге, өзге де мүлiктiк құқықтарды иемденiп алуға және оларды жүзеге асыруға құқығы бар.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ата-аналар немесе заңды өкілдер баланың жәрдемақысын немесе материалдық көмек ретiнде мемлекет бөлген ақшалай қаражатты баланың атына банкке салуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Әрбiр баланың өзi тапқан табысқа, өзi сыйға немесе мұра ретiнде алған мүлiкке, сондай-ақ баланың қаражатына сатып алынған басқа да кез келген мүлiкке меншiк құқығы бар.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Өз еңбегiмен табыс табатын бала, егер ол ата-анасымен бiрге тұратын болса, отбасын асырауға жұмсалатын шығындарды бөлiсуге қатысуға құқылы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Баланың өзiне меншiк құқығымен тиесілі мүлiкке билiк ету құқығы Қазақстан Республикасының азаматтық заңдарымен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-бап. Баланың тұрғын үйге құқығы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Әрбiр баланың Қазақстан Республикасының тұрғын үй заңдарына сәйкес тұрғын үйге құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Жетiм баланың, ата-анасының қамқорлығынсыз қалған және тәрбиелеу, емдеу және басқа да ұйымдардағы, оның ішінде қоғамнан уақытша оқшаулауды қамтамасыз ететін ұйымдардағы баланың тұрғын үй-жайға меншiк құқығын немесе тұрғын үй-жайды пайдалану құқығын сақтайды, ал құқығы болмаған жағдайда Қазақстан Республикасының тұрғын үй туралы заңдарына сәйкес тұрғын үй-жай алуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Ата-анасының қамқорлығынсыз қалған балаларды, оның iшiнде жетiм балаларды оларға басқа үй-жай берiлмейiнше олар тұрып жатқан тұрғын үйден шығаруға болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Осы баптың 2-тармағында көрсетілген балалардың тұрғын үй-жайға меншік құқығын немесе тұрғын үй-жайды пайдалану құқығын сақтауды жергілікті атқарушы органдар қамтамасыз етеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 14-бапқа өзгеріс енгізілді - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15-бап. Баланың бiлiм алуға құқығы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>права на профессиональную ориентацию, выбор сферы деятельности, трудоустройство, охрану труда, оплату труда в порядке, установленном законодательством Республики Казахстан;</w:t>
-[...272 lines deleted...]
-      <w:r w:rsidRPr="00B07499">
+        <w:t>      1. Әрбiр баланың бiлiм алуға құқығы бар және Қазақстан Республикасының бiлiм туралы заңдарына сәйкес оған тегiн бастауыш, негізгі орта және жалпы орта білім және конкурстық негiзде тегiн техникалық және кәсіптік, орта білімнен кейінгі және жоғары бiлiм алуға кепiлдiк берiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Тегiн жалпы орта бiлiм немесе техникалық және кәсіптік бiлiм алғанға дейiн баланы мемлекеттiк бiлiм беру мекемесiнен шығару, шығарудың жалпы тәртiбiн сақтаумен қатар тек қорғаншы және қамқоршы органдарды хабардар ете отырып қана жүргiзiлуi мүмкiн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Арнаулы педагогикалық тәрбиенi қажет ететiн кемтар балаларға мемлекеттiк бюджеттен белгiленген стандарттар деңгейiнде олардың бiлiм алуына кепiлдiк беретiн қосымша қаражат бередi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Мемлекет балалардың бiлiм алу кезеңiнде әлеуметтiк қорғауды қажет ететiндерiнің күтiп-бағу шығынын толық немесе iшiнара көтередi. Олардың бiлiм алу кезеңiнде әлеуметтiк көмектің мөлшерлерi мен көздерiн Қазақстан Республикасының Yкiметi белгiлейдi.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 15-бапқа өзгеріс енгізілді - ҚР 2007.07.27 N 320 (қолданысқа енгізілу тәртібін 2-баптан қараңыз) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16-бап. Баланың еңбек бостандығына құқығы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Әрбiр баланың еңбек бостандығына, қызмет және кәсiп түрлерiн еркiн таңдауға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Балалар он төрт жастан бастап, ата-аналарының рұқсатымен оқудан бос кезiнде денсаулығына және өсіп-жетiлуiне оңтайлы, баланың дене бiтiмiне, имандылығына және психикалық жай-күйiне зиян келтiрмейтiн қоғамдық пайдалы еңбекке қатысуға, сондай-ақ мамандық алуға құқығы бар. Бұл құқықты халықты еңбекпен қамту қызметi мен жергiлiктi мемлекеттiк басқару органдары қамтамасыз етедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Он сегiз жасқа толмаған қызметкерлермен еңбек шартын жасасу және оны бұзу тәртiбi және олардың еңбегін реттеудің басқа да ерекшелiктерi Қазақстан Республикасының еңбек заңнамасында белгіленедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Баланы оның денсаулығына қауіп төндіруі немесе білім алуына кедергі келтіруі не оның денсаулығына және дене бітімі, ақыл-ойы, рухани, моральдық және әлеуметтік жағынан дамуына нұқсан келтіруі мүмкін кез келген жұмысты орындауға қабылдауға немесе тартуға тыйым салынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 16-бапқа өзгеріс енгізілді - ҚР 2007.05.15 N 253, 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>16-1-бап. Баланың экономикалық қанаудан қорғалу құқығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Әрбір баланың экономикалық қанаудан қорғалуға құқығы бар.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. Заң 16-1-баппен толықтырылды - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17-бап. Баланың мемлекеттiк көмекке құқығы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Каждый ребенок имеет право жить и воспитываться в семье, право знать своих родителей, право на их заботу и воспитание, за исключением случаев, когда это противоречит его интересам.</w:t>
-[...389 lines deleted...]
-      <w:r w:rsidRPr="00B07499">
+        <w:t>      1. Мемлекеттiк көмек оны алуға құқығы бар әрбiр балаға тағайындалады. Мемлекеттiк көмектің мөлшерi және оны көрсетудің шарты мен тәртiбi Қазақстан Республикасының заңдарымен белгiленедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Ата-анасының қамқорлығынсыз қалған балалар, оның iшiнде жетiм балалар Қазақстан Республикасының заңдарына сәйкес толық мемлекеттiк қамсыздандырылуда болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мемлекеттiк органдар ата-анасының қамқорлығынсыз қалған әрбiр балаға, қорғаншылық немесе қамқоршылық нысанына қарамастан, бiрдей материалдық және өзге де жағдайларды қамтамасыз етедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      18-бап. Мемлекеттiк ең төменгi әлеуметтiк стандарттарды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              белгiлеу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Балалардың мүддесiн көздейтiн мемлекеттiк саясат мемлекеттiк ең төменгi әлеуметтiк стандарттар негiзiнде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мемлекеттiк ең төменгi әлеуметтiк стандарттар әлеуметтiк қызмет көрсетулер бойынша белгiленген ең төменгi көлемде мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) мемлекеттiк бiлiм беру тапсырысына сәйкес кепiлдiк берiлген, жалпыға бiрдей қолжетiмдi тегiн бастауыш, негізгі орта және жалпы орта бiлiм мен конкурстық негiзде тегiн техникалық және кәсіптік, орта білімнен кейінгі және жоғары бiлiм берудi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) балаларға тегiн медициналық қызмет көрсетудi, оларды тамақтандырудың ең төменгi нормаларына сәйкес тамақтандыруды қамтамасыз етудi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) он бес жасқа толған балалардың кәсiби бағдарлау, қызмет саласын таңдау, жұмысқа орналасу, еңбегiнің қорғалу, еңбегiне ақы төлену құқығын Қазақстан Республикасының заңдарында белгiленген тәртiппен кепілдi қамтамасыз етудi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) балаларға әлеуметтiк қызмет көрсету, оларды әлеуметтiк қорғау, соның iшiнде туылуы мен тәрбиеленуiне байланысты, балалары бар азаматтарға мемлекеттiк жәрдемақы төлеу жолымен кепiлдi материалдық қолдауды қамтамасыз ету, сондай-ақ өмiрлiк қиын ахуалға тап болған балаларды әлеуметтiк бейiмдеу және әлеуметтiк оңалту жөнiндегi шараларды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) Қазақстан Республикасының тұрғын үй заңдарына сәйкес тұрғын үйге құқығын қамтамасыз етудi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) балаларды сауықтыру мен олардың демалысын ұйымдастыруды, соның iшiнде төтенше жағдайларда, сондай-ақ экологиялық жағынан қолайсыз және Қазақстан Республикасының заңдарында белгiленген тәртiппен сондай деп танылған аумақтарда тұратын балаларды сауықтыруды ұйымдастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) бiлiктi заң көмегiн көрсетудi қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мемлекеттiк ең төменгi әлеуметтiк стандарттар олардың өмiр сүру жағдайларындағы аймақтық айырмашылықтар ескерiле отырып айқындалады. Қазақстан Республикасының заңдарына сәйкес жергiлiктi мемлекеттiк басқарудың органдары қосымша әлеуметтiк стандарттар белгiлей алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      1. Над ребенком, оставшимся без попечения родителей, устанавливается опека или попечительство для защиты его имущественных и личных неимущественных прав в соответствии с законодательством Республики Казахстан. (Прим.РЦПИ: см.  (разд.4); Р991346_ ).</w:t>
-[...249 lines deleted...]
-      <w:r w:rsidRPr="00B07499">
+        <w:t>      4. Тиiстi бiлiм беру ұйымдарындағы, арнаулы оқу-тәрбие ұйымдарындағы, денсаулық сақтау, әлеуметтiк қызмет көрсету ұйымдарындағы немесе өзге де мекемелер мен ұйымдардағы балалардың өздерiне ұсынылған қызмет көрсетулердiң мемлекеттiк ең төменгi әлеуметтiк стандарттарға сәйкестiгін мезгiл-мезгiл бағалап отыруға құқығы бар.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 18-бапқа өзгеріс енгізілді - ҚР 2007.07.27 N 320 (қолданысқа енгізілу тәртібін 2-баптан қараңыз) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      19-бап. Баланың дем алуға және бос уақытын пайдалануға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              құқығы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Әрбiр бала өзiнiң жасына, денсаулығына және қажеттерiне қарай демалуға және бос уақытын пайдалануға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Ата-анасы немесе олардың орнындағы адамдар өздерiнiң қабiлеттерi мен мүмкiндiктерiне сәйкес баланың күтiлуi мен жан-жақты дамуына қажеттi өмiрлiк жағдайларды қамтамасыз етедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мемлекеттiк органдар Қазақстан Республикасының заңдарына сәйкес балалардың сауықтыру, спорт, шығармашылық және бос уақытын пайдаланатын өзге де ұйымдарын, лагерьлер мен санаторийлердi құрады және оларды қолдап отырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Мемлекет балалардың демалуға, сауығуға және бос уақытын пайдалануға құқығын қамтамасыз ету жөнiндегi iс-шараларды жүзеге асырады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Балалардың сауықтыру, спорт, шығармашылық және бос уақытты өткізетін өзге де ұйымдарында, лагерьлері мен санаторийлерінде құдайға құлшылық етуді, дiни жораларды, рәсімдерді және (немесе) жиналыстарды өткізуге, сондай-ақ діни ілімдерді таратуға бағытталған іс-әрекеттерге жол берілмейді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 19-бапқа өзгеріс енгізілді - ҚР 2011.10.11  № 484-ІV(қолданысқа енгізілу тәртібін 2-баптан қараңыз) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      20-бап. Баланың мiндеттерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Әрбiр бала Қазақстан Республикасының Конституциясын және заңдарын сақтауға, басқа адамдардың құқықтарын, бостандығын, ар-ожданы мен қадiр-қасиетiн, Республиканың мемлекеттiк нышандарын құрметтеуге, еңбекке жарамсыз ата-анасына қамқорлық жасауға, тарихи және мәдени мұралардың сақталуына қам-қарекет жасауға, тарих және мәдениет ескерткiштерiн сақтауға, табиғатты сақтауға және табиғи байлықтарға ұқыпты қарауға мiндеттi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4-тарау. БАЛА ЖӘНЕ ОТБАСЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      21-бап. Баланың отбасында өмiр сүру және тәрбиелену </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              құқығы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Баланың мүдделерiне қайшы келетiн жағдайларды қоспағанда, әрбiр баланың отбасында өмiр сүруге және тәрбиеленуге құқығы, өзiнiң ата-анасын және басқа да жақын туыстарын бiлуге құқығы, олардың қамқорлығы мен тәрбиесiн алуға құқығы бар.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 21-бапқа өзгеріс енгізілді - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      22-бап. Баланың отбасындағы құқықтары </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      1. В Дома ребенка принимаются дети-сироты и дети, оставшиеся без попечения родителей, от рождения до трех лет. Для временного содержания детей в Доме ребенка открывается специальное отделение.</w:t>
-[...245 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>      Әрбір бала отбасында Қазақстан Республикасының Конституциясында, осы Заңда және Қазақстан Республикасының басқа да заңдарында белгіленген жеке мүліктік емес және мүліктік құқықтарға ие.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 22-бап жаңа редакцияда - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      23-бап. Бала тәрбиелеп отырған отбасыларына мемлекеттiк </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              қолдау </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекет бала тәрбиелеп отырған отбасыларына Қазақстан Республикасының заңдарында белгiленген тәртiппен әлеуметтiк көмек беру арқылы қолдау көрсетедi.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 23-бапқа өзгеріс енгізілді - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      24-бап. Ата-анасының баланы тәрбиелеу, күтiп-бағу және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              асырау жөніндегi мiндетi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Ата-анасы немесе басқа да заңды өкілдері өздерiнің қабiлетi мен қаржы мүмкіндiктерi шегiнде баланың жан-жақты дамуы үшiн қажеттi жағдай жасауға мiндеттi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Ата-анасы баланы тәрбиелеуге, оны күтiп-бағуды жүзеге асыруға, материалдық жағынан қолдап, оның әл-ауқатына қамқорлық жасауға, тұрғын үймен қамтамасыз етуге міндеттi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      25-бап. Баланың ата-анасымен бiрге тұру құқығы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Баланың өз ата-анасымен немесе басқа да заңды өкілдерiмен бiрге тұруға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Баланың, ата-анасының немесе заңды өкілдерiнiң ықтиярынсыз баланы ата-анасынан немесе заңды өкілдерiнен айыруға тыйым салынады. Оларды айыру туралы шешiмдi ерекше жағдайларда және баланы қорғау мақсатында қандай дәрежеде қажет болуына қарай сот қана қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Ата-анасы бiр-бiрiнен бөлек тұрған жағдайда баланың тұратын жерi ата-анасының келiсiмiмен, ал ол болмаған жағдайда, ата-аналар арасындағы дау сот арқылы шешiледi. Бұл орайда сот бала ата-анасының жеке қасиеттерi мен жағдайларын, сондай-ақ баланың мүдделерi мен пiкiрiн ескередi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      26-бап. Баланың өзiнен бөлек тұратын ата-анасымен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              қарым-қатынас жасау құқығы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Баланың өмiрi мен денсаулығына қатер төндiретiн жағдайлардың болуын қоспағанда, баланың өзiнен бөлек тұратын ата-анасы туралы ақпарат алуға, олармен кездесiп, араласып тұруға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Бала құқығын шектеуге байланысты туындаған, осы бапта көзделген даулар сот тәртiбiмен шешiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5-тарау. АТА-АНАСЫНЫҢ ҚАМҚОРЛЫҒЫНСЫЗ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ҚАЛҒАН БАЛАНЫҢ ҚҰҚЫҚТАРЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      1. Государственные органы и органы местного самоуправления обязаны создавать необходимые условия для обучения, профессиональной подготовки, подбора подходящей работы и трудоустройства ребенка-инвалида с учетом его состояния здоровья, потребностей и возможностей.</w:t>
-[...315 lines deleted...]
-      <w:r w:rsidRPr="00B07499">
+        <w:t xml:space="preserve">      27-бап. Қорғаншылық, қамқоршылық және патронат </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Ата-анасының қамқорлығынсыз қалған балаға оның мүлiктiк және мүлiктiк емес жеке құқықтарын қорғау үшiн Қазақстан Республикасының заңдарына сәйкес қорғаншылық, қамқоршылық немесе патронат белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Қорғаншылық он төрт жасқа толмаған балаларға белгiленедi, ал қамқоршылық он төрт жастан он сегiз жасқа дейiнгi кәмелетке толмағандарға белгiленедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Жергiлiктi атқарушы органдар қорғаншылық және қамқоршылық органдары болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Ата-анасының қамқорлығынсыз қалған, соның iшiнде тәрбиелеушi, емдеушi немесе басқа мекемедегi балаға Қазақстан Республикасының заңдарына сәйкес патронат белгiленуi мүмкiн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Аға-інілері және апа-сіңлілері бар балаға қорғаншылық немесе қамқоршылық белгіленген жағдайда, олардың бірге тұруы үшін жағдай жасалады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 27-бапқа өзгеріс енгізілді - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      28-бап. Бала асырап алу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Отбасында өсiріп-жетiлдiру мен тәрбиелеу үшiн жағдайлар жасау мақсатында ата-анасының қамқорлығынсыз қалған бала Қазақстан Республикасының заңдарында белгiленген тәртiппен асырап алуға берiлуi мүмкін.      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      29-бап. Баланы тәрбиелейтiн, емдейтiн және сол сияқты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              өзге де мекемелерде күтiп-бағу мен тәрбиелеу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Ата-анасының қамқорлығынсыз қалған бала, оны отбасында тәрбиелеуге беруге мүмкіндiк болмаған жағдайда, тәрбиелейтiн, емдейтiн немесе сол сияқты өзге де балалар мекемелерiне орналастырылуға тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Балаға тиесiн алимент, жәрдемақы және басқа әлеуметтiк төлемдер оның банк шотына аударылады және Қазақстан Республикасының заңдарында белгiленген тәртiппен төленедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Ата-анасының қамқорлығынсыз қалған балаларға арналған тәрбиелейтiн, емдейтiн және сол сияқты өзге де мекемелердегi балаға отбасылық тәрбиеге жақындатылған жағдай жасалады. Баланың күтіп-бағуды пайдалануға, тәрбие, бiлiм алуға, жан-жақты дамуға, ар-ожданы мен қадiр-қасиетінің құрметтелуiне, өз мүдделерiнің қамтамасыз етiлуiне, ана тiлінiң, мәдениетiнiң, ұлттық әдет-ғұрпы мен дәстүрiнің сақталуына құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Ата-анасының қамқорлығынсыз қалған балалар тәрбиеленетiн, емделетiн және сол сияқты өзге де мекемелердiң аталған мекемелердегi балаларға қатысты педагогикаға жат немесе азғындық әрекеттер жасаған қызметкерлерi Қазақстан Республикасының заңдарына сәйкес жауаптылықта болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. Ата-анасының қамқорлығынсыз қалған балаларға арналған тәрбиелейтiн, емдейтiн және соған ұқсас басқа да мекемелердегi баланың құқықтары мен мүдделерiн қорғауды, оның жұмысқа орналасуына жәрдемдесудi жергiлiктi атқарушы органдар жүзеге асырады. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>признает одним из приоритетных направлений своей политики.</w:t>
-[...326 lines deleted...]
-          <w:bCs/>
+        <w:t>Ата-анасынан кәмелеттiк жасқа толғанға дейiн айрылған жетiм балаларға және ата-анасының қамқорлығынсыз қалған балаларға Қазақстан Республикасының тұрғын үй заңдарына сәйкес пайдалануға мемлекеттiк тұрғын үй қорынан тұрғын үй беріледi.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">       Ескерту. 29-бапқа өзгеріс енгізілді - ҚР 2009.07.11. N 185-IV (қолданысқа енгізілу тәртібін 2-баптан қараңыз), 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      30-бап. Баланың құқықтарын қорғау жөніндегi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              функцияны жүзеге асыратын ұйымдар </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Балалар үйлерiне туғаннан бастап үш жасқа дейінгi жетiм балалар және ата-анасының қамқорлығынсыз қалған балалар қабылданады. Балаларды Балалар үйiнде уақытша күтіп-бағу үшiн арнаулы бөлiмше ашылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мамандандырылған Балалар үйлерiне туғаннан бастап төрт жасқа дейiнгi, психикасының және дене бiтiмiнiң дамуында кемiстiгi бар балалар қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Арнаулы бiлiм беру ұйымдарына он бiр жастан бастап он сегiз жасқа дейiнгi, мiнез-құлқы ауытқымалы балалар орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Интернаттық ұйымдарға үш жастан бастап он сегiз жасқа дейiнгi жетiм балалар және ата-анасының қамқорлығынсыз қалған балалар қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жалпы үлгiдегi жалпы білiм беретiн мектеп-интернатқа жетiм балалар, ата-анасының қамқорлығынсыз қалған балалар, сондай-ақ күн көрiсi төмен және көп балалы отбасылардың алты жастан бастап он сегiз жасқа дейiнгi, осы үлгiдегi ұйымдарда күтіп-бағылуға қайшы келетiн медициналық көрсеткiштерi жоқ балалар қабылданады. Интернаттық ұйымдар кәмелетке толмағандарға тұратын орын бере отырып, тәрбиелеуге, бiлiм беруге және күтiп-бағуға мемлекеттiк кепiлдiктi қамтамасыз етедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ақыл-есi кем балаларға арналған интернат-үйлерге төрт жастан бастап он сегiз жасқа дейiнгi, күтіп-бағуды, медициналық, тұрмыстық қызмет көрсетудi және әлеуметтiк-еңбекке бейiмделудi қажет ететiн балалар қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Отбасы үлгiсiндегi балалар ауылдарына он сегiз жасқа дейiнгi жетiм балалар және ата-анасының қамқорлығынсыз қалған балалар қабылданады. Балаларды отбасы үлгiсiндегi балалар ауылдарына қабылдаудың және оларды күтiп-бағу жағдайының тәртiбi Қазақстан Республикасының отбасы үлгісіндегі балалар ауылы және жасөспірімдер үйлері туралы заңнамасымен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Балалар ауылы, балалар үйі, жетім балалар мен ата-ана қамқорлығынсыз қалған балаларға арналған мектеп-интернат әкімшілігінің шешімі негізінде Жасөспірімдер үйінде, психоневрологиялық аурулары бар адамдарды қоспағанда, он алты жастан жиырма үш жасқа дейінгі балалар ауылдарының тәрбиеленушілері және балалар үйлерінің, жетім балалар мен ата-ана қамқорлығынсыз қалған балаларға арналған мектеп-интернаттардың түлектері әлеуметтік бейімделуден өте алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жергілікті атқарушы органдардың шешімі негізінде дербес заңды тұлға ретінде жұмыс істейтін Жасөспірімдер үйінде, психоневрологиялық аурулары бар адамдарды қоспағанда, он алты жастан жиырма үш жасқа дейінгі балалар ауылдарының тәрбиеленушілері және балалар үйлерінің, жетім балалар мен ата-ана қамқорлығынсыз қалған балаларға арналған мектеп-интернаттардың түлектері әлеуметтік бейімделуден өте алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Статья 41. Запрещение участия детей в военных действиях</w:t>
-[...307 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>      Кәмелетке толмағандарды бейiмдеу орталықтарына қадағалаусыз және қараусыз қалған үш жастан бастап он сегiз жасқа дейiнгi балалар олардың ата-аналарын немесе басқа заңды өкілдерiн анықтау үшiн қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Баланың құқықтарын қорғау жөнiндегi функцияларды жүзеге асыратын ұйымдарға балаларды қабылдау және оларды күтiп-бағу талаптары, осы Заңмен белгiленбеген бөлiгiнде, Қазақстан Республикасының Үкiметi уәкiлеттiк берген орган бекiткен осы ұйымдар туралы ережемен айқындалады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 30-бапқа өзгеріс енгізілді - ҚР 2010.12.29 N 372-IV (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2011.12.26 N 517-IV  (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6-тарау. МҮГЕДЕК БАЛАНЫҢ ҚҰҚЫҚТАРЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      31-бап. Мүгедек баланың толымды өмiрге құқықтары </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Мүгедек баланың қоғам өмiрiне белсене араласуына ықпал ететiн өз қадiр-қасиетiн қамтамасыз ету жағдайындағы толымды өмiрге денi сау балалармен бiрдей құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мүгедек бала өзiнің дене бiтiмiне, ақыл-ес қабiлетiне және тiлегiне сай бiлiм алуға, қызмет түрi мен кәсiптi таңдауға, шығармашылық және қоғамдық қызметтерге қатысуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Ақыл-есiнiң немесе дене бiтiмiнiң дамуында кемiстiгi бар балаларды қоса алғанда, мүгедек балалар мамандандырылған балалар ұйымдарында медициналық-әлеуметтiк көмек алуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      32-бап. Мүгедек баланы жұмыспен қамту саласындағы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              мемлекеттiк кепiлдiктер </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Мемлекеттiк органдар және жергiлiктi өзiн-өзi басқару органдары мүгедек баланың денсаулық жағдайын, қажеттерi мен мүмкiндiктерiн ескере отырып, оны оқыту, кәсiптiк даярлау, лайықты жұмыс тауып беру және жұмысқа орналастыру үшiн қажеттi жағдайлар жасауға мiндеттi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мүгедек балалардың жұмысқа орналасуын қамтамасыз ету, оларды кәсiби даярлау мен қайта даярлауды ұйымдастыру жөнiндегi қызметтi жеке жүзеге асыратын және заңды тұлғалар үшiн Қазақстан Республикасының заңдарымен жеңiлдiктер белгiленуi мүмкiн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      33-бап. Мүгедек балаларға мемлекеттiк көмек </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Мемлекет мүгедек балаларды қолдауға бағытталған медициналық, құқықтық, әлеуметтiк-экономикалық шаралар кешенiн жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мүгедек балаларға көрсетiлетiн мемлекеттiк көмек Қазақстан Республикасының заңдарымен белгiленедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мүгедек балаларды тәрбиелеушi және оларды күтiп-бағуды жүзеге асырушы ата-аналардың және басқа да заңды өкілдердің мемлекеттiк көмек алуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7-тарау. БАЛА ЖӘНЕ ҚОҒАМ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>   </w:t>
-[...367 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">      34-бап. Ұлттық және әлемдiк мәдениетке баулу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Мемлекет балалардың Қазақстан халқының тарихымен, дәстүрлерiмен, рухани қазыналарымен және әлемдік мәдениет жетiстiктерiмен танысуына мүмкіндiк жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мемлекет балалардың шығармашылық және ғылыми қабiлетiн дамыту үшiн ұйымдар құруды, кино және бейнефильмдер, теледидар және радио хабарларын шығаруды, балаларға арналған газеттер, журналдар, кiтаптар басып шығаруды көтермелейдi, Қазақстан Республикасының заңдарында белгiленген тәртiппен оларға қолжетiмдiлiктi қамтамасыз етедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Порнографияны, қатыгездiк пен зорлық-зомбылықты дәрiптейтiн, адамның қадiр-қасиетiн қорлайтын, балаларға зиянды әсер ететiн және құқық бұзушылыққа ықпал ететiн бұқаралық ақпарат құралдарын, әдебиеттi, ойын-сауық және басқа iс-шараларды пайдалану заң бойынша қудаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      35-бап. Бала және дiн </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Мемлекет баланың ата-анасының немесе олардың орнындағы адамдардың дiни дүниетанымына негiзделген тәрбиеге араласпауға, бiлiм беру, тәрбиелеу, емдеу ұйымдарының және өзге де сол сияқты мекемелердiң шегiнен тыс жерлерде баланың қатысуымен дiни жоралардың жасалуына, аталған әрекеттер баланың өмiрi мен денсаулығына қатер төндiретiн, оның құқығын бұзатын және жауапкершiлiгiн шектейтiн жағдайларды қоспағанда, кепiлдiк бередi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Кәмелеттiк жасқа толмаған балаларға қатысты дiни жоралар ата-анасының немесе олардың орнындағы адамдардың келiсiмiмен жасалады. Балаларды дiнге тарту жөнiндегi мәжбүрлеу шараларына жол берiлмейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      36-бап. Баланы әлеуметтiк ортаның терiс ықпалынан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              қорғау </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Мемлекеттiк органдар, жеке және заңды тұлғалар баланы оның денсаулығына, имандылық жағынан және рухани дамуына зиян келтiретiн әлеуметтiк ортаның, ақпараттың, насихат пен үгiттiң терiс ықпалынан қорғауға мiндеттi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Салауатты өмiр салтын насихаттау мен балаға құқықтық бiлiм берудi мемлекет өз саясатының басым бағыттарының бiрi деп таниды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Қылмыстың, зорлық-зомбылықтың немесе өзге де заңсыз әрекеттің салдарынан тән немесе жан жарақатын алған балаға денсаулығын қалпына келтіру және әлеуметтiк бейiмделу үшiн қажеттi көмек көрсетiлуге тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Баланың заңды өкілдерінің ертіп жүруінсіз түнгі уақытта (сағат 22-ден таңғы 6-ға дейін) ойын-сауық мекемелерінде болуына, сол сияқты онда жіберілуіне тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Заңды өкiлдерi еріп жүрмеген баланың тұрғын жайынан тыс жерлерде сағат 23-тен таңғы 6-ға дейiн болуына тыйым салынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>       Ескерту. 36-бапқа өзгеріс енгізілді - ҚР 2009.07.10 N 176-IV, 2010.12.29 N 372-IV (алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      С момента отобрания ребенка выплата пособия, а также иные выплаты на ребенка прекращаются по решению суда.</w:t>
-[...355 lines deleted...]
-      <w:r w:rsidRPr="00B07499">
+        <w:t xml:space="preserve">      37-бап. Баланы алкогольдi өнiмдер мен темекi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              бұйымдарының зиянды әсерiнен қорғау </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Баланың ата-анасы, басқа да заңды өкілдері, мемлекеттiк органдар, сондай-ақ баланы тәрбиелеу мен оған бiлiм беру функциясын жүзеге асыратын ұйымдар салауатты өмiр салтын және алкогольдi өнiмдер мен темекi бұйымдарының зиянды екенiн насихаттауға мiндеттi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Балаға алкогольдi iшiмдiктердi, темекiнi және темекi бұйымдарын сатуға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Алкогольдi өнiмдер мен темекi бұйымдарын өндiруде немесе сатуда бала еңбегiн пайдалануға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Балалар тауарларын сататын сауда ұйымдарында және мәдениет мекемелерiнде, сондай-ақ балаларға арналған iс-шараларды жүргiзу кезiнде шылым шегуге, темекi бұйымдарын сатуға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Балалар мекемелерiнде, бiлiм беру ұйымдарында және оларға iргелес жүз метр радиустегi аумақта алкоголь өнiмдерiн сатуға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      38-бап. Баланы есiрткi, психотроптық, күштi әсер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ететiн немесе улы заттардан қорғау </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Бала есiрткi, психотроптық, күштi әсер ететiн немесе улы заттарды қолданудан, оларды дайындаудан, сатудан немесе өзге де жолдармен таратудан қорғауға тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Баланы есiрткi, психотроптық заттарды тұтынуға тартқаны үшiн Қазақстан Республикасының заңдарында белгiленген жауаптылық шаралары қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      39-бап. Баланы оның денсаулығына, имандылық және рухани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағынан дамуына зиян келтіретін ақпараттан қорғау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 39-баптың тақырыбы жаңа редакцияда - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Балаларға арнап нәсілдiк, ұлттық, әлеуметтiк және дiни өшпендiлiктi өршiтуге бағытталған, тектiк-топтық ерекшелiктi, соғысты насихаттайтын, конституциялық құрылысты күштеп өзгертуге және Қазақстан Республикасының аумақтық тұтастығын бұзуға шақыратын үндеулерi, порнографиясы бар немесе баланың рухани және имандылық жағынан дамуына өзгеше зиян келтiретiн ойыншықтарды, кинофильмдердi, дыбыс- және бейнежазбаларды көрсетудi, сатуды, сыйға тартуды, көбейтудi және прокатқа берудi жүзеге асыруға, әдебиеттердi, газеттердi, журналдарды және басқа бұқаралық ақпарат құралдарын таратуға тыйым салынады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 39-бапқа өзгеріс енгізілді - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Осы баптың 1-тармағында аталған әрекеттердiң жасалғаны үшiн Қазақстан Республикасының заңдарында белгiленген жауаптылық шаралары қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      40-бап. Баланы жезөкшелiктен қорғау </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t> </w:t>
-[...26 lines deleted...]
-    <w:sectPr w:rsidR="005E4B8B" w:rsidSect="005E4B8B">
+        <w:t>      Баланы жезөкшелікпен айналысуға тарту Қазақстан Республикасының заңдарында көзделген жауаптылыққа әкеп соғады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 40-бап жаңа редакцияда - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>40-1-бап. Баланы оның денсаулығына, имандылық және рухани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағынан дамуына зиян келтіретін өнімдер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айналымына тарту іс-әрекеттерінен қорғау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Баланы порнографиялық сипаттағы, сондай-ақ эротикалық мазмұндағы баспа басылымдарын, кино немесе бейнематериалдарды, бейнелерді, өзге де заттарды не материалдарды дайындауға, жарнамалауға, көпшілік алдында көрсетуге немесе таратуға тарту, сол сияқты оларды балаға сату Қазақстан Республикасының заңдарында көзделген жауаптылыққа әкеп соғады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. Заң 40-1-баппен толықтырылды - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      41-бап. Баланы соғыс қимылдарына қатыстыруға тыйым салу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Баланы соғыс қимылдарына, қарулы жанжалдарға тартуға, балалардың әскерилендiрiлген құрамаларын құруға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>41-1-бап. Баланы заңсыз алып кетуден қорғау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасы, орындалу мақсаттарына, нысандары мен әдістеріне қарамастан, балаларды заңсыз алып кетудің, ұрлап әкетудің, олармен сауда жасаудың алдын алу және жолын кесу, сондай-ақ оларды тұрақты тұратын еліне қайтару жөнінде шаралар қабылдайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. Заң 41-1-баппен толықтырылды - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8-тарау. БАЛАНЫҢ ҚҰҚЫҚТАРЫН ЖӘНЕ ЗАҢМЕН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ҚОРҒАЛАТЫН МYДДЕЛЕРIН ҚОРҒАУ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      42-бап. Баланы заңсыз алып кетуден қорғау </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 42-бап алынып тасталды - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      43-бап. Баланың заңды өкілдерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Баланың заңды өкілдерi барлық мемлекеттiк органдар мен ұйымдарда, оның iшiнде соттарда кез келген тұлғамен қарым-қатынаста, арнайы өкiлеттiксiз баланың (немесе баланы асырап алуы) туралы куәлiгi, ата-аналарының паспорты, қорғаншының жеке басының куәлiгi негiзiнде балаларға өкілдiк етудi және олардың құқықтарын және заңмен қорғалатын мүдделерiн қорғауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Қазақстан Республикасының заңдарында кәмелетке толмағандардың дербес азаматтық, неке-отбасылық, еңбек және өзге де құқықтық қатынастарға түсу және өз құқықтары мен мүдделерiн қорғау құқығы көзделген жағдайларды қоспағанда, он төрттен он сегiз жасқа дейiнгi кәмелетке толмағандардың құқықтарын және заңмен қорғалатын мүдделерiн олардың заңды өкілдерi қорғайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3. Тәрбиелеу, емдеу ұйымдарындағы, халықты әлеуметтiк қорғау ұйымдарындағы балаларға өкілдiк ету мен олардың мүдделерiн қорғауды осы ұйымдар Қазақстан Республикасының заңдарына сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Ата-анасының қамқорлығынсыз қалған балаға өкілдік ету мен оның құқықтарын және заңмен қорғалатын мүдделерiн қорғау уақытша, баланы отбасына немесе балалардың құқықтарын қорғау жөнiндегi функцияны жүзеге асырушы ұйымға орналастырғанға дейiн қорғаншылық, және қамқоршылық органына жүктеледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      44-бап. Мемлекеттiк органдар және баланың құқықтарын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              қорғау </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Балалардың құқықтарын және заңмен қорғалатын мүдделерiн қорғауды өздерiнiң өкiлеттiктерiне сәйкес мемлекеттiк органдар жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      45-бап. Осы Заңды орындау кезiнде дауларды шешу тәртiбi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 45-баптың тақырыбына өзгеріс енгізілді - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ата-аналар (олардың орнындағы адамдар), сондай-ақ балаға бiлiм беру, оны тәрбиелеу, дамыту, оның денсаулығын сақтау, оны әлеуметтiк қорғау мен оған әлеуметтiк қызмет көрсету, оның әлеуметтiк бейiмделуіне, әлеуметтiк оңалуына жәрдемдесу жөніндегі қызметті және (немесе) ол қатысатын өзге де қызметті жүзеге асыратын адамдар Қазақстан Республикасының заңында белгiленген тәртiпте, баланың денсаулығына, мүлкiне келтiрiлген зиянды, сондай-ақ моральдық зиянды өтеу туралы талап арызбен сотқа жүгiнуге құқылы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 45-бапқа өзгеріс енгізілді - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      46-бап. Қазақстан Республикасындағы балалардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              жағдайы туралы мемлекеттiк баяндама </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасындағы балалардың жағдайы туралы жыл сайынғы мемлекеттiк баяндаманы балаларды қорғау саласындағы уәкiлеттi орган Қазақстан Республикасының Президентiне ұсынады және ол ресми баспа басылымдарында жарияланады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 46-бапқа өзгеріс енгізілді - ҚР 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      47-бап. Босқын және амалсыз қоныс аударушы балалардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              құқықтарын қорғау </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Босқын және амалсыз қоныс аударушы балалардың өз мүдделерiнiң қорғалуына құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Баланың тұрып жатқан жерiндегі қорғаншы және қамқоршы органдар, аумақтық көшi-қон қызметтерi ата-анасының не өзге де заңды өкілдерiнiң бар екендiгi және олардың тұратын жерi туралы мәлiметтер алуға жәрдемдеседi, қажет болған жағдайда баланы емдеу-профилактикалау немесе бала құқықтарын қорғау жөнiндегi функцияларын жүзеге асыратын өзге де ұйымдарға орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>9-тарау. БАЛА ЖАУАПКЕРШIЛIГIНIҢ ЖӘНЕ ОНЫҢ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>МIНЕЗ-ҚҰЛҚЫНА ӘСЕР ЕТУДЕН ЕРЕКШЕЛIКТЕРI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      48-бап. Бала жауапкершiлігінің ерекшелiктерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Құқыққа қарсы әрекет жасаған бала Қазақстан Республикасының заңдарына сәйкес жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мемлекеттiк органдар мен лауазымды адамдар жаза түрiн белгiлеу кезiнде баланың өмiр сүру мен тәрбиелену жағдайын, психикалық даму деңгейiн, жеке басының өзге де ерекшелiктерiн, сондай-ақ оған жасы үлкен адамдардың ықпалын ескеруге тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      49-бап. Баланың мiнез-құлқына әсер етудің ерекшелiктерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ата-анасы және басқа да заңды өкілдері ата-аналық құқықтарын жүзеге асырған кезде баланың дене және психикалық денсаулығына, оның имандылық дамуына зиян келтiруге құқылы емес. Баланы тәрбиелеу тәсiлдерiнде баланың адамдық қадiр-қасиетiне менсiнбей, қатал, дөрекi қарау, оны қорлау немесе қанау болмауға тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      50-бап. Қазақстан Республикасының бала құқықтары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              туралы заңдарын бұзғаны үшiн жауапкершілік </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Қазақстан Республикасының бала құқықтары туралы заңдарының бұзылуына кiнәлi адамдар Қазақстан Республикасының заңдарына сәйкес жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Ата-аналардың (олардың орнындағы адамдардың) міндеттерін орындаудан жалтаруы, сондай-ақ міндеттерін тиісінше орындамауы, ата-ананың перзентханадағы (оның бөлiмшесiндегі) немесе балаларды емдеу мекемесiндегi баласынан бас тартуы, балаларды қадағалаусыз қалдыруы, оларға қатыгездiкпен қарауы, оларды қанауы ата-аналық құқықтарынан айыруға немесе оларды ата-аналардың орнындағы адамдардан шектеуге әкеп соғады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Баланы алып қойған кезден бастап балаға арналған жәрдемақы төлеу, сондай-ақ өзге де төлемдер соттың шешiмi бойынша тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Ата-ана (олардың орнындағы адамдар) балаларға арналған жәрдемақыларды және өзге де төлемдердi мақсатсыз пайдаланған жағдайда, егер бұл баланың мүдделерiне елеулi нұқсан келтiрсе, әлеуметтiк қорғау органдары, қорғаншы және қамқоршы органдар, кәмелетке толмағандардың құқықтарын қорғау жөнiндегi комиссиялар немесе прокурор бала мүдделерiне орай оған негiзсiз жұмсалған қаражатты өтеу туралы талап қояды. Сот арқылы өндiрiлген қаражат баланың банк шотына аударылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Ата-аналық құқықтарынан айырылған ата-ана ата-аналық құқықтарынан айырылуына қатысты балаларға алименттер төлеу жөнiндегi мiндеттерден босатылмайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>       Ескерту. 50-бапқа өзгеріс енгізілді - ҚР 2009.07.11. N 185-IV (қолданысқа енгізілу тәртібін 2-баптан қараңыз), 2010.11.23 N 354-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      51-бап. Уәкiлеттi органның Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              бала құқықтары туралы заңдарының сақталуын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              iске асыруды үйлестiруi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Балалар құқықтарын қорғау саласындағы уәкiлеттi органды Қазақстан Республикасының Үкiметi белгiлейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Балалар құқықтарын қорғау саласындағы орталық уәкiлеттi орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) бала құқықтарын қорғау саласындағы басқа мүдделi уәкiлеттi органдардың қызметiн үйлестiредi және бағыттайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) баланың негiзгі құқықтарын iске асыру жөнiндегi әртүрлi бағдарламалар әзірлейдi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) балалар өмiрi көрсеткiштерiнiң ең төменгi әлеуметтiк стандарттарын, нормалары мен нормативтерiн жақсарту жағына қарай жыл сайын қайта қарауды қамтамасыз етедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) балалар құқықтарын қорғау саласындағы уәкiлеттi органдардың халықаралық ынтымақтастық iсiндегi қызметiн үйлестiредi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      52-бап. Баланың құқықтарын қорғау саласындағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>              мемлекеттік бақылау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Баланың құқықтарын қорғау саласындағы мемлекеттік бақылау баланың құқықтары мен заңды мүдделерін қамтамасыз етуге бағытталған және оны уәкілетті мемлекеттік органдар Қазақстан Республикасының заңдарында белгіленген құзыреті шегінде жүзеге асырады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Жеке және заңды тұлғалардың баланың құқықтарын іске асыруға бағытталған қызметі баланың құқықтарын қорғау саласындағы мемлекеттік бақылау объектісі болып табылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Баланың құқықтарын қорғау саласындағы мемлекеттік бақылау тексеру нысанында және өзге де нысандарда жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Тексеру "Қазақстан Республикасындағы мемлекеттік бақылау және қадағалау туралы" Қазақстан Республикасының Заңына сәйкес жүзеге асырылады. Мемлекеттік бақылаудың өзге де нысандары осы Заңға сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ескерту. 52-бап жаңа редакцияда - ҚР 2009.07.17. N 188-IV (қолданысқа енгізілу тәртібін 2-баптан қараңыз) Заңымен, өзгеріс  енгізілді - ҚР 2011.01.06 N 378-IV (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      53-бап. Баланың құқықтарын қорғау жөнiндегi функцияларды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              жүзеге асыратын мемлекеттiк органдар мен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ұйымдардың қызметiн үйлестiру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Баланың құқықтарын қорғау жөнiндегi функцияларды жүзеге асыратын мемлекеттік органдар мен ұйымдардың қызметiн үйлестiрудi Қазақстан Республикасының Yкiметi жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7635F" w:rsidRPr="00E7635F" w:rsidRDefault="00E7635F" w:rsidP="00E7635F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7635F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Президенті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E7E07" w:rsidRDefault="007E7E07"/>
+    <w:sectPr w:rsidR="007E7E07" w:rsidSect="007E7E07">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AEF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="43240FF8"/>
+    <w:nsid w:val="1B1B0B97"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="593CC812"/>
+    <w:tmpl w:val="2230FBD6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -5385,53 +6920,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00B07499"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B07499"/>
+    <w:rsidRoot w:val="00E7635F"/>
+    <w:rsid w:val="007E7E07"/>
+    <w:rsid w:val="00E7635F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5574,300 +7109,366 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005E4B8B"/>
+    <w:rsid w:val="007E7E07"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00B07499"/>
+    <w:rsid w:val="00E7635F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00B07499"/>
+    <w:rsid w:val="00E7635F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E7635F"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00B07499"/>
+    <w:rsid w:val="00E7635F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00B07499"/>
+    <w:rsid w:val="00E7635F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00E7635F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B07499"/>
+    <w:rsid w:val="00E7635F"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="rtecenter">
-[...15 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B07499"/>
+    <w:rsid w:val="00E7635F"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bodytext">
+    <w:name w:val="bodytext"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00E7635F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00B07499"/>
+    <w:rsid w:val="00E7635F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E7635F"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="note">
+    <w:name w:val="note"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00E7635F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="note1">
+    <w:name w:val="note1"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00E7635F"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1805736355">
+    <w:div w:id="208222595">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="817185601">
+        <w:div w:id="816650129">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="931087626">
+            <w:div w:id="1903373226">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="2006586142">
+        <w:div w:id="1715814798">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1291519543">
+            <w:div w:id="1235166794">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1949504298">
+                <w:div w:id="1737775652">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bala-kkk.kz/ru/node/%D0%B7%D0%B0%D0%BA%D0%BE%D0%BD%D1%8B-%D1%80%D0%B5%D1%81%D0%BF%D1%83%D0%B1%D0%BB%D0%B8%D0%BA%D0%B8-%D0%BA%D0%B0%D0%B7%D0%B0%D1%85%D1%81%D1%82%D0%B0%D0%BD" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bala-kkk.kz/ru/zakonodatelstvo" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bala-kkk.kz/ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bala-kkk.kz/kk/node/%D2%9B%D0%B0%D0%B7%D0%B0%D2%9B%D1%81%D1%82%D0%B0%D0%BD-%D1%80%D0%B5%D1%81%D0%BF%D1%83%D0%B1%D0%BB%D0%B8%D0%BA%D0%B0%D1%81%D1%8B%D0%BD%D1%8B%D2%A3-%D0%B7%D0%B0%D2%A3%D0%B4%D0%B0%D1%80%D1%8B" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bala-kkk.kz/kk/zannama" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bala-kkk.kz/kk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6113,55 +7714,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>17</Pages>
-[...1 lines deleted...]
-  <Characters>38723</Characters>
+  <Pages>20</Pages>
+  <Words>7980</Words>
+  <Characters>45490</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>322</Lines>
-  <Paragraphs>90</Paragraphs>
+  <Lines>379</Lines>
+  <Paragraphs>106</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>HomeLab</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>45426</CharactersWithSpaces>
+  <CharactersWithSpaces>53364</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>