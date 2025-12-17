--- v0 (2025-12-08)
+++ v1 (2025-12-17)
@@ -1,1407 +1,820 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00B20E7B" w:rsidRPr="00B20E7B" w:rsidRDefault="00B20E7B" w:rsidP="00B20E7B">
+    <w:p w:rsidR="0015243F" w:rsidRPr="003712AF" w:rsidRDefault="009A06DC" w:rsidP="009A06DC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E1EDD">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B20E7B">
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="006E1EDD">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Адалдық дү</w:t>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0015243F">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-        <w:t xml:space="preserve">кенінің қызметі </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>туралы</w:t>
+      <w:r w:rsidR="0015243F" w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Справка  о деятельности  «</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> анықтама</w:t>
+      <w:r w:rsidR="0015243F" w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Магазина честности»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B20E7B" w:rsidRPr="00B20E7B" w:rsidRDefault="00B20E7B" w:rsidP="00B20E7B">
+    <w:p w:rsidR="009A06DC" w:rsidRPr="003712AF" w:rsidRDefault="0015243F" w:rsidP="0015243F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:after="0"/>
-        <w:ind w:left="-1560"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B20E7B">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">           Облыстық "</w:t>
+      <w:r w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>Адал</w:t>
+      <w:r w:rsidR="009A06DC" w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В рамках реализации областного проекта «Адалдық алаңы»  с </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...51 lines deleted...]
-          <w:szCs w:val="32"/>
+      <w:r w:rsidR="00C32D52" w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B20E7B">
-[...4 lines deleted...]
-        <w:t>аясында</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C32D52" w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B20E7B">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> 2019-2020 оқу жылының </w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C32D52" w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> начало  2019-2020 учебного года </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>басынан</w:t>
+      <w:r w:rsidR="00915F09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в школе </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-          <w:szCs w:val="32"/>
+      <w:r w:rsidR="00C32D52" w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   открыт</w:t>
+      </w:r>
+      <w:r w:rsidR="009A06DC" w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  магазин честности, который работа</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32D52" w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidR="009A06DC" w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  без продавца. Такие магазины б</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32D52" w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыли</w:t>
+      </w:r>
+      <w:r w:rsidR="009A06DC" w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> открыты во всех  школах </w:t>
+      </w:r>
+      <w:r w:rsidR="009A06DC" w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidR="009A06DC" w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936A02" w:rsidRPr="003712AF" w:rsidRDefault="009A06DC" w:rsidP="0015243F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Принцип работы магазина - самообслуживание. В магазинах учащиеся и педагоги смогут купить  необходимые товары, при этом деньги за товар опускаются в специальный ящик,  который заменит кассира</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>продавца.</w:t>
+      </w:r>
+      <w:r w:rsidR="00936A02" w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...109 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00936A02" w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Здесь же можно забрать сдачу</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B20E7B" w:rsidRPr="00B20E7B" w:rsidRDefault="00B20E7B" w:rsidP="00B20E7B">
+    <w:p w:rsidR="0087425F" w:rsidRPr="003712AF" w:rsidRDefault="009A06DC" w:rsidP="0015243F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:after="0"/>
-        <w:ind w:left="-1560"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B20E7B">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">      Дүкеннің жұмыс принципі-өзін</w:t>
+      <w:r w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Деятельность таких магазинов основана на честности и доверии. </w:t>
+      </w:r>
+      <w:r w:rsidR="006E1EDD" w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Поэтому учащиеся </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B20E7B">
-[...4 lines deleted...]
-        <w:t>е-</w:t>
+      <w:r w:rsidR="006E1EDD" w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>довольно</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B20E7B">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">өзі қызмет көрсету. Дүкендерде оқушылар мен </w:t>
+      <w:r w:rsidR="006E1EDD" w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> активно приняли участие. Всем было интересно проверить себя, доказать, что все мы честные и порядочные люди. И вот результат – ни одной тенге не пропало. Значит у наших ребят выработался хороший иммунитет против коррупции! Если таких магазинов честности будет больше, то наше общество станет чище и лучше.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...231 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="0015243F" w:rsidRDefault="00B20E7B" w:rsidP="00B20E7B">
+    <w:p w:rsidR="0015243F" w:rsidRPr="003712AF" w:rsidRDefault="00732683" w:rsidP="00732683">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="-1560"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B20E7B">
-[...358 lines deleted...]
-      <w:r w:rsidR="00732683" w:rsidRPr="003712AF">
+      <w:r w:rsidRPr="003712AF">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="3318510" cy="2371471"/>
-            <wp:effectExtent l="95250" t="76200" r="91440" b="85979"/>
+            <wp:extent cx="3554509" cy="2369799"/>
+            <wp:effectExtent l="0" t="114300" r="0" b="811551"/>
             <wp:docPr id="4" name="Рисунок 1" descr="C:\Users\Зере\Desktop\магазин честности\IMG_4981.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\магазин честности\IMG_4981.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3316278" cy="2369876"/>
+                      <a:ext cx="3554624" cy="2369876"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:solidFill>
-[...8 lines deleted...]
-                      <a:miter lim="800000"/>
+                    <a:ln>
+                      <a:noFill/>
                     </a:ln>
                     <a:effectLst>
-                      <a:outerShdw blurRad="55000" dist="18000" dir="5400000" algn="tl" rotWithShape="0">
-[...3 lines deleted...]
-                      </a:outerShdw>
+                      <a:reflection blurRad="12700" stA="30000" endPos="30000" dist="5000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
                     </a:effectLst>
                     <a:scene3d>
-                      <a:camera prst="orthographicFront"/>
-[...1 lines deleted...]
-                        <a:rot lat="0" lon="0" rev="7200000"/>
+                      <a:camera prst="perspectiveContrastingLeftFacing">
+                        <a:rot lat="300000" lon="19800000" rev="0"/>
+                      </a:camera>
+                      <a:lightRig rig="threePt" dir="t">
+                        <a:rot lat="0" lon="0" rev="2700000"/>
                       </a:lightRig>
                     </a:scene3d>
                     <a:sp3d>
-                      <a:bevelT w="25400" h="19050"/>
-[...2 lines deleted...]
-                      </a:contourClr>
+                      <a:bevelT w="63500" h="50800"/>
                     </a:sp3d>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00732683">
+      <w:r w:rsidRPr="003712AF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3492822" cy="2328672"/>
+            <wp:effectExtent l="0" t="114300" r="0" b="814578"/>
+            <wp:docPr id="5" name="Рисунок 2" descr="C:\Users\Зере\Desktop\магазин честности\IMG_4979.JPG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\магазин честности\IMG_4979.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3492935" cy="2328747"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:reflection blurRad="12700" stA="30000" endPos="30000" dist="5000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                    </a:effectLst>
+                    <a:scene3d>
+                      <a:camera prst="perspectiveContrastingLeftFacing">
+                        <a:rot lat="300000" lon="19800000" rev="0"/>
+                      </a:camera>
+                      <a:lightRig rig="threePt" dir="t">
+                        <a:rot lat="0" lon="0" rev="2700000"/>
+                      </a:lightRig>
+                    </a:scene3d>
+                    <a:sp3d>
+                      <a:bevelT w="63500" h="50800"/>
+                    </a:sp3d>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0015243F" w:rsidRDefault="00732683" w:rsidP="009B0F35">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="3324606" cy="2528570"/>
-            <wp:effectExtent l="95250" t="76200" r="104394" b="81280"/>
+            <wp:extent cx="3803904" cy="2536071"/>
+            <wp:effectExtent l="0" t="133350" r="0" b="892929"/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Зере\Desktop\магазин честности\IMG_4980.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\магазин честности\IMG_4980.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3339725" cy="2540069"/>
+                      <a:ext cx="3809900" cy="2540069"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:solidFill>
-[...8 lines deleted...]
-                      <a:miter lim="800000"/>
+                    <a:ln>
+                      <a:noFill/>
                     </a:ln>
                     <a:effectLst>
-                      <a:outerShdw blurRad="55000" dist="18000" dir="5400000" algn="tl" rotWithShape="0">
-[...3 lines deleted...]
-                      </a:outerShdw>
+                      <a:reflection blurRad="12700" stA="30000" endPos="30000" dist="5000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
                     </a:effectLst>
                     <a:scene3d>
-                      <a:camera prst="orthographicFront"/>
-[...1 lines deleted...]
-                        <a:rot lat="0" lon="0" rev="7200000"/>
+                      <a:camera prst="perspectiveContrastingLeftFacing">
+                        <a:rot lat="300000" lon="19800000" rev="0"/>
+                      </a:camera>
+                      <a:lightRig rig="threePt" dir="t">
+                        <a:rot lat="0" lon="0" rev="2700000"/>
                       </a:lightRig>
                     </a:scene3d>
                     <a:sp3d>
-                      <a:bevelT w="25400" h="19050"/>
-[...2 lines deleted...]
-                      </a:contourClr>
+                      <a:bevelT w="63500" h="50800"/>
                     </a:sp3d>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00215D06" w:rsidRDefault="00215D06" w:rsidP="009B0F35">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00215D06" w:rsidRDefault="00215D06" w:rsidP="009B0F35">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2846070" cy="2350261"/>
-            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:extent cx="6205855" cy="4133215"/>
+            <wp:effectExtent l="19050" t="0" r="4445" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\магазин честности\IMG_5000.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\магазин честности\IMG_5000.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:blip r:embed="rId8" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2849542" cy="2353128"/>
+                      <a:ext cx="6205855" cy="4133215"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2724150" cy="2350783"/>
-            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:extent cx="6205855" cy="4133215"/>
+            <wp:effectExtent l="19050" t="0" r="4445" b="0"/>
             <wp:docPr id="6" name="Рисунок 3" descr="C:\Users\Зере\Desktop\магазин честности\IMG_4994.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\магазин честности\IMG_4994.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2725694" cy="2352115"/>
+                      <a:ext cx="6205855" cy="4133215"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2785110" cy="2462784"/>
-            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:extent cx="6205855" cy="4133215"/>
+            <wp:effectExtent l="19050" t="0" r="4445" b="0"/>
             <wp:docPr id="7" name="Рисунок 4" descr="C:\Users\Зере\Desktop\магазин честности\IMG_4989.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Зере\Desktop\магазин честности\IMG_4989.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print"/>
-[...50 lines deleted...]
-                  <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3295144" cy="2462859"/>
+                      <a:ext cx="6205855" cy="4133215"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00215D06" w:rsidRDefault="00215D06" w:rsidP="009B0F35">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6205855" cy="4133215"/>
+            <wp:effectExtent l="19050" t="0" r="4445" b="0"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Зере\Desktop\магазин честности\IMG_4990.JPG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\магазин честности\IMG_4990.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6205855" cy="4133215"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
     </w:p>
     <w:p w:rsidR="0015243F" w:rsidRPr="0015243F" w:rsidRDefault="0015243F" w:rsidP="0015243F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0015243F" w:rsidRPr="0015243F" w:rsidSect="009B0F35">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="424" w:bottom="0" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="78"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="009A06DC"/>
     <w:rsid w:val="000002FC"/>
     <w:rsid w:val="0000043B"/>
     <w:rsid w:val="000021B1"/>
     <w:rsid w:val="0000260E"/>
     <w:rsid w:val="00002E28"/>
     <w:rsid w:val="0000758B"/>
     <w:rsid w:val="00010BDE"/>
     <w:rsid w:val="00011621"/>
     <w:rsid w:val="00011EB1"/>
     <w:rsid w:val="00012B28"/>
     <w:rsid w:val="00012C1C"/>
     <w:rsid w:val="00013059"/>
@@ -3319,51 +2732,50 @@
     <w:rsid w:val="00B00A5D"/>
     <w:rsid w:val="00B00E27"/>
     <w:rsid w:val="00B01D36"/>
     <w:rsid w:val="00B028D6"/>
     <w:rsid w:val="00B034F2"/>
     <w:rsid w:val="00B042DB"/>
     <w:rsid w:val="00B04BEA"/>
     <w:rsid w:val="00B050CD"/>
     <w:rsid w:val="00B063B8"/>
     <w:rsid w:val="00B06675"/>
     <w:rsid w:val="00B06705"/>
     <w:rsid w:val="00B07453"/>
     <w:rsid w:val="00B077E4"/>
     <w:rsid w:val="00B10EE9"/>
     <w:rsid w:val="00B11273"/>
     <w:rsid w:val="00B11450"/>
     <w:rsid w:val="00B11B43"/>
     <w:rsid w:val="00B1213A"/>
     <w:rsid w:val="00B12F4A"/>
     <w:rsid w:val="00B13939"/>
     <w:rsid w:val="00B14B3C"/>
     <w:rsid w:val="00B14BB0"/>
     <w:rsid w:val="00B15575"/>
     <w:rsid w:val="00B156AD"/>
     <w:rsid w:val="00B17ADA"/>
-    <w:rsid w:val="00B20E7B"/>
     <w:rsid w:val="00B21430"/>
     <w:rsid w:val="00B21A21"/>
     <w:rsid w:val="00B225D5"/>
     <w:rsid w:val="00B22C3C"/>
     <w:rsid w:val="00B2302E"/>
     <w:rsid w:val="00B23456"/>
     <w:rsid w:val="00B2348D"/>
     <w:rsid w:val="00B23709"/>
     <w:rsid w:val="00B247BD"/>
     <w:rsid w:val="00B25B70"/>
     <w:rsid w:val="00B27810"/>
     <w:rsid w:val="00B27B0B"/>
     <w:rsid w:val="00B27F2F"/>
     <w:rsid w:val="00B3022E"/>
     <w:rsid w:val="00B304A1"/>
     <w:rsid w:val="00B30FD6"/>
     <w:rsid w:val="00B3117D"/>
     <w:rsid w:val="00B3310E"/>
     <w:rsid w:val="00B33B89"/>
     <w:rsid w:val="00B354F1"/>
     <w:rsid w:val="00B356F1"/>
     <w:rsid w:val="00B36F7E"/>
     <w:rsid w:val="00B4164F"/>
     <w:rsid w:val="00B416B4"/>
     <w:rsid w:val="00B42036"/>
@@ -3661,51 +3073,50 @@
     <w:rsid w:val="00D069AB"/>
     <w:rsid w:val="00D07BFC"/>
     <w:rsid w:val="00D07CB3"/>
     <w:rsid w:val="00D115EA"/>
     <w:rsid w:val="00D116F1"/>
     <w:rsid w:val="00D11BB6"/>
     <w:rsid w:val="00D11FE0"/>
     <w:rsid w:val="00D12981"/>
     <w:rsid w:val="00D14383"/>
     <w:rsid w:val="00D167B6"/>
     <w:rsid w:val="00D17A3B"/>
     <w:rsid w:val="00D17A4B"/>
     <w:rsid w:val="00D20218"/>
     <w:rsid w:val="00D204CC"/>
     <w:rsid w:val="00D221C7"/>
     <w:rsid w:val="00D22781"/>
     <w:rsid w:val="00D22ED7"/>
     <w:rsid w:val="00D22FE9"/>
     <w:rsid w:val="00D232A4"/>
     <w:rsid w:val="00D2571A"/>
     <w:rsid w:val="00D26098"/>
     <w:rsid w:val="00D26BFE"/>
     <w:rsid w:val="00D27071"/>
     <w:rsid w:val="00D27844"/>
     <w:rsid w:val="00D30A2F"/>
-    <w:rsid w:val="00D30F46"/>
     <w:rsid w:val="00D30FB8"/>
     <w:rsid w:val="00D31702"/>
     <w:rsid w:val="00D31B24"/>
     <w:rsid w:val="00D32FF3"/>
     <w:rsid w:val="00D33DEF"/>
     <w:rsid w:val="00D35563"/>
     <w:rsid w:val="00D36E6D"/>
     <w:rsid w:val="00D41793"/>
     <w:rsid w:val="00D4201C"/>
     <w:rsid w:val="00D42990"/>
     <w:rsid w:val="00D42AF4"/>
     <w:rsid w:val="00D463E3"/>
     <w:rsid w:val="00D4767A"/>
     <w:rsid w:val="00D477AE"/>
     <w:rsid w:val="00D505E8"/>
     <w:rsid w:val="00D50C39"/>
     <w:rsid w:val="00D518C9"/>
     <w:rsid w:val="00D51D86"/>
     <w:rsid w:val="00D52FFF"/>
     <w:rsid w:val="00D531B2"/>
     <w:rsid w:val="00D54BB4"/>
     <w:rsid w:val="00D54E3B"/>
     <w:rsid w:val="00D54E65"/>
     <w:rsid w:val="00D55703"/>
     <w:rsid w:val="00D5605A"/>
@@ -4090,51 +3501,51 @@
     <w:rsid w:val="00FF39DC"/>
     <w:rsid w:val="00FF4A1B"/>
     <w:rsid w:val="00FF4D72"/>
     <w:rsid w:val="00FF4D9F"/>
     <w:rsid w:val="00FF676B"/>
     <w:rsid w:val="00FF6D43"/>
     <w:rsid w:val="00FF702C"/>
     <w:rsid w:val="00FF7075"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8194"/>
+    <o:shapedefaults v:ext="edit" spidmax="7170"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4427,51 +3838,51 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1545021684">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4733,67 +4144,67 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{222A9653-CBB4-4FB8-9D31-550C54933F33}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>790</Characters>
+  <Pages>1</Pages>
+  <Words>140</Words>
+  <Characters>800</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>927</CharactersWithSpaces>
+  <CharactersWithSpaces>939</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>