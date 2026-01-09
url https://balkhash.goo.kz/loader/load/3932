--- v0 (2025-12-07)
+++ v1 (2026-01-09)
@@ -12,1192 +12,629 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="009A297D" w:rsidRDefault="009A297D" w:rsidP="00AB6C8C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB6C8C" w:rsidRDefault="00267726" w:rsidP="00AB6C8C">
+    <w:p w:rsidR="00786AEA" w:rsidRPr="00786AEA" w:rsidRDefault="00786AEA" w:rsidP="00786AEA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B1074">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Информация </w:t>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Information</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C564AA" w:rsidRDefault="00267726" w:rsidP="00AB6C8C">
+    <w:p w:rsidR="00786AEA" w:rsidRPr="00786AEA" w:rsidRDefault="00786AEA" w:rsidP="00786AEA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B1074">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">о проведении </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>about</w:t>
       </w:r>
-      <w:r w:rsidR="00D23C09">
-[...15 lines deleted...]
-        <w:t>рейдовых мероприятий</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> carrying out preventive RAID actions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB6C8C" w:rsidRPr="002B1074" w:rsidRDefault="00AB6C8C" w:rsidP="00AB6C8C">
+    <w:p w:rsidR="00786AEA" w:rsidRPr="00786AEA" w:rsidRDefault="00786AEA" w:rsidP="00786AEA">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00267726" w:rsidRPr="002B1074" w:rsidRDefault="00267726" w:rsidP="00A62581">
+    <w:p w:rsidR="00786AEA" w:rsidRPr="00786AEA" w:rsidRDefault="00786AEA" w:rsidP="00786AEA">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:right="851"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B1074">
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> года</w:t>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Date: 23-24 September 2019</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00267726" w:rsidRPr="00D23C09" w:rsidRDefault="00267726" w:rsidP="00A62581">
+    <w:p w:rsidR="00786AEA" w:rsidRPr="00786AEA" w:rsidRDefault="00786AEA" w:rsidP="00786AEA">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:right="851"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B1074">
-[...6 lines deleted...]
-        <w:t>Время проведения</w:t>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Time: from 19.00 to 21.00. </w:t>
       </w:r>
-      <w:r w:rsidR="00D23C09">
-[...5 lines deleted...]
-        <w:t>: с 19.00- до 21</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>hours</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B1074">
-[...29 lines deleted...]
-        <w:t xml:space="preserve">  неблагополучных семей)</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (on apartments of the pupils consisting on preventive accounts and dysfunctional families)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B035EF" w:rsidRPr="00427A21" w:rsidRDefault="00B035EF" w:rsidP="00A62581">
+    <w:p w:rsidR="00786AEA" w:rsidRPr="00786AEA" w:rsidRDefault="00786AEA" w:rsidP="00786AEA">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:right="851"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B1074">
-[...31 lines deleted...]
-        <w:t>45</w:t>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Number of participants: 45</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF2740" w:rsidRPr="00DF2740" w:rsidRDefault="00DF2740" w:rsidP="00A62581">
+    <w:p w:rsidR="00786AEA" w:rsidRPr="00786AEA" w:rsidRDefault="00786AEA" w:rsidP="00786AEA">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:right="851"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF2740">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> 4</w:t>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Number of parents: 4</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B035EF" w:rsidRPr="00427A21" w:rsidRDefault="00B035EF" w:rsidP="00A62581">
+    <w:p w:rsidR="00786AEA" w:rsidRPr="00786AEA" w:rsidRDefault="00786AEA" w:rsidP="00786AEA">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:right="851"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B1074">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> 0 </w:t>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of students identified: 0 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A4C6C" w:rsidRPr="003A4C6C" w:rsidRDefault="003A4C6C" w:rsidP="003A4C6C">
+    <w:p w:rsidR="00786AEA" w:rsidRPr="00786AEA" w:rsidRDefault="00786AEA" w:rsidP="00786AEA">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00763119" w:rsidRPr="0061548A" w:rsidRDefault="003A4C6C" w:rsidP="00A62581">
+    <w:p w:rsidR="00786AEA" w:rsidRPr="00786AEA" w:rsidRDefault="00786AEA" w:rsidP="00786AEA">
       <w:pPr>
-        <w:spacing w:after="120"/>
-        <w:ind w:right="851"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">           </w:t>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           On September 23-24, 2019, with the involvement of the teaching staff, members of the administration, the Council of Fathers, a preventive RAID "Children in the night city" was organized in places where teenagers gather.  The purpose of the activities: identification of adolescents prone to crime (Smoking and drinking in public places, swearing, vandalism, etc.), also late out of the house unaccompanied by legal representatives. </w:t>
       </w:r>
-      <w:r w:rsidR="00427A21" w:rsidRPr="0061548A">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">23-24 сентября 2019  года </w:t>
+    </w:p>
+    <w:p w:rsidR="00786AEA" w:rsidRPr="00786AEA" w:rsidRDefault="00786AEA" w:rsidP="00786AEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               During the RAID, first mobile group visited the apartments of students who are registered in the GUIP OP and LICE, as well as a dysfunctional family.  At the time of the inspection, the students were at home under the control of legal representatives. The situation in dysfunctional families was calm, the visit of the inspectors was treated adequately, no outsiders were identified in the quarter, the parents were in a sober </w:t>
       </w:r>
-      <w:r w:rsidR="00933D5C" w:rsidRPr="0061548A">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>state.Situations</w:t>
       </w:r>
-      <w:r w:rsidR="00001514" w:rsidRPr="0061548A">
-[...29 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00001514" w:rsidRPr="0061548A">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">  был организован  профилактический рейд</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>have</w:t>
       </w:r>
-      <w:r w:rsidR="00427A21" w:rsidRPr="0061548A">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> «</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> been identified. </w:t>
       </w:r>
-      <w:r w:rsidR="00427A21" w:rsidRPr="0061548A">
-[...7 lines deleted...]
-        <w:t>Дети в ночном городе»</w:t>
+    </w:p>
+    <w:p w:rsidR="00786AEA" w:rsidRPr="00786AEA" w:rsidRDefault="00786AEA" w:rsidP="00786AEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         2 -4 mobile groups visited computer clubs ("Mega", "Portal"), entertainment venues (cafe" Smile"," </w:t>
       </w:r>
-      <w:r w:rsidR="00427A21" w:rsidRPr="0061548A">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Altyn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00001514" w:rsidRPr="0061548A">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> по местам скопления подростков</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Shanyrak</w:t>
       </w:r>
-      <w:r w:rsidR="000C7F73" w:rsidRPr="0061548A">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"), the Central </w:t>
       </w:r>
-      <w:r w:rsidR="00BC6BB8" w:rsidRPr="0061548A">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alley</w:t>
       </w:r>
-      <w:r w:rsidR="00BC6BB8" w:rsidRPr="0061548A">
-[...6 lines deleted...]
-        <w:t>Цель мероприятий</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Palace of </w:t>
       </w:r>
-      <w:r w:rsidR="00BC6BB8" w:rsidRPr="0061548A">
-[...5 lines deleted...]
-        <w:t>:  выявление подростков, склонных к правонарушению (курение и распитие  в общественных местах,</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Metallurgists.Khamzin</w:t>
       </w:r>
-      <w:r w:rsidR="00BC6BB8" w:rsidRPr="0061548A">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was walked around several times, as well as left without attention and poorly lit places and places hidden from prying eyes.</w:t>
       </w:r>
-      <w:r w:rsidR="00272C31">
-[...6 lines deleted...]
-        <w:t>не</w:t>
+    </w:p>
+    <w:p w:rsidR="00786AEA" w:rsidRPr="00786AEA" w:rsidRDefault="00786AEA" w:rsidP="00786AEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      The results of the preventive RAID will be brought to the attention of students on the school-wide line.</w:t>
       </w:r>
-      <w:r w:rsidR="00BC6BB8" w:rsidRPr="0061548A">
-[...6 lines deleted...]
-        <w:t>цензурная брань, вандализм и т.д.)</w:t>
+    </w:p>
+    <w:p w:rsidR="00786AEA" w:rsidRPr="00786AEA" w:rsidRDefault="00786AEA" w:rsidP="00786AEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00786AEA" w:rsidRPr="00786AEA" w:rsidRDefault="00786AEA" w:rsidP="00786AEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Acting Director</w:t>
       </w:r>
-      <w:r w:rsidR="00BD5E79">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">, также </w:t>
+    </w:p>
+    <w:p w:rsidR="00786AEA" w:rsidRPr="00786AEA" w:rsidRDefault="00786AEA" w:rsidP="00786AEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         KSU "school № 1 in Balkhash town" A. </w:t>
       </w:r>
-      <w:r w:rsidR="00272C31">
-[...6 lines deleted...]
-        <w:t>поздно находящихся  вне дома</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kassenova</w:t>
       </w:r>
-      <w:r w:rsidR="00BD5E79">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A2033" w:rsidRPr="0061548A" w:rsidRDefault="00763119" w:rsidP="00A62581">
-[...487 lines deleted...]
-    <w:p w:rsidR="00AB6C8C" w:rsidRDefault="00AB6C8C" w:rsidP="00AB6C8C">
+    <w:p w:rsidR="00786AEA" w:rsidRPr="00786AEA" w:rsidRDefault="00786AEA" w:rsidP="00786AEA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00AC333C" w:rsidRPr="00AB6C8C" w:rsidRDefault="00AB6C8C" w:rsidP="00AB6C8C">
+    <w:p w:rsidR="00786AEA" w:rsidRPr="00786AEA" w:rsidRDefault="00786AEA" w:rsidP="00786AEA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...43 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD5E79" w:rsidRDefault="00BD5E79" w:rsidP="003A4C6C">
-[...26 lines deleted...]
-    <w:p w:rsidR="00BD5E79" w:rsidRDefault="00A80F6C" w:rsidP="007C10E7">
+    <w:p w:rsidR="00786AEA" w:rsidRPr="00786AEA" w:rsidRDefault="00786AEA" w:rsidP="00786AEA">
       <w:pPr>
         <w:ind w:left="-851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>use</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Beysekeeva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00786AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Z. R.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD5E79" w:rsidRPr="00786AEA" w:rsidRDefault="00A80F6C" w:rsidP="00786AEA">
+      <w:pPr>
+        <w:ind w:left="-851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00786AEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2215515</wp:posOffset>
+              <wp:posOffset>2691765</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>552450</wp:posOffset>
+              <wp:posOffset>352425</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2819400" cy="2247900"/>
             <wp:effectExtent l="38100" t="57150" r="114300" b="95250"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Рисунок 12" descr="C:\Users\Зере\Desktop\зенькооооооооооооооооооооооооооооооооо.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 12" descr="C:\Users\Зере\Desktop\зенькооооооооооооооооооооооооооооооооо.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
@@ -1207,51 +644,51 @@
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="38100" cap="sq">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:miter lim="800000"/>
                     </a:ln>
                     <a:effectLst>
                       <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                         <a:srgbClr val="000000">
                           <a:alpha val="43000"/>
                         </a:srgbClr>
                       </a:outerShdw>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="007C10E7" w:rsidRPr="007C10E7">
+      <w:r w:rsidR="007C10E7" w:rsidRPr="00786AEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2876550" cy="2252663"/>
             <wp:effectExtent l="38100" t="57150" r="114300" b="90487"/>
             <wp:docPr id="4" name="Рисунок 15" descr="C:\Users\Зере\Desktop\мирррррррррррррррррррррррррррррррррр.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 15" descr="C:\Users\Зере\Desktop\мирррррррррррррррррррррррррррррррррр.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -1383,54 +820,54 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007C10E7" w:rsidRDefault="00A80F6C" w:rsidP="003A4C6C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2691765</wp:posOffset>
+              <wp:posOffset>3168015</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>270510</wp:posOffset>
+              <wp:posOffset>175260</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2893060" cy="2343150"/>
             <wp:effectExtent l="38100" t="57150" r="116840" b="95250"/>
             <wp:wrapNone/>
             <wp:docPr id="16" name="Рисунок 6" descr="C:\Users\Зере\Desktop\марченко.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Зере\Desktop\марченко.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
@@ -1609,54 +1046,54 @@
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="000177D9" w:rsidRDefault="000177D9" w:rsidP="003A4C6C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000177D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-390525</wp:posOffset>
+              <wp:posOffset>85725</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>781050</wp:posOffset>
+              <wp:posOffset>402590</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2691765" cy="2503805"/>
             <wp:effectExtent l="38100" t="57150" r="108585" b="86995"/>
             <wp:wrapNone/>
             <wp:docPr id="32" name="Рисунок 4" descr="C:\Users\Зере\Desktop\фото лекции\рейд  2 ноя\Азамат 11.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Зере\Desktop\фото лекции\рейд  2 ноя\Азамат 11.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:srcRect l="12127"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
@@ -2217,90 +1654,90 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007F18AF" w:rsidRDefault="00C724A3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="007F18AF" w:rsidSect="00A80F6C">
+    <w:sectPr w:rsidR="007F18AF" w:rsidSect="00786AEA">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="0" w:right="282" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="0" w:right="707" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00267726"/>
     <w:rsid w:val="00000C4D"/>
     <w:rsid w:val="00001514"/>
     <w:rsid w:val="00001D22"/>
     <w:rsid w:val="0000254B"/>
     <w:rsid w:val="00004A97"/>
     <w:rsid w:val="00005208"/>
     <w:rsid w:val="00007530"/>
     <w:rsid w:val="00007D07"/>
     <w:rsid w:val="000132AA"/>
     <w:rsid w:val="00015C3B"/>
     <w:rsid w:val="00016C1A"/>
     <w:rsid w:val="000177D9"/>
@@ -2492,50 +1929,51 @@
     <w:rsid w:val="00160AA6"/>
     <w:rsid w:val="00164944"/>
     <w:rsid w:val="00167A10"/>
     <w:rsid w:val="00170AEE"/>
     <w:rsid w:val="001713E6"/>
     <w:rsid w:val="00172E4F"/>
     <w:rsid w:val="001738A5"/>
     <w:rsid w:val="00173938"/>
     <w:rsid w:val="00174921"/>
     <w:rsid w:val="00174ECC"/>
     <w:rsid w:val="00176D10"/>
     <w:rsid w:val="0017784F"/>
     <w:rsid w:val="00177A4E"/>
     <w:rsid w:val="00180289"/>
     <w:rsid w:val="001807EE"/>
     <w:rsid w:val="00181713"/>
     <w:rsid w:val="001820A3"/>
     <w:rsid w:val="001827AD"/>
     <w:rsid w:val="001827EA"/>
     <w:rsid w:val="00182877"/>
     <w:rsid w:val="001835B6"/>
     <w:rsid w:val="00184D5C"/>
     <w:rsid w:val="00185659"/>
     <w:rsid w:val="0018565E"/>
     <w:rsid w:val="001868A1"/>
+    <w:rsid w:val="00187681"/>
     <w:rsid w:val="001907C0"/>
     <w:rsid w:val="00192909"/>
     <w:rsid w:val="00193B20"/>
     <w:rsid w:val="0019411A"/>
     <w:rsid w:val="00194644"/>
     <w:rsid w:val="0019617B"/>
     <w:rsid w:val="0019678E"/>
     <w:rsid w:val="00196FF4"/>
     <w:rsid w:val="001A1F1B"/>
     <w:rsid w:val="001A2101"/>
     <w:rsid w:val="001A23FE"/>
     <w:rsid w:val="001A4604"/>
     <w:rsid w:val="001A4A08"/>
     <w:rsid w:val="001A5FDF"/>
     <w:rsid w:val="001A61CB"/>
     <w:rsid w:val="001A6296"/>
     <w:rsid w:val="001A71B8"/>
     <w:rsid w:val="001A74D5"/>
     <w:rsid w:val="001B07B7"/>
     <w:rsid w:val="001B0AAC"/>
     <w:rsid w:val="001B1D84"/>
     <w:rsid w:val="001B2936"/>
     <w:rsid w:val="001B51D0"/>
     <w:rsid w:val="001B660C"/>
     <w:rsid w:val="001B6661"/>
@@ -3406,50 +2844,51 @@
     <w:rsid w:val="0076064B"/>
     <w:rsid w:val="00760FE3"/>
     <w:rsid w:val="007619C0"/>
     <w:rsid w:val="0076218C"/>
     <w:rsid w:val="00762981"/>
     <w:rsid w:val="00762ECF"/>
     <w:rsid w:val="00763119"/>
     <w:rsid w:val="007642C4"/>
     <w:rsid w:val="00766256"/>
     <w:rsid w:val="007679DD"/>
     <w:rsid w:val="00767E5E"/>
     <w:rsid w:val="007700C9"/>
     <w:rsid w:val="0077062E"/>
     <w:rsid w:val="00771125"/>
     <w:rsid w:val="00772F94"/>
     <w:rsid w:val="00773260"/>
     <w:rsid w:val="007738A9"/>
     <w:rsid w:val="0077507A"/>
     <w:rsid w:val="0077537A"/>
     <w:rsid w:val="0077689A"/>
     <w:rsid w:val="00781FB1"/>
     <w:rsid w:val="007825A4"/>
     <w:rsid w:val="007839BC"/>
     <w:rsid w:val="007862F2"/>
     <w:rsid w:val="00786999"/>
+    <w:rsid w:val="00786AEA"/>
     <w:rsid w:val="00787266"/>
     <w:rsid w:val="00790AEB"/>
     <w:rsid w:val="00790B37"/>
     <w:rsid w:val="00790FFE"/>
     <w:rsid w:val="00792122"/>
     <w:rsid w:val="0079396A"/>
     <w:rsid w:val="00793C81"/>
     <w:rsid w:val="00793E3D"/>
     <w:rsid w:val="00793EDF"/>
     <w:rsid w:val="007946AC"/>
     <w:rsid w:val="007948AB"/>
     <w:rsid w:val="00796D08"/>
     <w:rsid w:val="00796DBC"/>
     <w:rsid w:val="00797311"/>
     <w:rsid w:val="007A0A0B"/>
     <w:rsid w:val="007A1E87"/>
     <w:rsid w:val="007A2695"/>
     <w:rsid w:val="007A4335"/>
     <w:rsid w:val="007A4B53"/>
     <w:rsid w:val="007A7C78"/>
     <w:rsid w:val="007A7D2C"/>
     <w:rsid w:val="007B2164"/>
     <w:rsid w:val="007B2DE5"/>
     <w:rsid w:val="007B32CD"/>
     <w:rsid w:val="007B3BC1"/>
@@ -4669,51 +4108,51 @@
     <w:rsid w:val="00FE7643"/>
     <w:rsid w:val="00FF2550"/>
     <w:rsid w:val="00FF3F9C"/>
     <w:rsid w:val="00FF4C5C"/>
     <w:rsid w:val="00FF52A8"/>
     <w:rsid w:val="00FF6516"/>
     <w:rsid w:val="00FF7646"/>
     <w:rsid w:val="00FF7758"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="13314"/>
+    <o:shapedefaults v:ext="edit" spidmax="14338"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -5231,67 +4670,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1556</Characters>
+  <Pages>4</Pages>
+  <Words>264</Words>
+  <Characters>1508</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1825</CharactersWithSpaces>
+  <CharactersWithSpaces>1769</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>