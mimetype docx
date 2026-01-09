--- v0 (2025-12-08)
+++ v1 (2026-01-09)
@@ -1,266 +1,241 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="000B0DE3" w:rsidRPr="00BD1DD3" w:rsidRDefault="008627E2" w:rsidP="000B0DE3">
+    <w:p w:rsidR="009E0984" w:rsidRDefault="009E0984" w:rsidP="009E0984">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2916"/>
+        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD1DD3">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0087425F" w:rsidRPr="00BD1DD3" w:rsidRDefault="008627E2" w:rsidP="000B0DE3">
+    <w:p w:rsidR="009E0984" w:rsidRPr="009E0984" w:rsidRDefault="009E0984" w:rsidP="009E0984">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...21 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2916"/>
+        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="009E0984">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00BD1DD3">
+        <w:t>Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E0984" w:rsidRPr="009E0984" w:rsidRDefault="009E0984" w:rsidP="009E0984">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2916"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008627E2" w:rsidRPr="00BD1DD3">
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E0984">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>23  сентября  2019  года  УИП  ГЮП ОП г</w:t>
+        <w:t>about</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="008627E2" w:rsidRPr="00BD1DD3">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E0984">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>.Б</w:t>
+        <w:t xml:space="preserve"> speech at the school Assembly</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="008627E2" w:rsidRPr="00BD1DD3">
+    </w:p>
+    <w:p w:rsidR="009E0984" w:rsidRPr="009E0984" w:rsidRDefault="009E0984" w:rsidP="009E0984">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2916"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>алхаш  , лейтенант   полиции Керимжа</w:t>
-[...97 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B0DE3" w:rsidRDefault="00EA62AF" w:rsidP="00EA62AF">
+    <w:p w:rsidR="000B0DE3" w:rsidRPr="009E0984" w:rsidRDefault="009E0984" w:rsidP="009E0984">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2916"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA62AF">
+      <w:r w:rsidRPr="009E0984">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     September 23, 2019 TERMS of GUIP OP </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E0984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Balkhash ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E0984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> police Lieutenant </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E0984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kerimhanova</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E0984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> G. S. speaking at a school meeting , special attention paid to minors on the issues of offense. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E0984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Napomnila</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E0984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students that we don't stay out late, be out of the home unaccompanied by legal representatives after 23.00 hours, to smoke and to drink alcohol, is in friends in a rented </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E0984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>curtiram.Also</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E0984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reported that nightly preventive raids to identify adolescents who violate public order.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA62AF" w:rsidRPr="009E0984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5937885" cy="4447540"/>
             <wp:effectExtent l="19050" t="0" r="5715" b="0"/>
             <wp:docPr id="2" name="Рисунок 1" descr="C:\Users\Зере\Desktop\index.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\index.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -314,72 +289,73 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EA62AF" w:rsidRPr="00EA62AF" w:rsidSect="000B0DE3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="0" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="84"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="008627E2"/>
     <w:rsid w:val="000002FC"/>
     <w:rsid w:val="0000043B"/>
     <w:rsid w:val="000021B1"/>
     <w:rsid w:val="0000260E"/>
     <w:rsid w:val="00002E28"/>
     <w:rsid w:val="000040BF"/>
     <w:rsid w:val="0000758B"/>
     <w:rsid w:val="000079AB"/>
     <w:rsid w:val="00010BDE"/>
     <w:rsid w:val="00011621"/>
     <w:rsid w:val="00011EB1"/>
     <w:rsid w:val="00012B28"/>
@@ -1709,50 +1685,51 @@
     <w:rsid w:val="00716B9D"/>
     <w:rsid w:val="0071758B"/>
     <w:rsid w:val="00717D02"/>
     <w:rsid w:val="007202EC"/>
     <w:rsid w:val="00720365"/>
     <w:rsid w:val="007206D6"/>
     <w:rsid w:val="00720FCA"/>
     <w:rsid w:val="007223F9"/>
     <w:rsid w:val="007233E8"/>
     <w:rsid w:val="00724012"/>
     <w:rsid w:val="007241E9"/>
     <w:rsid w:val="0072511D"/>
     <w:rsid w:val="007253DD"/>
     <w:rsid w:val="007260EF"/>
     <w:rsid w:val="00726787"/>
     <w:rsid w:val="00727026"/>
     <w:rsid w:val="0072787A"/>
     <w:rsid w:val="00727A20"/>
     <w:rsid w:val="00727F6D"/>
     <w:rsid w:val="007308D4"/>
     <w:rsid w:val="0073136D"/>
     <w:rsid w:val="007313F8"/>
     <w:rsid w:val="00731577"/>
     <w:rsid w:val="0073184A"/>
     <w:rsid w:val="00731FBC"/>
+    <w:rsid w:val="00733E18"/>
     <w:rsid w:val="00734765"/>
     <w:rsid w:val="0073481B"/>
     <w:rsid w:val="00736945"/>
     <w:rsid w:val="00736F25"/>
     <w:rsid w:val="0073750F"/>
     <w:rsid w:val="00737C24"/>
     <w:rsid w:val="00737CD6"/>
     <w:rsid w:val="00740117"/>
     <w:rsid w:val="00741852"/>
     <w:rsid w:val="00742256"/>
     <w:rsid w:val="00742E8F"/>
     <w:rsid w:val="00742E9C"/>
     <w:rsid w:val="007434FC"/>
     <w:rsid w:val="00744EEA"/>
     <w:rsid w:val="00744F2B"/>
     <w:rsid w:val="007458BF"/>
     <w:rsid w:val="0074697B"/>
     <w:rsid w:val="00747736"/>
     <w:rsid w:val="00747B8A"/>
     <w:rsid w:val="00750118"/>
     <w:rsid w:val="00750CF4"/>
     <w:rsid w:val="0075165B"/>
     <w:rsid w:val="0075207B"/>
     <w:rsid w:val="0075340C"/>
     <w:rsid w:val="00753CD5"/>
@@ -2177,50 +2154,51 @@
     <w:rsid w:val="009B5480"/>
     <w:rsid w:val="009B5680"/>
     <w:rsid w:val="009B5B8A"/>
     <w:rsid w:val="009B5EA5"/>
     <w:rsid w:val="009B6BC3"/>
     <w:rsid w:val="009C1E80"/>
     <w:rsid w:val="009C223D"/>
     <w:rsid w:val="009C2FCE"/>
     <w:rsid w:val="009C4146"/>
     <w:rsid w:val="009C590C"/>
     <w:rsid w:val="009C610B"/>
     <w:rsid w:val="009C64D1"/>
     <w:rsid w:val="009C7F7D"/>
     <w:rsid w:val="009D1272"/>
     <w:rsid w:val="009D194B"/>
     <w:rsid w:val="009D24B1"/>
     <w:rsid w:val="009D2DFA"/>
     <w:rsid w:val="009D2E4C"/>
     <w:rsid w:val="009D3E00"/>
     <w:rsid w:val="009D41E9"/>
     <w:rsid w:val="009D42E0"/>
     <w:rsid w:val="009D5214"/>
     <w:rsid w:val="009D5805"/>
     <w:rsid w:val="009D7170"/>
     <w:rsid w:val="009E04E9"/>
+    <w:rsid w:val="009E0984"/>
     <w:rsid w:val="009E1DFC"/>
     <w:rsid w:val="009E2B47"/>
     <w:rsid w:val="009E3D2A"/>
     <w:rsid w:val="009E4082"/>
     <w:rsid w:val="009E4822"/>
     <w:rsid w:val="009E5D9E"/>
     <w:rsid w:val="009E63C1"/>
     <w:rsid w:val="009E65DF"/>
     <w:rsid w:val="009E7392"/>
     <w:rsid w:val="009F1AC2"/>
     <w:rsid w:val="009F218F"/>
     <w:rsid w:val="009F61E5"/>
     <w:rsid w:val="009F66E4"/>
     <w:rsid w:val="009F7007"/>
     <w:rsid w:val="009F753E"/>
     <w:rsid w:val="009F7686"/>
     <w:rsid w:val="009F7BC5"/>
     <w:rsid w:val="00A0003E"/>
     <w:rsid w:val="00A012D4"/>
     <w:rsid w:val="00A013FF"/>
     <w:rsid w:val="00A020FC"/>
     <w:rsid w:val="00A0213B"/>
     <w:rsid w:val="00A02415"/>
     <w:rsid w:val="00A02844"/>
     <w:rsid w:val="00A034BF"/>
@@ -3233,51 +3211,51 @@
     <w:rsid w:val="00FF39DC"/>
     <w:rsid w:val="00FF4A1B"/>
     <w:rsid w:val="00FF4D72"/>
     <w:rsid w:val="00FF4D9F"/>
     <w:rsid w:val="00FF676B"/>
     <w:rsid w:val="00FF6D43"/>
     <w:rsid w:val="00FF702C"/>
     <w:rsid w:val="00FF7075"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -3763,66 +3741,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>95</Words>
-  <Characters>546</Characters>
+  <Words>79</Words>
+  <Characters>454</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>640</CharactersWithSpaces>
+  <CharactersWithSpaces>532</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>