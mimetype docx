--- v0 (2025-12-07)
+++ v1 (2026-01-09)
@@ -1,277 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005A45BA" w:rsidRDefault="005A45BA" w:rsidP="005A45BA">
+    <w:p w:rsidR="00744ACB" w:rsidRDefault="00744ACB" w:rsidP="00744ACB">
       <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="004B665D" w:rsidRDefault="005A45BA" w:rsidP="005A45BA">
+    <w:p w:rsidR="00744ACB" w:rsidRDefault="00744ACB" w:rsidP="00744ACB">
       <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00744ACB" w:rsidRDefault="00744ACB" w:rsidP="00744ACB">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00171567">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00744ACB" w:rsidRPr="00744ACB" w:rsidRDefault="00744ACB" w:rsidP="00744ACB">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">В рамках пропаганды   здорового    питания </w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00744ACB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">   учащихся </w:t>
+        <w:t>Information</w:t>
       </w:r>
-      <w:r w:rsidRPr="00171567">
+    </w:p>
+    <w:p w:rsidR="00744ACB" w:rsidRDefault="00744ACB" w:rsidP="00744ACB">
+      <w:pPr>
+        <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">  с</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00744ACB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 16 </w:t>
-[...134 lines deleted...]
-        <w:t>паганде здорового  образа жизни  и   викторина»Знатоки  правильного питания».</w:t>
+        <w:t xml:space="preserve">     As part of the promotion of healthy nutrition of students from 16-20 September 2019, the school held a number of activities aimed at promoting healthy eating . During which class hours on the theme "Soup, Yes porridge-our food", "Coca-Cola, chips-lights out, We are for the right food", "Nutrition athlete", drawing competition and information posters "eat Right", among primary school students organized viewing videos to promote healthy lifestyles and quiz "Experts on proper nutrition".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B665D" w:rsidRDefault="00E9170F" w:rsidP="00E9170F">
+    <w:p w:rsidR="004B665D" w:rsidRDefault="00E9170F" w:rsidP="00744ACB">
       <w:pPr>
         <w:ind w:left="-142" w:right="-850"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9170F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3388883" cy="2259255"/>
             <wp:effectExtent l="38100" t="57150" r="116317" b="102945"/>
             <wp:docPr id="14" name="Рисунок 1" descr="C:\Users\Зере\Desktop\2019-2020\Соцбаза 2018\питание  декада\фейс\IMG_1831.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -852,83 +702,82 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3473232" cy="2606691"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0087425F" w:rsidRPr="005A45BA" w:rsidSect="00E95B22">
+    <w:sectPr w:rsidR="0087425F" w:rsidRPr="005A45BA" w:rsidSect="00744ACB">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="424" w:bottom="0" w:left="567" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="425" w:bottom="0" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="71"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="005A45BA"/>
     <w:rsid w:val="000002FC"/>
     <w:rsid w:val="0000043B"/>
     <w:rsid w:val="000021B1"/>
     <w:rsid w:val="0000260E"/>
     <w:rsid w:val="00002E28"/>
@@ -2246,77 +2095,79 @@
     <w:rsid w:val="007253DD"/>
     <w:rsid w:val="007260EF"/>
     <w:rsid w:val="00726787"/>
     <w:rsid w:val="00727026"/>
     <w:rsid w:val="0072787A"/>
     <w:rsid w:val="00727A20"/>
     <w:rsid w:val="00727F6D"/>
     <w:rsid w:val="007308D4"/>
     <w:rsid w:val="0073136D"/>
     <w:rsid w:val="007313F8"/>
     <w:rsid w:val="00731577"/>
     <w:rsid w:val="0073184A"/>
     <w:rsid w:val="00731FBC"/>
     <w:rsid w:val="00734765"/>
     <w:rsid w:val="0073481B"/>
     <w:rsid w:val="00736945"/>
     <w:rsid w:val="00736F25"/>
     <w:rsid w:val="0073750F"/>
     <w:rsid w:val="00737C24"/>
     <w:rsid w:val="00737CD6"/>
     <w:rsid w:val="00740117"/>
     <w:rsid w:val="00741852"/>
     <w:rsid w:val="00742E8F"/>
     <w:rsid w:val="00742E9C"/>
     <w:rsid w:val="007434FC"/>
+    <w:rsid w:val="00744ACB"/>
     <w:rsid w:val="00744EEA"/>
     <w:rsid w:val="00744F2B"/>
     <w:rsid w:val="007458BF"/>
     <w:rsid w:val="0074697B"/>
     <w:rsid w:val="00747736"/>
     <w:rsid w:val="00747B8A"/>
     <w:rsid w:val="00750118"/>
     <w:rsid w:val="00750CF4"/>
     <w:rsid w:val="0075165B"/>
     <w:rsid w:val="0075207B"/>
     <w:rsid w:val="0075340C"/>
     <w:rsid w:val="00753CD5"/>
     <w:rsid w:val="00753E48"/>
     <w:rsid w:val="007544A1"/>
     <w:rsid w:val="00754805"/>
     <w:rsid w:val="007550A8"/>
     <w:rsid w:val="00755219"/>
     <w:rsid w:val="00755B43"/>
     <w:rsid w:val="00756063"/>
     <w:rsid w:val="007562E8"/>
     <w:rsid w:val="0076237B"/>
     <w:rsid w:val="007629DB"/>
     <w:rsid w:val="0076340F"/>
     <w:rsid w:val="007638DB"/>
     <w:rsid w:val="0076477D"/>
     <w:rsid w:val="007658A9"/>
     <w:rsid w:val="007675F4"/>
+    <w:rsid w:val="00767B9B"/>
     <w:rsid w:val="00771535"/>
     <w:rsid w:val="00772637"/>
     <w:rsid w:val="007726F9"/>
     <w:rsid w:val="00772742"/>
     <w:rsid w:val="007727C7"/>
     <w:rsid w:val="00772BB1"/>
     <w:rsid w:val="00773085"/>
     <w:rsid w:val="007730E5"/>
     <w:rsid w:val="00774994"/>
     <w:rsid w:val="00774F6F"/>
     <w:rsid w:val="00774FC4"/>
     <w:rsid w:val="0077652B"/>
     <w:rsid w:val="0077664D"/>
     <w:rsid w:val="00776BEF"/>
     <w:rsid w:val="00776F62"/>
     <w:rsid w:val="00777AF4"/>
     <w:rsid w:val="00777C09"/>
     <w:rsid w:val="00777D07"/>
     <w:rsid w:val="00780E9C"/>
     <w:rsid w:val="00783456"/>
     <w:rsid w:val="0078391F"/>
     <w:rsid w:val="00784260"/>
     <w:rsid w:val="00784C8B"/>
     <w:rsid w:val="007851F5"/>
     <w:rsid w:val="007853A9"/>
@@ -2670,51 +2521,50 @@
     <w:rsid w:val="00994B16"/>
     <w:rsid w:val="00997201"/>
     <w:rsid w:val="009974F0"/>
     <w:rsid w:val="009A0210"/>
     <w:rsid w:val="009A205B"/>
     <w:rsid w:val="009A29A7"/>
     <w:rsid w:val="009A3069"/>
     <w:rsid w:val="009A4487"/>
     <w:rsid w:val="009A452E"/>
     <w:rsid w:val="009A5C9A"/>
     <w:rsid w:val="009A6FE9"/>
     <w:rsid w:val="009A7A85"/>
     <w:rsid w:val="009A7AF4"/>
     <w:rsid w:val="009B054F"/>
     <w:rsid w:val="009B0D23"/>
     <w:rsid w:val="009B3C7E"/>
     <w:rsid w:val="009B3D4D"/>
     <w:rsid w:val="009B3FEB"/>
     <w:rsid w:val="009B40A9"/>
     <w:rsid w:val="009B48AB"/>
     <w:rsid w:val="009B5480"/>
     <w:rsid w:val="009B5680"/>
     <w:rsid w:val="009B5B8A"/>
     <w:rsid w:val="009B5EA5"/>
     <w:rsid w:val="009B6BC3"/>
-    <w:rsid w:val="009C1541"/>
     <w:rsid w:val="009C223D"/>
     <w:rsid w:val="009C2FCE"/>
     <w:rsid w:val="009C4146"/>
     <w:rsid w:val="009C590C"/>
     <w:rsid w:val="009C610B"/>
     <w:rsid w:val="009C64D1"/>
     <w:rsid w:val="009C7F7D"/>
     <w:rsid w:val="009D1272"/>
     <w:rsid w:val="009D194B"/>
     <w:rsid w:val="009D24B1"/>
     <w:rsid w:val="009D2DFA"/>
     <w:rsid w:val="009D2E4C"/>
     <w:rsid w:val="009D3E00"/>
     <w:rsid w:val="009D41E9"/>
     <w:rsid w:val="009D42E0"/>
     <w:rsid w:val="009D5214"/>
     <w:rsid w:val="009D5805"/>
     <w:rsid w:val="009D7170"/>
     <w:rsid w:val="009E04E9"/>
     <w:rsid w:val="009E1DFC"/>
     <w:rsid w:val="009E2B47"/>
     <w:rsid w:val="009E3D2A"/>
     <w:rsid w:val="009E4082"/>
     <w:rsid w:val="009E4822"/>
     <w:rsid w:val="009E5D9E"/>
@@ -3486,51 +3336,50 @@
     <w:rsid w:val="00E63446"/>
     <w:rsid w:val="00E635F5"/>
     <w:rsid w:val="00E650A4"/>
     <w:rsid w:val="00E65417"/>
     <w:rsid w:val="00E67D34"/>
     <w:rsid w:val="00E7093C"/>
     <w:rsid w:val="00E710DD"/>
     <w:rsid w:val="00E766E5"/>
     <w:rsid w:val="00E76D3D"/>
     <w:rsid w:val="00E8015C"/>
     <w:rsid w:val="00E803FA"/>
     <w:rsid w:val="00E806DE"/>
     <w:rsid w:val="00E808C7"/>
     <w:rsid w:val="00E85004"/>
     <w:rsid w:val="00E85FA6"/>
     <w:rsid w:val="00E869E1"/>
     <w:rsid w:val="00E873BD"/>
     <w:rsid w:val="00E873CB"/>
     <w:rsid w:val="00E91351"/>
     <w:rsid w:val="00E9170F"/>
     <w:rsid w:val="00E91CB4"/>
     <w:rsid w:val="00E94001"/>
     <w:rsid w:val="00E9428C"/>
     <w:rsid w:val="00E9522F"/>
     <w:rsid w:val="00E953D9"/>
-    <w:rsid w:val="00E95B22"/>
     <w:rsid w:val="00EA0767"/>
     <w:rsid w:val="00EA0DEB"/>
     <w:rsid w:val="00EA175F"/>
     <w:rsid w:val="00EA2AAC"/>
     <w:rsid w:val="00EA4731"/>
     <w:rsid w:val="00EA5BCE"/>
     <w:rsid w:val="00EA7EBE"/>
     <w:rsid w:val="00EB0796"/>
     <w:rsid w:val="00EB1E30"/>
     <w:rsid w:val="00EB2467"/>
     <w:rsid w:val="00EB48C1"/>
     <w:rsid w:val="00EB5F2A"/>
     <w:rsid w:val="00EB6249"/>
     <w:rsid w:val="00EB6D8C"/>
     <w:rsid w:val="00EB7203"/>
     <w:rsid w:val="00EB7AEC"/>
     <w:rsid w:val="00EC008E"/>
     <w:rsid w:val="00EC009E"/>
     <w:rsid w:val="00EC07E4"/>
     <w:rsid w:val="00EC0C48"/>
     <w:rsid w:val="00EC2619"/>
     <w:rsid w:val="00EC2883"/>
     <w:rsid w:val="00EC2CC0"/>
     <w:rsid w:val="00EC40AE"/>
     <w:rsid w:val="00EC4DC5"/>
@@ -4242,66 +4091,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>97</Words>
-  <Characters>557</Characters>
+  <Words>78</Words>
+  <Characters>448</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>653</CharactersWithSpaces>
+  <CharactersWithSpaces>525</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>