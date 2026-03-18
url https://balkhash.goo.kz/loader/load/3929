--- v0 (2026-01-01)
+++ v1 (2026-03-18)
@@ -1,38157 +1,40167 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00837EBD" w:rsidRDefault="00D52A16" w:rsidP="00837EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...38 lines deleted...]
-        </w:drawing>
+      <w:r w:rsidRPr="00837EBD">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Қазақстан Республикасындағы бастауыш, негізгі орта, жалпы орта білім берудің үлгілік оқу жоспарларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00837EBD" w:rsidRDefault="00D52A16" w:rsidP="00837EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-          <w:lang w:val="ru-RU"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B830EE">
-[...6 lines deleted...]
-        <w:t>О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500 "Об утверждении типовых учебных планов начального, основного среднего, общего среднего образования Республики Казахстан"</w:t>
+      <w:r w:rsidRPr="00837EBD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 4 қыркүйектегі № 441 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 5 қыркүйекте № 17338 болып тіркелді</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
-[...4124 lines deleted...]
-    <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00837EBD" w:rsidRDefault="00D52A16" w:rsidP="00837EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="117" w:name="z122"/>
-[...29 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00837EBD">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00837EBD">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00837EBD">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00837EBD">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00837EBD">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Осы бұйрықтың қолданысқа енгізілу тәртібін 4 т. қараңыз.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
-[...999 lines deleted...]
-    <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00837EBD" w:rsidRDefault="00D52A16" w:rsidP="00837EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="149" w:name="z154"/>
-      <w:bookmarkEnd w:id="148"/>
+      <w:bookmarkStart w:id="0" w:name="z1"/>
+      <w:r w:rsidRPr="00837EBD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">       1. "Қазақстан Республикасындағы бастауыш, негізгі орта, жалпы орта білім берудің үлгілік оқу жоспарларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8170 болып тіркелген, 2013 жылдың 23 ақпанында № 69-70 (27343-27344) "Егемен Қазақстан" газетінде жарияланды) мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00D52A16" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00D52A16" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B830EE">
+      <w:r w:rsidRPr="00D52A16">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> "1. Мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00D52A16" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z5"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) осы бұйрыққа 1-қосымшаға сәйкес оқыту қазақ тілінде жүргізілетін бастауыш білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00D52A16" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z6"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) осы бұйрыққа 2-қосымшаға сәйкес оқыту орыс тілінде жүргізілетін бастауыш білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00D52A16" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z7"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) осы бұйрыққа 3-қосымшаға сәйкес оқыту ұйғыр, өзбек, тәжік тілдерінде жүргізілетін бастауыш білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00D52A16" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z8"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) осы бұйрыққа 4-қосымшаға сәйкес оқыту қазақ тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған бастауыш білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00D52A16" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z9"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) осы бұйрыққа 5-қосымшаға сәйкес оқыту орыс тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға бастауыш білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00D52A16" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z10"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) осы бұйрыққа 6-қосымшаға сәйкес оқыту қазақ тілінде жүргізілетін сыныптарға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00D52A16" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z11"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) осы бұйрыққа 7-қосымшаға сәйкес оқыту орыс тілінде жүргізілетін сыныптарға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00D52A16" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z12"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) осы бұйрыққа 8-қосымшаға сәйкес оқыту ұйғыр/өзбек/тәжік тілінде жүргізілетін сыныптарға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00D52A16" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z13"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9) осы бұйрыққа 9-қосымшаға сәйкес оқыту қазақ тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00D52A16" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z14"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"</w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10) осы бұйрыққа 10-қосымшаға сәйкес оқыту орыс тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00D52A16" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z15"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) осы бұйрыққа 11-қосымшаға сәйкес оқыту қазақ тілінде жүргізілетін негізгі орта білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00D52A16" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z16"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12) осы бұйрыққа 12-қосымшаға сәйкес оқыту орыс тілінде жүргізілетін негізгі орта білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00D52A16" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z17"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13) осы бұйрыққа 13-қосымшаға сәйкес оқыту ұйғыр/өзбек/тәжік тілінде жүргізілетін негізгі орта білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00D52A16" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z18"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14) осы бұйрыққа 14-қосымшаға сәйкес оқыту қазақ тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған негізгі орта білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00C729D1" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z19"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрыққа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беруге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қажеттілігі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушыларға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берудің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00C729D1" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z20"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрыққа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сыныптарға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берудің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңартылған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұнның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00C729D1" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z21"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрыққа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сыныптарға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берудің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңартылған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұнның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00C729D1" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z22"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрыққа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйғыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзбек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәжік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сыныптарға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берудің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңартылған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұнның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00C729D1" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z23"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрыққа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беруге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қажеттілігі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушыларға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берудің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңартылған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұнның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00C729D1" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z24"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрыққа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беруге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қажеттілігі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушыларға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берудің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңартылған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұнның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00C729D1" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z25"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрыққа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қоғамдық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>гуманитарлық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бағыт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берудің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00C729D1" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z26"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрыққа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жаратылыстану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>математикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бағыт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берудің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00C729D1" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z27"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрыққа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қоғамдық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>гуманитарлық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бағыт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берудің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00C729D1" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z28"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрыққа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жаратылыстану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>математикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бағыт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берудің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484251">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z29"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     25) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 25-қосымшаға сәйкес, оқыту ұйғыр/өзбек/тәжік тілінде жүргізілетін қоғамдық-гуманитарлық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z30"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      26) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 26-қосымшаға сәйкес, оқыту ұйғыр/өзбек/тәжік тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z31"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      27) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 27-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған қоғамдық-гуманитарлық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z32"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      28) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 28-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z33"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      29) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 29-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған қоғамдық-гуманитарлық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z34"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      30) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 30-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z35"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       31) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 31-қосымшаға сәйкес оқыту қазақ тілінде жүргізілетін сыныптарға арналған бастауыш білім берудің (төмендетілген оқу жүктемесімен) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z36"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       32) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 32-қосымшаға сәйкес оқыту орыс тілінде жүргізілетін сыныптарға арналған бастауыш білім берудің (төмендетілген оқу жүктемесімен) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z37"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       33) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 33-қосымшаға сәйкес оқыту ұйғыр/өзбек/тәжік тілінде жүргізілетін сыныптарға арналған бастауыш білім берудің (төмендетілген оқу жүктемесімен) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z38"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       34) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 34-қосымшаға сәйкес оқыту қазақ тілінде жүргізілетін гимназия сыныптарына арналған бастауыш білім берудің (төмендетілген оқу жүктемесімен) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z39"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       35) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 35-қосымшаға сәйкес оқыту орыс тілінде жүргізілетін гимназия сыныптарына арналған бастауыш білім берудің (төмендетілген оқу жүктемесімен) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z40"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       36) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 36-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін сыныптарға арналған негізгі орта білім берудің (төмендетілген оқу жүктемесімен) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z41"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       37) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 37-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін сыныптарға арналған негізгі орта білім берудің (төмендетілген оқу жүктемесімен) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z42"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       38) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 38-қосымшаға сәйкес, оқыту ұйғыр/өзбек/тәжік тілінде жүргізілетін сыныптарға арналған негізгі орта білім берудің (төмендетілген оқу жүктемесімен)үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z43"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       39) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 39-қосымшаға сәйкес оқыту қазақ тілінде жүргізілетін гимназия/лицей сыныптарына арналған негізгі орта білім берудің (төмендетілген оқу жүктемесімен) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z44"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       40) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 40-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін гимназия/лицей сыныптарына арналған негізгі орта білім берудің (төмендетілген оқу жүктемесімен) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z45"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       41) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 41-қосымшаға сәйкес оқыту қазақ тілінде жүргізілетін қоғамдық-гуманитарлық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары (төмендетілген оқу жүктемесімен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z46"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       42) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 42-қосымшаға сәйкес оқыту қазақ тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары (төмендетілген оқу жүктемесімен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z47"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       43) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 43-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін қоғамдық-гуманитарлық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары (төмендетілген оқу жүктемесімен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z48"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       44) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 44-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары (төмендетілген оқу жүктемесімен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z49"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       45) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 45-қосымшаға сәйкес, оқыту ұйғыр/өзбек/тәжік тілінде жүргізілетін қоғамдық-гуманитарлық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары (төмендетілген оқу жүктемесімен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z50"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       46) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 46-қосымшаға сәйкес, оқыту ұйғыр/өзбек/тәжік тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары (төмендетілген оқу жүктемесімен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z51"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       47) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 47-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін гимназия/лицей сыныптарына арналған жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z52"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       48) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 48-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін гимназия/лицей сыныптарына арналған жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z53"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       49) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 49-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін гимназия/лицей сыныптарына арналған қоғамдық-гуманитарлық бағыт бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z54"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       50) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 50-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін гимназия/лицей сыныптарына арналған қоғамдық-гуманитарлық бағыт бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z55"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       51) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 51-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін кешкі мектептерге арналған негізгі орта, жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары (күндізгі оқу бөлімі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z56"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       52) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 52-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін кешкі мектептерге арналған негізгі орта, жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары (күндізгі оқу бөлімі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z57"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       53) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 53-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін кешкі мектептерге арналған негізгі орта, жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары (сырттай оқу бөлімі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z58"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       54) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 54-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін кешкі мектептерге арналған негізгі орта, жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары (сырттай оқу бөлімі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z59"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       55) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 55-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін кешкі мектептер үшін бастауыш, негізгі орта білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары (сырттай оқу бөлімі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z60"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       56) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 56-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін кешкі мектептер үшін бастауыш, негізгі орта білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары (сырттай оқу бөлімі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z61"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       57) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 57-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін білім беру ұйымдарынан тыс уақытша білім алушыларға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z62"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       58) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 58-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін білім беру ұйымдарынан тыс уақытша білім алушыларға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z63"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       59) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 59-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін білім беру ұйымдарынан тыс уақытша білім алушыларға арналған бастауыш білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z64"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       60) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 60-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін білім беру ұйымдарынан тыс уақытша білім алушыларға арналған бастауыш білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z65"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       61) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 61-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін білім беру ұйымдарынан тыс уақытша білім алушыларға арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z66"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       62) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 62-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін білім беру ұйымдарынан тыс уақытша білім алушыларға арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z67"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       63) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 63-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін білім беру ұйымдарынан тыс уақытша білім алушыларға арналған негізгі орта білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z68"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       64) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 64-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін білім беру ұйымдарынан тыс уақытша білім алушыларға арналған негізгі орта білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z69"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       65) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 65-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша білім беру ұйымдарынан тыс уақытша білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z70"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       66) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 66-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша білім беру ұйымдарынан тыс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>уақытша білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z71"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       67) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 67-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша білім беру ұйымдарынан тыс уақытша білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z72"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       68) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 68-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша білім беру ұйымдарынан тыс уақытша білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z73"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       69) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 69-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін қоғамдық-гуманитарлық бағыт бойынша білім беру ұйымдарынан тыс уақытша білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z74"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       70) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 70-қосымшаға сәйкес, орыс тілінде жүргізілетін қоғамдық-гуманитарлық бағыт бойынша оқыту білім беру ұйымдарынан тыс уақытша білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z75"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       71) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 71-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін қоғамдық-гуманитарлық бағыт бойынша білім беру ұйымдарынан тыс уақытша білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z76"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       72) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 72-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін қоғамдық-гуманитарлық бағыт бойынша білім беру ұйымдарынан тыс уақытша білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z77"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       73) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 73-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін үйде оқитын білім алушыларға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z78"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       74) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 74-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін үйде оқитын білім алушыларға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z79"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       75) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 75-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін үйде оқитын білім алушыларға арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z80"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       76) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 76-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін үйде оқитын білім алушыларға арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z81"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       77) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 77-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша үйде оқитын білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z82"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       78) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 78-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша үйде оқитын білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z83"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       79) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 79-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін қоғамдық-гуманитарлық бағыт бойынша үйде оқытылатын білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z84"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       80) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 80-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін қоғамдық-гуманитарлық бағыт бойынша үйде оқитын білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z85"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       81) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 81-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған бастауыш білім берудің үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z86"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       82) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 82-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған бастауыш білім берудің үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z87"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       83) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 83-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған негізгі орта білім берудің үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z88"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       84) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 84-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған негізгі орта білім берудің үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z89"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       85) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 85-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған жалпы орта білім берудің (қоғамдық-гуманитарлық бағыт) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z90"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       86) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 86-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған жалпы орта білім берудің (қоғамдық-гуманитарлық бағыт) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z91"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       87) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 87-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған жалпы орта білім берудің (жаратылыстану-математикалық бағыт) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z92"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       88) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 88-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған жалпы орта білім берудің (жаратылыстану-математикалық бағыт) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z93"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       89) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 89-қосымшаға сәйкес, үш тілде оқытатын мамандандырылған білім беру ұйымдарына арналған негізгі орта білім берудің үлгілік оқу жоспары (оқыту қазақ тілінде жүргізілетін мектептер үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z94"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       90) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 90-қосымшаға сәйкес, үш тілде оқытатын мамандандырылған білім беру ұйымдарына арналған негізгі орта білім берудің үлгілік оқу жоспары (оқыту орыс тілінде жүргізілетін мектептер үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z95"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       91) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 91-қосымшаға сәйкес, үш тілде оқытатын мамандандырылған білім беру ұйымдарына арналған жалпы орта білім берудің үлгілік оқу жоспары (оқыту қазақ тілінде жүргізілетін мектептер үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z96"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       92) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 92-қосымшаға сәйкес, үш тілде оқытатын мамандандырылған білім беру ұйымдарына арналған жалпы орта білім берудің үлгілік оқу жоспары (оқыту орыс тілінде жүргізілетін мектептер үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z97"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       93) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 93-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін мамандандырылған музыкалық мектеп-интернаттарға арналған бастауыш, негізгі орта, жалпы орта білім берудің үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z98"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       94) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 94-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін мамандандырылған музыкалық мектеп-интернаттарға арналған бастауыш, негізгі орта, жалпы орта білім берудің үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z99"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       95) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 95-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z100"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       96) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 96-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z101"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       97) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 97-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z102"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       98) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 98-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z103"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       99) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 99-қосымшаға сәйкес, үш тілде оқытатын мамандандырылған білім беру ұйымдарына арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары (оқыту қазақ тілінде жүргізілетін мектептер үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="z104"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       100) осы бұйрыққа 100-қосымшаға сәйкес, үш тілде оқытатын мамандандырылған білім беру ұйымдарына арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары (оқыту орыс тілінде жүргізілетін мектептер үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="z105"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       101) осы бұйрыққа 101-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="z106"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       102) осы бұйрыққа 102-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="z107"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       103) осы бұйрыққа 103-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған қоғамдық-гуманитарлық бағыт бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="z108"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       104) осы бұйрыққа 104-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған қоғамдық-гуманитарлық бағыт бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="z109"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       105) осы бұйрыққа 105-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін мамандандырылған білім беру ұйымдарына (соның ішінде "Білім инновация- лицейі") арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="z110"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       106) осы бұйрыққа 106-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған (соның ішінде "Білім инновация- лицейі") негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="z111"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       107) осы бұйрыққа 107-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін мамандандырылған музыкалық мектеп-интернаттары мен өнер саласында мамандандырылған музыкалық мектептерге арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="z112"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       108) осы бұйрыққа 108-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін мамандандырылған музыкалық мектеп-интернаттары мен өнер саласында мамандандырылған мектептерге арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="z113"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       109) осы бұйрыққа 109-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін мамандандырылған музыкалық мектеп-интернаттары мен өнер саласында мамандандырылған музыкалық мектептерге арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="112" w:name="z114"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       110) осы бұйрыққа 110-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін мамандандырылған музыкалық мектеп-интернаттары мен өнер саласында мамандандырылған музыкалық мектептерге арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="z115"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       111) осы бұйрықа 111-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін мамандандырылған музыкалық мектеп-интернаттары мен өнер саласында мамандандырылған мектептерге арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="114" w:name="z116"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       112) осы бұйрыққа 112-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін мамандандырылған музыкалық мектеп-интернаттары мен өнер саласында мамандырылған мектептерге арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="z117"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       113) осы бұйрыққа 113-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін физика-математикалық мектептерге (оның ішінде "Республикалық физика-математика мектебі") арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="z118"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       114) осы бұйрыққа 114-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін физика-математикалық мектептерге (оның ішінде "Республикалық физика-математика мектебі") арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="z119"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       115) осы бұйрыққа 115-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін физика-математикалық мектептерге (оның ішінде "Республикалық физика-математика мектебі") арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="z120"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       116) осы бұйрыққа 116-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін физика-математикалық мектептерге (оның ішінде "Республикалық физика-математика мектебі") арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="119" w:name="z121"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       117) осы бұйрыққа 117-қосымшаға сәйкес, оқыту қазақ тілінде жүргізілетін физика-математикалық мектептерге (оның ішінде "Республикалық физика-математика мектебі") арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="120" w:name="z122"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       118) осы бұйрыққа 118-қосымшаға сәйкес, оқыту орыс тілінде жүргізілетін физика-математикалық мектептерге (оның ішінде "Республикалық физика-математика мектебі") арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары бекітілсін.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3-1) қосымшаның тақырыбы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="z124"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Оқыту қазақ тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған бастауыш білім берудің үлгілік оқу жоспары";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3-2) қосымшаның тақырыбы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="122" w:name="z126"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Оқыту орыс тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған бастауыш білім берудің үлгілік оқу жоспары";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3-6) қосымшаның тақырыбы мынадай редакцияда ұсынылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="123" w:name="z128"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Оқыту қазақ тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3-7) қосымшаның тақырыбы мынадай редакцияда ұсынылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="z130"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Оқыту орыс тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6-1) қосымшаның тақырыбы мынадай редакцияда ұсынылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="125" w:name="z132"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Оқыту қазақ тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған негізгі орта білім берудің үлгілік оқу жоспары";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6-2) қосымшаның тақырыбы мынадай редакцияда ұсынылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="126" w:name="z134"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Оқыту орыс тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған негізгі орта білім берудің үлгілік оқу жоспары";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6-6) қосымшаның тақырыбы мынадай редакцияда ұсынылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="127" w:name="z136"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Оқыту қазақ тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6-7) қосымшаның тақырыбы мынадай редакцияда жазылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="128" w:name="z138"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Оқыту орыс тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       13) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="129" w:name="z140"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Оқыту қазақ тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған қоғамдық-гуманитарлық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       14) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="130" w:name="z142"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Оқыту қазақ тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       15) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="131" w:name="z144"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Оқыту орыс тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған қоғамдық-гуманитарлық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары"; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       16) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="132" w:name="z146"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Оқыту қазақ тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6-6) қосымшада көрсетілген:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="133" w:name="z148"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Көру қабілеті бұзылған (көрмейтін және нашар көретіндер) балалар" деген бөлімде "Вариативті компонент" деген кіші бөлімде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1279"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="55"/>
+        <w:gridCol w:w="1214"/>
+        <w:gridCol w:w="923"/>
+        <w:gridCol w:w="923"/>
+        <w:gridCol w:w="924"/>
+        <w:gridCol w:w="924"/>
+        <w:gridCol w:w="924"/>
+        <w:gridCol w:w="352"/>
+        <w:gridCol w:w="572"/>
+        <w:gridCol w:w="1258"/>
+        <w:gridCol w:w="1591"/>
+        <w:gridCol w:w="57"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006934B8">
+      <w:tr w:rsidR="00E278D3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1023" w:type="dxa"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу жүктемесінің жоғарғы шекті көлемі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1220" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1220" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1221" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1221" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1221" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="1221" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1688" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>212</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="2094" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8">
+      <w:tr w:rsidR="00E278D3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00D52A16" w:rsidRDefault="00D52A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="134" w:name="z149"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D52A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деген жол мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="151" w:name="z157"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...37 lines deleted...]
-        <w:t>      "</w:t>
+        <w:t>     "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1279"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="55"/>
+        <w:gridCol w:w="1214"/>
+        <w:gridCol w:w="923"/>
+        <w:gridCol w:w="923"/>
+        <w:gridCol w:w="924"/>
+        <w:gridCol w:w="924"/>
+        <w:gridCol w:w="924"/>
+        <w:gridCol w:w="352"/>
+        <w:gridCol w:w="572"/>
+        <w:gridCol w:w="1258"/>
+        <w:gridCol w:w="1591"/>
+        <w:gridCol w:w="57"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006934B8">
+      <w:tr w:rsidR="00E278D3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1023" w:type="dxa"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу жүктемесінің жоғарғы шекті көлемі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1220" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1220" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1221" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1221" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1221" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcW w:w="1221" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1688" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>212</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2131" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="2094" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8">
+      <w:tr w:rsidR="00E278D3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="154" w:name="z161"/>
-[...7 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 3-1) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       3-1) қосымшаның оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="155" w:name="z162"/>
-      <w:bookmarkEnd w:id="154"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t>2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 4-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="156" w:name="z163"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 3-2) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       3-2) қосымшаның оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="157" w:name="z164"/>
-      <w:bookmarkEnd w:id="156"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> "Приложение 5 к приказу Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 5-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="158" w:name="z165"/>
-      <w:bookmarkEnd w:id="157"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       3-3) қосымшаның оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="159" w:name="z166"/>
-      <w:bookmarkEnd w:id="158"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> "Приложение 6 к приказу Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 6-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="160" w:name="z167"/>
-      <w:bookmarkEnd w:id="159"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 3-4) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       3-4) қосымшаның оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="161" w:name="z168"/>
-      <w:bookmarkEnd w:id="160"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t>ия и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 7-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="162" w:name="z169"/>
-      <w:bookmarkEnd w:id="161"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 3-5) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       3-5) қосымшаның оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="163" w:name="z170"/>
-      <w:bookmarkEnd w:id="162"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> "Приложение 8 к приказу Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 8-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="164" w:name="z171"/>
-      <w:bookmarkEnd w:id="163"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t>риложении 3-6) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       3-6) қосымшаның оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="165" w:name="z172"/>
-      <w:bookmarkEnd w:id="164"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> "Приложение 9 к приказу Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 9-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="166" w:name="z173"/>
-      <w:bookmarkEnd w:id="165"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 3-7) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       3-7) қосымшаның оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="167" w:name="z174"/>
-      <w:bookmarkEnd w:id="166"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> "Приложение 10 к приказу Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 10-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="168" w:name="z175"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 4) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="169" w:name="z176"/>
-      <w:bookmarkEnd w:id="168"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t>стан от 8 ноября 2012 года № 500";</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 11-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="170" w:name="z177"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 5) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       5) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="171" w:name="z178"/>
-      <w:bookmarkEnd w:id="170"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> "Приложение 12 к приказу Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 12-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="172" w:name="z179"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t>й угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       6) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="173" w:name="z180"/>
-      <w:bookmarkEnd w:id="172"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> "Приложение 13 к приказу Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 13-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="174" w:name="z181"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 6-1) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       6-1) қосымшаның оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="175" w:name="z182"/>
-      <w:bookmarkEnd w:id="174"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t>Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 14-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="176" w:name="z183"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 6-2) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       6-2) қосымшаның оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="177" w:name="z184"/>
-      <w:bookmarkEnd w:id="176"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t>да № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 15-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="178" w:name="z185"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 6-3) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       6-3) қосымшаның оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="179" w:name="z186"/>
-      <w:bookmarkEnd w:id="178"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> "Приложение 16 к приказу Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 16-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="180" w:name="z187"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t>едующей редакции:</w:t>
+        <w:t xml:space="preserve">       6-4) қосымшаның оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="181" w:name="z188"/>
-      <w:bookmarkEnd w:id="180"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> "Приложение 17 к приказу Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 17-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="182" w:name="z189"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 6-5) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       6-5) қосымшаның оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="183" w:name="z190"/>
-      <w:bookmarkEnd w:id="182"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 18-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="184" w:name="z191"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 6-6) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       6-6) қосымшаның оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="185" w:name="z192"/>
-      <w:bookmarkEnd w:id="184"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> "Приложение 19 к приказу Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 19-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="186" w:name="z193"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t>приложении 6-7) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       6-7) қосымшаның оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="187" w:name="z194"/>
-      <w:bookmarkEnd w:id="186"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> "Приложение 20 к приказу Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 20-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="188" w:name="z195"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 7) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       7) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="189" w:name="z196"/>
-      <w:bookmarkEnd w:id="188"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>    </w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> "Приложение 21 к приказу Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 21-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="190" w:name="z197"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 8) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       8) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="191" w:name="z198"/>
-      <w:bookmarkEnd w:id="190"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t>хстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 22-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="192" w:name="z199"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 9) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       9) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="193" w:name="z200"/>
-      <w:bookmarkEnd w:id="192"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> "Приложение 23 к приказу Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 23-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="194" w:name="z201"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t>ний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       10) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="195" w:name="z202"/>
-      <w:bookmarkEnd w:id="194"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> "Приложение 24 к приказу Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 24-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="196" w:name="z203"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 11) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       11) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="197" w:name="z204"/>
-      <w:bookmarkEnd w:id="196"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 25-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="198" w:name="z205"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 12) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       12) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="199" w:name="z206"/>
-      <w:bookmarkEnd w:id="198"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t>года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 26-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="200" w:name="z207"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 13) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       13) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="201" w:name="z208"/>
-      <w:bookmarkEnd w:id="200"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> "Приложение 27 к приказу Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 27-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="202" w:name="z209"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t>едующей редакции:</w:t>
+        <w:t xml:space="preserve">       14) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="203" w:name="z210"/>
-      <w:bookmarkEnd w:id="202"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> "Приложение 28 к приказу Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 28-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="204" w:name="z211"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 15) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       15) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="205" w:name="z212"/>
-      <w:bookmarkEnd w:id="204"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t>и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 29-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="206" w:name="z213"/>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> в приложении 16) правый верхний угол изложить в следующей редакции:</w:t>
+        <w:t xml:space="preserve">       16) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оң жағындағы жоғары бұрышы келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="207" w:name="z214"/>
-      <w:bookmarkEnd w:id="206"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> "Приложение 30 к приказу Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500";</w:t>
+        <w:t>      "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына 30-қосымша";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B830EE">
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="135" w:name="z177"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t>ложения 6, 7, 8, 16, 17 и 18 к указанному приказу изложить в редакции согласно приложениям 1, 2, 3, 4, 5 и 6 к настоящему приказу;</w:t>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 1, 2, 3, 4, 5 және 6-қосымшалар 6, 7, 8, 16, 17 және 18-қосымшаларға сәйкес редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="208" w:name="z216"/>
-[...7 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="136" w:name="z178"/>
+      <w:bookmarkEnd w:id="135"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...31 lines deleted...]
-        <w:t>4 к настоящему приказу.</w:t>
+        <w:t xml:space="preserve">       осы бұйрыққа 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93 және 94-қосымшаларға сәйкес 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117 және 118-қосымшалармен толықтырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="209" w:name="z217"/>
-      <w:bookmarkEnd w:id="208"/>
+      <w:bookmarkStart w:id="137" w:name="z179"/>
+      <w:bookmarkEnd w:id="136"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 2. Департаменту дошкольного и среднего образования Министерства образования и науки Республики Казахстан (Каринова Ш.Т.) в установленном законодательством порядке обеспечить:</w:t>
+        <w:t>      2. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім департаменті (Ш.Т. Каринова) заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="210" w:name="z218"/>
-      <w:bookmarkEnd w:id="209"/>
+      <w:bookmarkStart w:id="138" w:name="z180"/>
+      <w:bookmarkEnd w:id="137"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t>каза в Министерстве юстиции Республики Казахстан;</w:t>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="211" w:name="z219"/>
-      <w:bookmarkEnd w:id="210"/>
+      <w:bookmarkStart w:id="139" w:name="z181"/>
+      <w:bookmarkEnd w:id="138"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      2) осы бұйрық мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде қазақ және орыс тілдерінде ресми жариялау және Қазақстан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t>го ведения "Республиканский центр правовой информации Министерства юстиции Республики Казахстан" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+        <w:t>Республикасы нормативтік-құқықтық актілерінің эталондық бақылау банкіне енгізу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="212" w:name="z220"/>
-      <w:bookmarkEnd w:id="211"/>
+      <w:bookmarkStart w:id="140" w:name="z182"/>
+      <w:bookmarkEnd w:id="139"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> на официальном интернет-ресурсе Министерства образования и науки Республики Казахстан;</w:t>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрықтың Қазақстан Республикасы Білім және ғылым министрлігінің ресми интернет-ресурсында тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="213" w:name="z221"/>
-      <w:bookmarkEnd w:id="212"/>
+      <w:bookmarkStart w:id="141" w:name="z183"/>
+      <w:bookmarkEnd w:id="140"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t>ической службы и международного сотрудничества Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
+        <w:t xml:space="preserve">       4) осы бұйрық мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі және халықаралық ынтымақтастық департаментіне осы тармақтың 1), 2), және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="214" w:name="z222"/>
-      <w:bookmarkEnd w:id="213"/>
+      <w:bookmarkStart w:id="142" w:name="z184"/>
+      <w:bookmarkEnd w:id="141"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...15 lines deleted...]
-        <w:t>ь на вице-министра образования и науки Республики Казахстан Аймагамбетова А.К.</w:t>
+        <w:t>      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Білім және ғылым вице-министрі А.Қ. Аймағамбетовке жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="215" w:name="z223"/>
-[...8 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="143" w:name="z185"/>
+      <w:bookmarkEnd w:id="142"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...80 lines deleted...]
-        <w:t>ать первого пункта 1 настоящего приказа, которые вводятся в действие с 1 сентября 2019 года для 4, 9 и 10 классов, с 1 сентября 2020 года для 11 классов.</w:t>
+        <w:t>      4. Осы бұйрық 2019 жылғы 1 қыркүйектен бастап 4-сыныптар үшін енгізілетін, 2020 жылғы 1 қыркүйектен бастап 1-сыныптар үшін, 2021 жылғы 1 қыркүйектен бастап 2-сыныптар үшін енгізілетін 1-тармақтың тоғызыншы, оныншы және он бірінші абзацтарды, 2019 жылғы 1 қыркүйектен бастап 4, 9 және 10-сыныптар үшін, 2020 жылғы 1 қыркүйектен бастап 11-сыныптар үшін енгізілетін 1-тармақтың он тоғызыншы, жиырмасыншы, жиырма бірінші, отыз төртінші, отыз бесінші, отыз алтыншы, отыз жетінші, отыз сегізінші, отыз тоғызыншы, қырықыншы, қырық бірінші, қырық екінші, қырық үшінші, қырық төртінші, қырық бесінші, қырық алтыншы, қырық жетінші, қырық сегізінші, қырық тоғызыншы, елуінші, елу бірінші, елу екінші, елу үшінші, елу төртінші, елу бесінші, елу алтыншы, елу жетінші, елу сегізінші, елу тоғызыншы, алпысыншы, алпыс бірінші, алпыс екінші, алпыс үшінші, алпыс төртінші, алпыс бесінші, алпыс алтыншы, алпыс жетінші, алпыс сегізінші, алпыс тоғызыншы, жетпісінші, жетпіс бірінші, жетпіс екінші, жетпіс үшінші, жетпіс төртінші, жетпіс бесінші, жетпіс алтыншы, жетпіс жетінші, жетпіс сегізінші, жетпіс тоғызыншы, сексенінші, сексен бірінші, сексен екінші, сексен үшінші, сексен төртінші, сексен бесінші, сексен алтыншы, сексен жетінші, сексен сегізінші, сексен тоғызыншы, тоқсаныншы, тоқсан бірінші, тоқсан екінші, тоқсан үшінші, тоқсан төртінші, тоқсан бесінші, тоқсан алтыншы, тоқсан жетінші, тоқсан сегізінші, тоқсан тоғызыншы, жүзінші, жүз бірінші, жүз екінші, жүз үшінші, жүз төртінші, жүз бесінші, жүз алтыншы, жүз жетінші, жүз сегізінші, жүз тоғызыншы, жүз оныншы, жүз он бірінші, жүз он екінші, жүз он үшінші, жүз он төртінші, жүз он бесінші, жүз он алтыншы, жүз он жетінші, жүз он сегізінші, жүз он тоғызыншы, жүз жиырмасыншы, жүз жиырма бірінші абзацтарын қоспағанда алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6068"/>
+        <w:gridCol w:w="5825"/>
         <w:gridCol w:w="15"/>
-        <w:gridCol w:w="3408"/>
-        <w:gridCol w:w="286"/>
+        <w:gridCol w:w="3653"/>
+        <w:gridCol w:w="284"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006934B8">
+      <w:tr w:rsidR="00E278D3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="380" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7795" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="215"/>
-          <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+          <w:bookmarkEnd w:id="143"/>
+          <w:p w:rsidR="00E278D3" w:rsidRPr="00D52A16" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>     </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B830EE">
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D52A16">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Министр образования и науки</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Қазақстан Республикасыны</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D52A16">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>ң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D52A16">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00B830EE">
+            <w:r w:rsidRPr="00D52A16">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республики Казахстан </w:t>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D52A16">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ілім және ғылым министрі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Е. Сагадиев</w:t>
+              <w:t>Е. Сағадиев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidRPr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidRPr="00D52A16">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E278D3" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D52A16">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B830EE">
+              <w:t>ҚазақстанРеспубликасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00484251">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D52A16">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D52A16">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>ілімжәнеғылымминистрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00484251">
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00B830EE">
+            <w:r w:rsidRPr="00484251">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2018 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D52A16">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>к приказу Министра</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B830EE">
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00484251">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D52A16">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> образования</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>қыркүйектегі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00484251">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00484251">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 441 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D52A16">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B830EE">
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00484251">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D52A16">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>и науки Республики Казахстан</w:t>
-[...13 lines deleted...]
-              <w:t>от 4 сентября 2018 года № 441</w:t>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidRPr="00B830EE">
+      <w:tr w:rsidR="00E278D3">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...14 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00B830EE">
-[...10 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00B830EE">
-[...10 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2012 жылғы 8 қарашадағы</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00B830EE">
-[...5 lines deleted...]
-              <w:t>от 8 ноября 2012 года № 500</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 500 бұйрығына 6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="216" w:name="z227"/>
-      <w:r w:rsidRPr="00B830EE">
+      <w:bookmarkStart w:id="144" w:name="z187"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Типовой учебный план (обновленного содержания) начального образования для классов с казахским языком обучения</w:t>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Оқыту қазақ тілінде жүргізілетін сыныптарға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="873"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1769"/>
+        <w:gridCol w:w="1044"/>
+        <w:gridCol w:w="2223"/>
+        <w:gridCol w:w="1072"/>
+        <w:gridCol w:w="692"/>
+        <w:gridCol w:w="692"/>
+        <w:gridCol w:w="631"/>
+        <w:gridCol w:w="66"/>
+        <w:gridCol w:w="1505"/>
+        <w:gridCol w:w="1687"/>
         <w:gridCol w:w="50"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
+            <w:tcW w:w="962" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...6 lines deleted...]
-            <w:bookmarkEnd w:id="216"/>
+          <w:bookmarkEnd w:id="144"/>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="217"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім салалары және оқу пәндері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сыныптар бойынша апталық сағат саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge w:val="restart"/>
-[...132 lines deleted...]
-              <w:t>Общая нагрузка, часы</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы жүктеме, сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="006934B8"/>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...149 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1621" w:type="dxa"/>
-[...57 lines deleted...]
-              <w:t>годовая</w:t>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>апталық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жылдық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8">
+      <w:tr w:rsidR="00E278D3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...53 lines deleted...]
-              <w:t>Инвариантный компонент</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инварианттық компонент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="218" w:name="z231"/>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="218"/>
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тіл және әдебиет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...90 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="777" w:type="dxa"/>
-[...78 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1452</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="219" w:name="z232"/>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="219"/>
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сауат ашу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...58 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...142 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>198</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="220" w:name="z233"/>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="220"/>
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақ тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...90 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="777" w:type="dxa"/>
-[...78 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>408</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="221" w:name="z234"/>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="221"/>
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әдебиеттік оқу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...90 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="777" w:type="dxa"/>
-[...78 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>306</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="222" w:name="z235"/>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="222"/>
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Орыс тілі (Я2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...58 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...110 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="223" w:name="z236"/>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="223"/>
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шетел тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...58 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...110 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="224" w:name="z237"/>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>II</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="224"/>
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Математика және информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...122 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="767" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>726,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="225" w:name="z238"/>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="225"/>
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...122 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="767" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>608</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="226" w:name="z239"/>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="226"/>
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпараттық-коммуникациялық технологиялар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...99 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="777" w:type="dxa"/>
-[...78 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>118,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
-[...26 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>III</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="227"/>
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жаратылыстану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...122 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="767" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>203</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="228" w:name="z241"/>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="228"/>
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жаратылыстану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...122 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="767" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>203</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="229" w:name="z242"/>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="229"/>
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адам және қоғам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...58 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...110 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="230" w:name="z243"/>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="230"/>
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дүниетану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...58 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...110 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="231" w:name="z244"/>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="231"/>
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өзін-өзі тану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...58 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...110 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="232" w:name="z245"/>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="232"/>
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Технология және өнер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...58 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...110 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="233" w:name="z246"/>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="233"/>
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көркем еңбек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...58 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...110 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="234" w:name="z247"/>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="234"/>
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Музыка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...58 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...110 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="235" w:name="z248"/>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>VI</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="235"/>
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дене шынықтыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...58 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...110 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>405</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="236" w:name="z249"/>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="236"/>
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дене шынықтыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...58 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...110 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>405</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...75 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инварианттық оқу жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>22,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="777" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="767" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1621" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>98,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3326,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8">
+      <w:tr w:rsidR="00E278D3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...53 lines deleted...]
-              <w:t>Вариативный компонент</w:t>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вариативтік компонент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...75 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Таңдауы бойынша сабақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="777" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="767" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1621" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...63 lines deleted...]
-              </w:rPr>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Белсенді-қозғалмалы сипаттағы</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-          </w:p>
-[...18 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жеке және топтық сабақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="777" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="767" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1621" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>236</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...75 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вариативтік оқу жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="777" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="767" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1621" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>338</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...82 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу жүктемесінің жоғарғы шекті көлемі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>24,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="779" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="777" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="767" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1621" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>108,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3664,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidRPr="00D52A16" w:rsidTr="00837EBD">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6630" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="6217" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3032" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="3445" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D52A16" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...80 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E278D3" w:rsidRPr="00484251" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D52A16">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...25 lines deleted...]
-              <w:rPr>
+              <w:t>ҚазақстанРеспубликасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00484251">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D52A16">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B830EE">
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D52A16">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение 16</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>ілімжәнеғылымминистрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00484251">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00484251">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2018 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D52A16">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00484251">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D52A16">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қыркүйектегі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00484251">
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00B830EE">
+            <w:r w:rsidRPr="00484251">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 441 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D52A16">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>к приказу Министра образования</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00484251">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D52A16">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00484251">
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00B830EE">
+            <w:r w:rsidRPr="00D52A16">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>и науки Республики Казахстан</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>ҚазақстанРеспубликасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00484251">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D52A16">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>Білімжәнеғылымминистрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00484251">
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00B830EE">
+            <w:r w:rsidRPr="00484251">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">2012 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D52A16">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">от 8 </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B830EE">
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00484251">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D52A16">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ноября 2012 года № 500</w:t>
+              <w:t>қарашадағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00484251">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00484251">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 500 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D52A16">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00484251">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 16-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D52A16">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="242" w:name="z321"/>
-      <w:r w:rsidRPr="00B830EE">
+      <w:bookmarkStart w:id="145" w:name="z193"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Типовой учебный план (обновленного содержания) основного среднего образования для классов с казахским языком обучения</w:t>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Оқыту қазақ тілінде жүргізілетін сыныптарға арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1129"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="43"/>
+        <w:gridCol w:w="1162"/>
+        <w:gridCol w:w="674"/>
+        <w:gridCol w:w="1408"/>
+        <w:gridCol w:w="665"/>
+        <w:gridCol w:w="26"/>
+        <w:gridCol w:w="705"/>
+        <w:gridCol w:w="703"/>
+        <w:gridCol w:w="40"/>
+        <w:gridCol w:w="651"/>
+        <w:gridCol w:w="549"/>
+        <w:gridCol w:w="210"/>
+        <w:gridCol w:w="27"/>
+        <w:gridCol w:w="1250"/>
+        <w:gridCol w:w="45"/>
+        <w:gridCol w:w="1483"/>
+        <w:gridCol w:w="23"/>
+        <w:gridCol w:w="41"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...6 lines deleted...]
-            <w:bookmarkEnd w:id="242"/>
+          <w:bookmarkEnd w:id="145"/>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="243"/>
-[...2 lines deleted...]
-            <w:tcW w:w="1749" w:type="dxa"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
-[...23 lines deleted...]
-              <w:t>области и учебные предметы</w:t>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім салалары және оқу пәндері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...30 lines deleted...]
-              <w:t>Количество часов в неделю по классам</w:t>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сыныптар бойынша апталық сағат саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...25 lines deleted...]
-              <w:t>Нагрузка, часы</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы жүктеме, сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="006934B8"/>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="006934B8"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...57 lines deleted...]
-              <w:t>Годовая</w:t>
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Апталық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жылдық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8">
+      <w:tr w:rsidR="00E278D3">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
-[...31 lines deleted...]
-        <w:bookmarkEnd w:id="244"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инварианттық компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="245" w:name="z325"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="245"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тіл және әдебиет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1870</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="246" w:name="z326"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="246"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақ тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>442</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="247" w:name="z327"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="247"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақ әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>408</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="248" w:name="z328"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="248"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Орыс тілі мен әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>510</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="249" w:name="z329"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="249"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шетел тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>510</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="250" w:name="z330"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>II</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="250"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Математика және информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="251" w:name="z331"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="251"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="252" w:name="z332"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="252"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алгебра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>306</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="253" w:name="z333"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="253"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Геометрия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>204</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="254" w:name="z334"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="254"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="255" w:name="z335"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>III</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="255"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жаратылыстану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>918</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="256" w:name="z336"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="256"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жаратылыстану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>136</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="257" w:name="z337"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="257"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>204</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="258" w:name="z338"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="258"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="259" w:name="z339"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="259"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Биология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="804" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>204</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="260" w:name="z340"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="260"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>География</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="804" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>204</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="261" w:name="z341"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="261"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адам және қоғам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>714</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="262" w:name="z342"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="262"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="263" w:name="z343"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="263"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дүниежүзі тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="264" w:name="z344"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="264"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құқық негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="265" w:name="z345"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="265"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өзін-өзі тану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="266" w:name="z346"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="266"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Технология және өнер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>306</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="267" w:name="z347"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="267"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Музыка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="804" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="268" w:name="z348"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="268"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көркем еңбек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>238</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="269" w:name="z349"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>VІ</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="269"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дене шынықтыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>510</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="270" w:name="z350"/>
+            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="270"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дене шынықтыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>510</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инварианттық оқу жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...40 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>157</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5338</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8">
+      <w:tr w:rsidR="00E278D3">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
-[...30 lines deleted...]
-        <w:bookmarkEnd w:id="272"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вариативтік компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Элективті курстар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...33 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>374</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке және топтық жұмыстар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...33 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вариативтік оқу жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...33 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="48" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="73" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу жүктемесінің жоғарғы шекті көлемі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...33 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="803" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="802" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="767" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcW w:w="846" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>173</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5882</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="47" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1332" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1676" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="47" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1332" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1676" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="47" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кәсіпкерлік және бизнес негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1332" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1676" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="47" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инварианттық оқу жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1332" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1676" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>612</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="47" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу жүктемесінің жоғары шекті көлемі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1332" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1676" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>612</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E278D3" w:rsidRPr="00837EBD" w:rsidTr="00837EBD">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6248" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="6345" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3414" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="3317" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...81 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004A5EB7" w:rsidRPr="00837EBD" w:rsidRDefault="004A5EB7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E278D3" w:rsidRPr="00837EBD" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B830EE">
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение 73</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00837EBD">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00B830EE">
+            <w:r w:rsidRPr="00837EBD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2018 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>к приказу Министра образования</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>қыркүйектегі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00B830EE">
+            <w:r w:rsidRPr="00837EBD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 441 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">и науки </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B830EE">
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 49-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00B830EE">
+            <w:r w:rsidRPr="004A5EB7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>от 8 ноября 2012 года № 500</w:t>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">2012 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қарашадағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 500 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837EBD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 73-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00C729D1" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="277" w:name="z1841"/>
-      <w:r w:rsidRPr="00B830EE">
+      <w:bookmarkStart w:id="146" w:name="z287"/>
+      <w:r w:rsidRPr="00C729D1">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Типовой учебный план (обновленного содержания) начального образования для обучения на дому с казахским языком обучения</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Оқыту қазақ тілінде жүргізілетін үйде оқитын білім алушыларға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1025"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1674"/>
+        <w:gridCol w:w="1036"/>
+        <w:gridCol w:w="2176"/>
+        <w:gridCol w:w="1162"/>
+        <w:gridCol w:w="750"/>
+        <w:gridCol w:w="749"/>
+        <w:gridCol w:w="643"/>
+        <w:gridCol w:w="103"/>
+        <w:gridCol w:w="1293"/>
+        <w:gridCol w:w="1706"/>
         <w:gridCol w:w="44"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="49" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
+            <w:tcW w:w="957" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...6 lines deleted...]
-            <w:bookmarkEnd w:id="277"/>
+          <w:bookmarkEnd w:id="146"/>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="278"/>
-[...2 lines deleted...]
-            <w:tcW w:w="1938" w:type="dxa"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...10 lines deleted...]
-              <w:t>Учебные предметы</w:t>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу пәндері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
-[...14 lines deleted...]
-              <w:t>Количество часов в неделю по классам</w:t>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сыныптар бойынша апталық сағаттар саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...10 lines deleted...]
-              <w:t>Общая нагрузка</w:t>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="49" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="006934B8"/>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="006934B8"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...57 lines deleted...]
-              <w:t>годовая</w:t>
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Апталық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жылдық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8">
+      <w:tr w:rsidR="00E278D3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="49" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...15 lines deleted...]
-        <w:bookmarkEnd w:id="279"/>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инварианттық компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="49" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="280" w:name="z1845"/>
+            <w:tcW w:w="957" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="280"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тіл және әдебиет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1047</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="49" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="281" w:name="z1846"/>
+            <w:tcW w:w="957" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="281"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сауат ашу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="49" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="282" w:name="z1847"/>
+            <w:tcW w:w="957" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="282"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақ тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>204</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="49" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="283" w:name="z1848"/>
+            <w:tcW w:w="957" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="283"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әдебиеттік оқу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>204</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="49" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="284" w:name="z1849"/>
+            <w:tcW w:w="957" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="284"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Орыс тілі (Я2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="49" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="285" w:name="z1850"/>
+            <w:tcW w:w="957" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="285"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шетел тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="49" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="286" w:name="z1851"/>
+            <w:tcW w:w="957" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>II</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="286"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Математика және информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>523,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="49" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="287" w:name="z1852"/>
+            <w:tcW w:w="957" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="287"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>405</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="49" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="288" w:name="z1853"/>
+            <w:tcW w:w="957" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="288"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпараттық - коммуникациялық технологиялар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>118,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="49" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="289" w:name="z1854"/>
+            <w:tcW w:w="957" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>III</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="289"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жаратылыстану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="49" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="290" w:name="z1855"/>
+            <w:tcW w:w="957" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="290"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жаратылыстану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="49" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="291" w:name="z1856"/>
+            <w:tcW w:w="957" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="291"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адам және қоғам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="49" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="928" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="292" w:name="z1857"/>
+            <w:tcW w:w="957" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="292"/>
-[...56 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дүниетану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="49" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...33 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инварианттық оқу жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>54,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1840,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="49" w:type="dxa"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...33 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу жүктемесінің жоғары шекті көлемі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1403" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>54,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1840,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidRPr="00837EBD" w:rsidTr="00837EBD">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6268" w:type="dxa"/>
+            <w:tcW w:w="6276" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:tcW w:w="3386" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="004A5EB7" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="004A5EB7" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="004A5EB7" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="004A5EB7" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="004A5EB7" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="004A5EB7" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="004A5EB7" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="004A5EB7" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="004A5EB7" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="004A5EB7" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="004A5EB7" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="004A5EB7" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="004A5EB7" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="004A5EB7" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B830EE" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="004A5EB7" w:rsidRDefault="004A5EB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRPr="004A5EB7" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B830EE">
+            <w:r w:rsidRPr="004A5EB7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2018 жылғы 4 қыркүйектегі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>№ 441 бұйрығына 51-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Приложение 51</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B830EE">
+              <w:t>2012 жылғы 8 қарашадағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5EB7">
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00B830EE">
+            <w:r w:rsidRPr="004A5EB7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>к приказу Министра образования</w:t>
-[...151 lines deleted...]
-              <w:t>от 8 ноября 2012 года № 500</w:t>
+              <w:t>№ 500 бұйрығына 75-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
+    <w:p w:rsidR="00E278D3" w:rsidRPr="00C729D1" w:rsidRDefault="00D52A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="295" w:name="z1883"/>
-      <w:r w:rsidRPr="00B830EE">
+      <w:bookmarkStart w:id="147" w:name="z291"/>
+      <w:r w:rsidRPr="00C729D1">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Типовой учебный план (обновленного содержания) основного среднего образования для обучения на дому с казахским языком обучения</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Оқыту қазақ тілінде жүргізілетін үйде оқитын білім алушыларға арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C729D1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1258"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1460"/>
+        <w:gridCol w:w="1222"/>
+        <w:gridCol w:w="1998"/>
+        <w:gridCol w:w="776"/>
+        <w:gridCol w:w="776"/>
+        <w:gridCol w:w="776"/>
+        <w:gridCol w:w="776"/>
+        <w:gridCol w:w="776"/>
+        <w:gridCol w:w="1051"/>
+        <w:gridCol w:w="1511"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcW w:w="1063" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...6 lines deleted...]
-            <w:bookmarkEnd w:id="295"/>
+          <w:bookmarkEnd w:id="147"/>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="296"/>
-[...2 lines deleted...]
-            <w:tcW w:w="1602" w:type="dxa"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...10 lines deleted...]
-              <w:t>Учебные предметы</w:t>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу пәндері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRPr="00B830EE" w:rsidRDefault="00B830EE">
-[...14 lines deleted...]
-              <w:t>Количество часов в неделю по классам</w:t>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сыныптар бойынша апталық сағаттар саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жалпы жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="006934B8"/>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="006934B8"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...57 lines deleted...]
-              <w:t>годовая</w:t>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Апталық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жылдық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8">
+      <w:tr w:rsidR="00E278D3">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...15 lines deleted...]
-        <w:bookmarkEnd w:id="297"/>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инварианттық компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...87 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тіл және әдебиет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1360</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="299" w:name="z1888"/>
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="299"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақ тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="300" w:name="z1889"/>
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="300"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақ әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="301" w:name="z1890"/>
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="301"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Орыс тілі және әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="302" w:name="z1891"/>
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="302"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шетел тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...80 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Математика және информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>680</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="304" w:name="z1893"/>
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="304"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>204</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="305" w:name="z1894"/>
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="305"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Алгебра</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>204</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="306" w:name="z1895"/>
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="306"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Геометрия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="307" w:name="z1896"/>
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="307"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Информатика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...80 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жаратылыстану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="309" w:name="z1898"/>
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="309"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жаратылыстану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="310" w:name="z1899"/>
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="310"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Физика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="311" w:name="z1900"/>
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="311"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Химия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="312" w:name="z1901"/>
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="312"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Биология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="313" w:name="z1902"/>
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="313"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>География</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...80 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адам және қоғам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>374</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="315" w:name="z1904"/>
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="315"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="316" w:name="z1905"/>
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="316"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дүниежүзі тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:bookmarkStart w:id="317" w:name="z1906"/>
+            <w:tcW w:w="1063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="317"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құқық негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...33 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инварианттық оқу жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2890</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006934B8" w:rsidTr="00B830EE">
+      <w:tr w:rsidR="00E278D3" w:rsidTr="00837EBD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
-[...40 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу жүктемесінің жоғары шекті көлемі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006934B8" w:rsidRDefault="00B830EE">
+            <w:tcW w:w="1607" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E278D3" w:rsidRDefault="00D52A16">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2890</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006934B8" w:rsidRDefault="006934B8">
+    <w:p w:rsidR="00E278D3" w:rsidRDefault="00E278D3" w:rsidP="00837EBD">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="006934B8" w:rsidSect="006934B8">
+    <w:sectPr w:rsidR="00E278D3" w:rsidSect="000162B4">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="96"/>
+  <w:zoom w:percent="93"/>
+  <w:hideSpellingErrors/>
   <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="006934B8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B830EE"/>
+    <w:rsidRoot w:val="00E278D3"/>
+    <w:rsid w:val="000162B4"/>
+    <w:rsid w:val="00484251"/>
+    <w:rsid w:val="004A5EB7"/>
+    <w:rsid w:val="0067774D"/>
+    <w:rsid w:val="00837EBD"/>
+    <w:rsid w:val="00C729D1"/>
+    <w:rsid w:val="00D52A16"/>
+    <w:rsid w:val="00E278D3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -38385,155 +40395,342 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006934B8"/>
+    <w:rsid w:val="000162B4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="006934B8"/>
+    <w:rsid w:val="000162B4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="006934B8"/>
+    <w:rsid w:val="000162B4"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="006934B8"/>
+    <w:rsid w:val="000162B4"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B830EE"/>
+    <w:rsid w:val="00D52A16"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B830EE"/>
+    <w:rsid w:val="00D52A16"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -38567,84 +40764,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -38779,50 +40978,65 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>37561</Characters>
+  <Pages>24</Pages>
+  <Words>6452</Words>
+  <Characters>36779</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>313</Lines>
-  <Paragraphs>88</Paragraphs>
+  <Lines>306</Lines>
+  <Paragraphs>86</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Reanimator Extreme Edition</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>WareZ Provider</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>44062</CharactersWithSpaces>
+  <CharactersWithSpaces>43145</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>