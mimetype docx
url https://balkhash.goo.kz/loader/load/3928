--- v0 (2025-12-11)
+++ v1 (2026-03-18)
@@ -1,11902 +1,18951 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="31"/>
+          <w:szCs w:val="31"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...38 lines deleted...]
-        </w:drawing>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="31"/>
+          <w:szCs w:val="31"/>
+        </w:rPr>
+        <w:t>"Қазақстан Республикасындағы бастауыш, негізгі орта, жалпы орта білім берудің үлгілік оқу жоспарларын бекіту туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="31"/>
+          <w:szCs w:val="31"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="31"/>
+          <w:szCs w:val="31"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығына өзгеріс пен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRPr="00C96CB1" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C96CB1">
-[...6 lines deleted...]
-        <w:t>О внесении изменения и дополнений в приказ Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500 "Об утверждении типовых учебных планов начального, основного среднего, общего среднего образования Республики Казахстан"</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрінің 2019 жылғы 15 мамырдағы № 205 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 21 мамырда № 18705 болып тіркелді</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRPr="00C96CB1" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C96CB1">
-[...13 lines deleted...]
-        <w:t>Министра образования и науки Республики Казахстан от 15 мая 2019 года № 205. Зарегистрирован в Министерстве юстиции Республики Казахстан 21 мая 2019 года № 18705</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRPr="00C96CB1" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z4"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> ПРИКАЗЫВАЮ:</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1. "Қазақстан Республикасындағы бастауыш, негізгі орта, жалпы орта білім берудің үлгілік оқу жоспарларын бекіту туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z206" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>бұйрығына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8170 болып тіркелген, 2013 жылдың </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпанында № 69-70 (27343-27344) "Егемен Қазақстан" газетінде жарияланды) мынадай өзгеріс пен толықтырулар енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRPr="00C96CB1" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z5"/>
+      <w:bookmarkStart w:id="0" w:name="z3"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> февраля 2013 года в газете "</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>1-тармақ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      "1. Мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z20" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>1-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін бастауыш білім берудің үлгілі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...5 lines deleted...]
-        <w:t>Казахстанская</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> правда" № 69-70 (27343-27344) следующие изменение и дополнения:</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:p w:rsidR="00B35F02" w:rsidRPr="00C96CB1" w:rsidRDefault="00B35F02">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z22" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>2-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін бастауыш білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRPr="00C96CB1" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C96CB1">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> пункт 1 изложить в следующей редакции:</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z24" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>3-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту ұйғыр, өзбек, тәжік тілдерінде жүргізілетін бастауыш білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRPr="00C96CB1" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z7"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> "1. Утвердить:</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z53" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>4-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған бастауыш білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z8"/>
-[...37 lines deleted...]
-        <w:t>1 к настоящему приказу;</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      5) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z56" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>5-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға бастауыш білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z9"/>
-[...21 lines deleted...]
-        <w:t>2 к настоящему приказу;</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      6) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z75" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>6-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін сыныптарға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z10"/>
-[...29 lines deleted...]
-        <w:t>3 к настоящему приказу;</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      7) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z77" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>7-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін сыныптарға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z11"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">4) типовой учебный план начального образования для </w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      8) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z79" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>8-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту ұйғыр/өзбек/тәжік тілінде жүргізілетін сыныптарға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...5 lines deleted...]
-        <w:t>обучающихся</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...12 lines deleted...]
-        <w:t>4 к настоящему приказу;</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="z12"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">типовой учебный план начального образования для </w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...2192 lines deleted...]
-        <w:t>59 к настоящему приказу;</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z81" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>9-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="62" w:name="z67"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...20 lines deleted...]
-        <w:t>60 к настоящему приказу;</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z93" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>10-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="63" w:name="z68"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">61) типовой учебный план (обновленного содержания) основного среднего образования для временно </w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      11) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z26" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>11-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін негізгі орта білім берудің үлгілі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...5 lines deleted...]
-        <w:t>обучающихся</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...20 lines deleted...]
-        <w:t>61 к настоящему приказу;</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="64" w:name="z69"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">62) типовой учебный план (обновленного содержания) основного среднего образования для временно </w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      12) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z28" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>12-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін негізгі орта білім берудің үлгілі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...5 lines deleted...]
-        <w:t>обучающихся</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...20 lines deleted...]
-        <w:t>62 к настоящему приказу;</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="65" w:name="z70"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      13) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z30" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>13-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту ұйғыр/өзбек/тәжік тілінде жүргізілетін негізгі орта білім берудің үлгілі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...28 lines deleted...]
-        <w:t>у приказу;</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      14) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z57" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>14-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған негізгі орта білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      15) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z59" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>15-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған негізгі орта білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      16) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z105" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>16-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін сыныптарға арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      17) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z111" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>17-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін сыныптарға арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      18) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z112" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>18-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту ұйғыр/өзбек/тәжік тілінде жүргізілетін сыныптарға арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z113" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>19-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="66" w:name="z71"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...12 lines deleted...]
-        <w:t>64 к настоящему приказу;</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z114" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>20-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="67" w:name="z72"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">) типовой учебный план (обновленного содержания) общего среднего образования естественно-математического направления для временно </w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      21) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z32" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>21-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін қоғамды</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...5 lines deleted...]
-        <w:t>обучающихся</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...12 lines deleted...]
-        <w:t>65 к настоящему приказу;</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="68" w:name="z73"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">повой учебный план (обновленного содержания) общего среднего образования естественно-математического направления для временно </w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      22) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z34" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>22-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің үлгілі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...5 lines deleted...]
-        <w:t>обучающихся</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...12 lines deleted...]
-        <w:t>66 к настоящему приказу;</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="69" w:name="z74"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      23) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z36" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>23-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін қоғамды</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...20 lines deleted...]
-        <w:t>67 к настоящему приказу;</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      24) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z38" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>24-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      25) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z40" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>25-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту ұйғыр/өзбек/тәжік тілінде жүргізілетін қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      26) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z42" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>26-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту ұйғыр/өзбек/тәжік тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      27) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="z61" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>27-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>28) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="z63" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>28-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="70" w:name="z75"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">     </w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      29) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:anchor="z65" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>29-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған қоғамды</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...19 lines deleted...]
-        <w:t>ящему приказу;</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:anchor="z67" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>30-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін ерекше білім беруге қажеттілігі бар білім алушыларға арналған жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="71" w:name="z76"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">69) типовой учебный план (обновленного содержания) общего среднего образования общественно-гуманитарного направления для временно </w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      31) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="z110" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>31-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту қазақ тілінде жүргізілетін сыныптарға арналған бастауыш білім берудің (төмендетілген </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...5 lines deleted...]
-        <w:t>обучающихся</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...19 lines deleted...]
-        <w:t>приказу;</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қу жүктемесімен) үлгілік оқу жоспары;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="72" w:name="z77"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">70) типовой учебный план (обновленного содержания) общего среднего образования общественно-гуманитарного направления для временно </w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      32) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="z116" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>32-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту орыс тілінде жүргізілетін сыныптарға арналған бастауыш білім берудің (төмендетілген </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...5 lines deleted...]
-        <w:t>обучающихся</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...12 lines deleted...]
-        <w:t>70 к настоящему приказу;</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қу жүктемесімен) үлгілік оқу жоспары;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="73" w:name="z78"/>
-[...11 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      33) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="z117" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>33-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту ұйғыр/өзбек/тәжік тілінде жүргізілетін сыныптарға арналған бастауыш білім берудің (төмендетілген </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қу жүктемесімен) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      34) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="z118" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>34-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту қазақ тілінде жүргізілетін гимназия сыныптарына арналған бастауыш білім берудің (төмендетілген </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қу жүктемесімен) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      35) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="z119" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>35-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту орыс тілінде жүргізілетін гимназия сыныптарына арналған бастауыш білім берудің (төмендетілген </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қу жүктемесімен) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      36) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:anchor="z120" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>36-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту қазақ тілінде жүргізілетін сыныптарға арналған негізгі орта білім берудің (төмендетілген </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қу жүктемесімен) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      37) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:anchor="z121" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>37-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту орыс тілінде жүргізілетін сыныптарға арналған негізгі орта білім берудің (төмендетілген </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қу жүктемесімен) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...19 lines deleted...]
-        <w:t>оящему приказу;</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>38) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="z122" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>38-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту ұйғыр/өзбек/тәжік тілінде жүргізілетін сыныптарға арналған негізгі орта білім берудің (төмендетілген оқу жүктемесімен)үлгілік оқу жоспары;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="74" w:name="z79"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      39) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="z123" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>39-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту қазақ тілінде жүргізілетін гимназия/лицей сыныптарына арналған негізгі орта білім берудің (төмендетілген </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...11 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қу жүктемесімен) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      40) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="z124" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>40-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту орыс тілінде жүргізілетін гимназия/лицей сыныптарына арналған негізгі орта білім берудің (төмендетілген </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қу жүктемесімен) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      41) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="z125" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>41-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары (төмендетілген оқу жүктемесімен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      42) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="z126" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>42-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары (төмендетілген оқу жүктемесімен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      43) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="z127" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>43-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары (төмендетілген оқу жүктемесімен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      44) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="z128" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>44-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары (төмендетілген оқу жүктемесімен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      45) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:anchor="z129" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>45-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту ұйғыр/өзбек/тәжік тілінде жүргізілетін қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша жалпы орта білім берудің үлгілік оқу жоспары (төмендетілген оқу жүктемесімен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>для временно обучающихся вне организации образования русским языком обучения согласно приложе</w:t>
-[...14 lines deleted...]
-        <w:t>72 к настоящему приказу;</w:t>
+        <w:t>      46) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:anchor="z130" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>46-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту ұйғыр/өзбек/тәжік тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары (төмендетілген оқу жүктемесімен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      47) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:anchor="z131" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>47-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін гимназия/лицей сыныптарына арналған жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      48) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:anchor="z132" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>48-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін гимназия/лицей сыныптарына арналған жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      49) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:anchor="z133" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>49-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін гимназия/лицей сыныптарына арналған қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      50) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:anchor="z134" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>50-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін гимназия/лицей сыныптарына арналған қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>51) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:anchor="z135" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>51-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін кешкі мектептерге арналған негізгі орта, жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары (күндізгі оқу бөлімі);</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="75" w:name="z80"/>
-[...147 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C96CB1">
-[...82 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...1858 lines deleted...]
-        <w:t>.";</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>52) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:anchor="z136" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>52-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін кешкі мектептерге арналған негізгі орта, жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары (күндізгі оқу бөлімі);</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRPr="00C96CB1" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="127" w:name="z132"/>
-[...108 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...13 lines deleted...]
-        <w:t>ния "Институт законодательства и правовой информации Республики Казахстан" Министерства юстиции Республики Казахстан для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>53) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:anchor="z137" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>53-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін кешкі мектептерге арналған негізгі орта, жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары (сырттай оқу бөлімі);</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRPr="00C96CB1" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="131" w:name="z136"/>
-[...23 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>54) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:anchor="z139" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>54-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін кешкі мектептерге арналған негізгі орта, жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары (сырттай оқу бөлімі);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRPr="00C96CB1" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="132" w:name="z137"/>
-[...23 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>55) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:anchor="z141" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>55-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін кешкі мектептер үшін бастауыш, негізгі орта білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары (сырттай оқу бөлімі);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRPr="00C96CB1" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="133" w:name="z138"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> 3. Контроль за исполнением настоящего приказа возложить на </w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...5 lines deleted...]
-        <w:t>вице-министра</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>56) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:anchor="z142" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>56-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін кешкі мектептер үшін бастауыш, негізгі орта білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары (сырттай оқу бөлімі);</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B35F02" w:rsidRPr="00C96CB1" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="134" w:name="z139"/>
-[...4 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      57) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:anchor="z143" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>57-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту қазақ тілінде жүргізілетін білім беру ұйымдарынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытша білім алушыларға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      58) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65" w:anchor="z144" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>58-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту орыс тілінде жүргізілетін білім беру ұйымдарынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытша білім алушыларға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      59) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66" w:anchor="z145" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>59-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту қазақ тілінде жүргізілетін білім беру ұйымдарынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытша білім алушыларға арналған бастауыш білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      60) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId67" w:anchor="z146" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>60-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту орыс тілінде жүргізілетін білім беру ұйымдарынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытша білім алушыларға арналған бастауыш білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      61) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:anchor="z147" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>61-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту қазақ тілінде жүргізілетін білім беру ұйымдарынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытша білім алушыларға арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 4. Настоящий приказ вводится в действие с 1 сентября 2019 года для 10 классов, с 1 сентября 2020 года для 11 классов и подлежит официальному опубликованию.</w:t>
+        <w:t>      62) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId69" w:anchor="z148" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>62-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту орыс тілінде жүргізілетін білім беру ұйымдарынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытша білім алушыларға арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      63) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId70" w:anchor="z149" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>63-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту қазақ тілінде жүргізілетін білім беру ұйымдарынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытша білім алушыларға арналған негізгі орта білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      64) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId71" w:anchor="z150" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>64-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту орыс тілінде жүргізілетін білім беру ұйымдарынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытша білім алушыларға арналған негізгі орта білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      65) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72" w:anchor="z151" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>65-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту қазақ тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша білім беру ұйымдарынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытша білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      66) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId73" w:anchor="z152" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>66-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту орыс тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша білім беру ұйымдарынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытша білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      67) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId74" w:anchor="z153" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>67-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту қазақ тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша білім беру ұйымдарынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытша білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      68) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId75" w:anchor="z154" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>68-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оқыту орыс тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша білім беру ұйымдарынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытша білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      69) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId76" w:anchor="z155" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>69-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша білім беру ұйымдарынан тыс уақытша білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      70) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId77" w:anchor="z156" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>70-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес орыс тілінде жүргізілетін қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша оқыту білім беру ұйымдарынан тыс уақытша білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      71) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId78" w:anchor="z157" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>71-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша білім беру ұйымдарынан тыс уақытша білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      72) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId79" w:anchor="z158" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>72-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша білім беру ұйымдарынан тыс уақытша білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) жеке сабақтарының үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      73) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId80" w:anchor="z159" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>73-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін үйде оқитын білім алушыларға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      74) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId81" w:anchor="z160" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>74-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін үйде оқитын білім алушыларға арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      75) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId82" w:anchor="z161" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>75-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін үйде оқитын білім алушыларға арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      76) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId83" w:anchor="z162" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>76-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін үйде оқитын білім алушыларға арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>77) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId84" w:anchor="z163" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>77-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша үйде оқитын білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>78) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId85" w:anchor="z164" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>78-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін жаратылыстану-математикалық бағыт бойынша үйде оқитын білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      79) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId86" w:anchor="z165" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>79-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша үйде оқытылатын білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      80) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId87" w:anchor="z166" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>80-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша үйде оқитын білім алушыларға арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      81) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId88" w:anchor="z167" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>81-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған бастауыш білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      82) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId89" w:anchor="z168" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>82-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған бастауыш білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      83) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId90" w:anchor="z169" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>83-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған негізгі орта білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      84) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId91" w:anchor="z170" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>84-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған негізгі орта білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      85) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId92" w:anchor="z171" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>85-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған жалпы орта білім берудің (қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      86) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId93" w:anchor="z172" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>86-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған жалпы орта білім берудің (қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      87) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId94" w:anchor="z173" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>87-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған жалпы орта білім берудің (жаратылыстану-математикалық бағыт) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      88) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId95" w:anchor="z174" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>88-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған жалпы орта білім берудің (жаратылыстану-математикалық бағыт) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>89) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId96" w:anchor="z175" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>89-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес үш тілде оқытатын мамандандырылған білім беру ұйымдарына арналған негізгі орта білім берудің үлгілік оқу жоспары (оқыту қазақ тілінде жүргізілетін мектептер үшін);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>90) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId97" w:anchor="z176" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>90-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес үш тілде оқытатын мамандандырылған білім беру ұйымдарына арналған негізгі орта білім берудің үлгілік оқу жоспары (оқыту орыс тілінде жүргізілетін мектептер үшін);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      91) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId98" w:anchor="z177" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>91-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес үш тілде оқытатын мамандандырылған білім беру ұйымдарына арналған жалпы орта білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары (оқыту қазақ тілінде жүргізілетін мектептер үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      92) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId99" w:anchor="z178" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>92-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес үш тілде оқытатын мамандандырылған білім беру ұйымдарына арналған жалпы орта білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары (оқыту орыс тілінде жүргізілетін мектептер үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      93) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId100" w:anchor="z179" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>93-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін мамандандырылған музыкалық мектеп-интернаттарға арналған бастауыш, негізгі орта, жалпы орта білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      94) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId101" w:anchor="z180" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>94-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін мамандандырылған музыкалық мектеп-интернаттарға арналған бастауыш, негізгі орта, жалпы орта білім берудің үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      95) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId102" w:anchor="z181" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>95-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      96) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId103" w:anchor="z182" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>96-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      97) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId104" w:anchor="z183" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>97-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      98) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId105" w:anchor="z184" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>98-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>99) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId106" w:anchor="z185" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>99-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес үш тілде оқытатын мамандандырылған білім беру ұйымдарына арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары (оқыту қазақ тілінде жүргізілетін мектептер үшін);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>100) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId107" w:anchor="z186" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>100-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес үш тілде оқытатын мамандандырылған білім беру ұйымдарына арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары (оқыту орыс тілінде жүргізілетін мектептер үшін);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>101) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId108" w:anchor="z187" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>101-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>102) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId109" w:anchor="z188" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>102-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған жаратылыстану-математикалық бағыт бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      103) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId110" w:anchor="z189" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>103-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      104) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId111" w:anchor="z190" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>104-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId112" w:anchor="z191" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>105-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін мамандандырылған білім беру ұйымдарына (соның ішінде "Білім инновация- лицейі") арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>106) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId113" w:anchor="z192" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>106-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін мамандандырылған білім беру ұйымдарына арналған (соның ішінде "Білім инновация- лицейі") негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      107) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId114" w:anchor="z193" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>107-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін мамандандырылған музыкалық мектеп-интернаттары мен өнер саласында мамандандырылған музыкалық мектептерге арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      108) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId115" w:anchor="z194" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>108-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін мамандандырылған музыкалық мектеп-интернаттары мен өнер саласында мамандандырылған мектептерге арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>109) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId116" w:anchor="z195" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>109-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін мамандандырылған музыкалық мектеп-интернаттары мен өнер саласында мамандандырылған музыкалық мектептерге арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>110) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId117" w:anchor="z196" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>110-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін мамандандырылған музыкалық мектеп-интернаттары мен өнер саласында мамандандырылған музыкалық мектептерге арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      111) осы бұйрықа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId118" w:anchor="z197" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>111-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін мамандандырылған музыкалық мектеп-интернаттары мен өнер саласында мамандандырылған мектептерге арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      112) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId119" w:anchor="z198" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>112-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін мамандандырылған музыкалық мектеп-интернаттары мен өнер саласында мамандырылған мектептерге арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      113) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId120" w:anchor="z200" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>113-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін физика-математикалық мектептерге (оның ішінде "Республикалық физика-математика мектебі") арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      114) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId121" w:anchor="z201" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>114-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін физика-математикалық мектептерге (оның ішінде "Республикалық физика-математика мектебі") арналған бастауыш білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      115) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId122" w:anchor="z202" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>115-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін физика-математикалық мектептерге (оның ішінде "Республикалық физика-математика мектебі") арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      116) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId123" w:anchor="z203" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>116-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін физика-математикалық мектептерге (оның ішінде "Республикалық физика-математика мектебі") арналған негізгі орта білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      117) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId124" w:anchor="z204" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>117-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту қазақ тілінде жүргізілетін физика-математикалық мектептерге (оның ішінде "Республикалық физика-математика мектебі") арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      118) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId125" w:anchor="z205" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>118-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес оқыту орыс тілінде жүргізілетін физика-математикалық мектептерге (оның ішінде "Республикалық физика-математика мектебі") арналған жалпы орта білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      119) осы бұйрыққа 119-қосымшаға сәйкес оқыту қазақ тілінде жүргізілетін қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      120) осы бұйрыққа 120-қосымшаға сәйкес оқыту қазақ тілінде жүргізілетін жаратылыстану-математика бағыты бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      121) осы бұйрыққа 121-қосымшаға сәйкес оқыту орыс тілінде жүргізілетін қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      122) осы бұйрыққа 122-қосымшаға сәйкес оқыту орыс тілінде жүргізілетін жаратылыстану-математика бағыты бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      123) осы бұйрыққа 123-қосымшаға сәйкес оқыту ұйғыр, өзбек, тәжік тілдерінде жүргізілетін қоғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гуманитарлық бағыт бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>124) осы бұйрыққа 124-қосымшаға сәйкес оқыту ұйғыр, өзбек, тәжік тілдерінде жүргізілетін жаратылыстану-математика бағыты бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілік оқу жоспары бекітілсін.";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId126" w:anchor="z137" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId127" w:anchor="z139" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId128" w:anchor="z141" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId129" w:anchor="z143" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId130" w:anchor="z145" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> және </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId131" w:anchor="z147" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>6-қосымшаларға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> сәйкес 119, 120, 121, 122, 123 және 124-қосымшалармен толықтырылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2. Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрлігінің Мектепке дейінгі және орта білім департаменті Қазақстан Республикасы заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2) осы бұйрық мемлекеттік тіркелген күнінен бастап күнтізбелік он күн ішінде оның көшірмесін баспа және электронды түрде қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін Қазақстан Республикасы Әділет министрлігінің "Қазақстан Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ң З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аңнама институты" мемлекеттік мекемесіне жіберуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрлігінің ресми интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId132" w:anchor="z131" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId133" w:anchor="z132" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>2)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> және </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId134" w:anchor="z133" w:history="1">
+        <w:r w:rsidRPr="00845C2E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="16374F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>3) тармақшаларында</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> қарастырылған іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрлігінің Заң қызметі департаментіне ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ң Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ілім және ғылым вице-министрі Э.А. Суханбердиеваға жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Осы бұйрық 2019 жылғы 1 қыркүйектен бастап 10-сыныптар үшін, 2020 жылғы 1 қыркүйектен бастап 11-сыныптар үшін қолданысқа енгізіледі және ресми жариялануға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5989"/>
-        <w:gridCol w:w="3788"/>
+        <w:gridCol w:w="5805"/>
+        <w:gridCol w:w="3420"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B35F02" w:rsidRPr="00C96CB1" w:rsidTr="00C96CB1">
-[...6 lines deleted...]
-            <w:tcW w:w="5989" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00DC0A96" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:after="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3788" w:type="dxa"/>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:spacing w:after="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z139"/>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DC0A96" w:rsidRDefault="00DC0A96" w:rsidP="00DC0A96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00DC0A96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>Білім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>2019 жылғы 15 мамырдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>№ 205 бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...6 lines deleted...]
-              <w:t>от 15 мая 2019 года № 205</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02" w:rsidRPr="00C96CB1" w:rsidTr="00C96CB1">
-[...6 lines deleted...]
-            <w:tcW w:w="5989" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00DC0A96" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:spacing w:after="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...6 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3788" w:type="dxa"/>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...10 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="005D7546" w:rsidRDefault="00845C2E" w:rsidP="00DC0A96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>Білім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>2012 жылғы 8 қарашадағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>№ 500 бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...6 lines deleted...]
-              <w:t>от 8 ноября 2012 года № 500</w:t>
+              <w:t>120-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B35F02" w:rsidRPr="00C96CB1" w:rsidRDefault="00C96CB1" w:rsidP="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:lang w:val="ru-RU"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="135" w:name="z146"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00965D01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...11 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқыту қазақ тілінде жүргізілетін жаратылыстану-математика бағыты бойынша жалпы орта білім берудің (жаңартылған мазмұнның) </w:t>
+      </w:r>
+      <w:r w:rsidR="00D83E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...11 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00965D01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>математического направления с казахским языком обучения</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жоспары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00965D01" w:rsidRPr="00965D01" w:rsidRDefault="00965D01" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="9225" w:type="dxa"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="516"/>
+        <w:gridCol w:w="3337"/>
+        <w:gridCol w:w="3039"/>
+        <w:gridCol w:w="1173"/>
+        <w:gridCol w:w="1160"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00965D01" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00965D01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00965D01" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00965D01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оқу </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00965D01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00965D01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әндері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00965D01" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00965D01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сыныптар бойынша апталық сағаттар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00965D01" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00965D01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жалпы жүктеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="00AB41EA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00965D01" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00965D01" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00965D01" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00965D01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00965D01" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00965D01" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00965D01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>апталық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00965D01" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00965D01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Инварианттық компонент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Міндетті </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әндер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="00CC5423">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Алгебра және анализ бастамалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00C24EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00DB6DD9" w:rsidRDefault="00DB6DD9" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>136</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="002F11B8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Геометрия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00C24EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00DB6DD9" w:rsidRDefault="00DB6DD9" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="00254DE9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00C24EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00DB6DD9" w:rsidRDefault="00DB6DD9" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="002661B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00C24EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00DB6DD9" w:rsidRDefault="00DB6DD9" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="00AB1452">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00C24EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00DB6DD9" w:rsidRDefault="00DB6DD9" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="003767B7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Орыс тілі мен әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00C24EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00DB6DD9" w:rsidRDefault="00DB6DD9" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="005C5E11">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ағылшын тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00C24EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00DB6DD9" w:rsidRDefault="00DB6DD9" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="009E1073">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00C24EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00DB6DD9" w:rsidRDefault="00DB6DD9" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="00EC3985">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өзі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>н-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өзі тану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00C24EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="008633D6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дене шынықтыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00C24EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00DB6DD9" w:rsidRDefault="00DB6DD9" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="00FA7A10">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Алғашқы әскери және технологиялық дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00C24EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00DB6DD9" w:rsidRDefault="00DB6DD9" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="00075A36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>у ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00C24EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Таңдау </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әндері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="00950D8A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тереңдетілген деңгей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 сағаттан 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ән</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="00E43775">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00C24EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00DB6DD9" w:rsidRDefault="00DB6DD9" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>136</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="009D313D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00C24EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00DB6DD9" w:rsidRDefault="00DB6DD9" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>136</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="006F7D9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00C24EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="00A01444">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00C24EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="00B85D40">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>у ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00DB6DD9" w:rsidRDefault="00DB6DD9" w:rsidP="00C24EFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>272</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="00410DEC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Стандарттық деңгей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 сағаттан 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ән</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="008A0C98">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дүниежүзі тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="00FB48A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әсіпкерлік және бизнес негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00DB6DD9" w:rsidRDefault="00DB6DD9" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="00196DE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Графика және жобалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="00BA3B47">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Құқық негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="005A66AE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>у ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00DB6DD9" w:rsidRDefault="00DB6DD9" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="00D573C7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Инварианттық оқ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>у ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00DB6DD9" w:rsidRDefault="00DB6DD9" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1122</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="00B91D5D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жеке және топтық сабақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00DB6DD9" w:rsidRDefault="00DB6DD9" w:rsidP="00DB6DD9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>204</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidTr="00A97E86">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00845C2E" w:rsidRDefault="005D7546" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүктемесінің жоғары шекті көлемі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D7546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="005D7546" w:rsidRDefault="005D7546" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005D7546" w:rsidRPr="00DB6DD9" w:rsidRDefault="00DB6DD9" w:rsidP="005D7546">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB6DD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1326</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ескерту:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ерекше білім беруге қажеттілігі бар білім алушылар үшін жеке және топтық сабақтарға бөлінген сағаттар шеңберінде түзету-дамыту сабақтары ұйымдастырылады</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1127"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1754"/>
+        <w:gridCol w:w="5805"/>
+        <w:gridCol w:w="3420"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="008920BC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z143"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2019 жылғы 15 мамырдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>№ 205 бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="008920BC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2012 жылғы 8 қарашадағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>№ 500 бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>122-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00845C2E" w:rsidRPr="008920BC" w:rsidRDefault="00845C2E" w:rsidP="008920BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008920BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оқыту орыс тілінде жүргізілетін жаратылыстану-математика бағыты бойынша жалпы орта білім берудің (жаңартылған мазмұнның) үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008920BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008920BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жоспары</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9225" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="456"/>
+        <w:gridCol w:w="3434"/>
+        <w:gridCol w:w="1666"/>
+        <w:gridCol w:w="1666"/>
+        <w:gridCol w:w="1000"/>
+        <w:gridCol w:w="1003"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...10 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...11 lines deleted...]
-              <w:t>Учебные предметы</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оқу </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әндері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...15 lines deleted...]
-              <w:t>Количество часов в неделю по классам</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сыныптар бойынша апталық сағаттар саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...18 lines deleted...]
-              <w:t>я нагрузка</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жалпы жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w:rsidR="00B35F02" w:rsidRDefault="00B35F02"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>апталық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...11 lines deleted...]
-              <w:t>годовая</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылдық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...11 lines deleted...]
-              <w:t>Инвариантный компонент</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Инварианттық компонент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...11 lines deleted...]
-              <w:t>Обязательные предметы</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Міндетті </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әндер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Алгебра және анализ бастамалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>272</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Геометрия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>136</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Информатика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>136</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Орыс әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>136</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...24 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ тілі мен әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...11 lines deleted...]
-              <w:t>136</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ағылшын тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>204</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>136</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өзі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>н-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өзі тану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дене шынықтыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>204</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...21 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Алғашқы әскери және технологиялық дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>у ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...11 lines deleted...]
-              <w:t>1564</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...18 lines deleted...]
-              <w:t>выбору</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Таңдау </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әндері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тереңдетілген деңгей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 сағаттан 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ән</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 сағаттан 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ән</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...7 lines deleted...]
-            </w:r>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Физика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...7 lines deleted...]
-            </w:r>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Химия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...7 lines deleted...]
-            </w:r>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Биология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...7 lines deleted...]
-            </w:r>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...18 lines deleted...]
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>География</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...7 lines deleted...]
-            </w:r>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>у ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Стандарттық деңгей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 сағаттан 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ән</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 сағаттан 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ән</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...7 lines deleted...]
-            </w:r>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дүниежүзі тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...7 lines deleted...]
-            </w:r>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әсіпкерлік және бизнес негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...7 lines deleted...]
-            </w:r>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Графика және жобалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...7 lines deleted...]
-            </w:r>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...6 lines deleted...]
-            <w:tcW w:w="1740" w:type="dxa"/>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Құқық негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...7 lines deleted...]
-            </w:r>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B35F02">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>у ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>136</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Инварианттық оқ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>у ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2448</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жеке және топтық сабақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>204</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidTr="00845C2E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүктемесінің жоғары шекті көлемі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="47" w:type="dxa"/>
+              <w:left w:w="78" w:type="dxa"/>
+              <w:bottom w:w="47" w:type="dxa"/>
+              <w:right w:w="78" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...510 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
+            <w:pPr>
+              <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2652</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B35F02" w:rsidRPr="00C96CB1" w:rsidRDefault="00C96CB1">
+    <w:p w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidRDefault="00845C2E" w:rsidP="00845C2E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="125" w:after="125" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="136" w:name="z147"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Примечание: для обучающихся с особыми образовательными потребностями в рамках </w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Ескерту: ерекше бі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...5 lines deleted...]
-        <w:t>часов, выделенных на индивидуальные и групповые занятия организуются</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>л</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C96CB1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> коррекционно-развивающие занятия</w:t>
+      <w:r w:rsidRPr="00845C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ім беруге қажеттілігі бар білім алушылар үшін жеке және топтық сабақтарға бөлінген сағаттар шеңберінде түзету-дамыту сабақтары ұйымдастырылады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-[...25 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="00845C2E" w:rsidRPr="00845C2E" w:rsidSect="00845C2E">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="567" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="7D127D64"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="97C27DD4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="96"/>
   <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:useFELayout/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B35F02"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C96CB1"/>
+    <w:rsidRoot w:val="00845C2E"/>
+    <w:rsid w:val="00070D1E"/>
+    <w:rsid w:val="005666E6"/>
+    <w:rsid w:val="005D7546"/>
+    <w:rsid w:val="00845C2E"/>
+    <w:rsid w:val="008920BC"/>
+    <w:rsid w:val="00965D01"/>
+    <w:rsid w:val="00D83E2E"/>
+    <w:rsid w:val="00DB6DD9"/>
+    <w:rsid w:val="00DC0A96"/>
+    <w:rsid w:val="00ED0258"/>
+    <w:rsid w:val="00EE7319"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004A3277"/>
-[...2 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00EE7319"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="00845C2E"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="480"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-  </w:style>
-[...14 lines deleted...]
-    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="00845C2E"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-  </w:style>
-[...14 lines deleted...]
-    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...22 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="00845C2E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-    </w:rPr>
-[...8 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="00845C2E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="40">
-[...10 lines deleted...]
-    <w:name w:val="Normal Indent"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="00845C2E"/>
     <w:pPr>
-      <w:ind w:left="720"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...20 lines deleted...]
-    <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
-[...35 lines deleted...]
-  <w:style w:type="character" w:styleId="ab">
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B35F02"/>
+    <w:rsid w:val="00845C2E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="ac">
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00845C2E"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00B35F02"/>
+    <w:rsid w:val="00845C2E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ad">
-[...57 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="665942214">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="761923391">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="6" w:space="9" w:color="E0E0E0"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="6" w:space="9" w:color="FFFFFF"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2039968363">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="48" w:space="0" w:color="FFFFFF"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1986352621">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1512601138">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="605041806">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="627124498">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1900018705" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1900018705" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1900018705" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1900018705" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1900018705" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1900018705" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1900018705" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1900018705" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1900018705" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12138,54 +19187,76 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46C018C8-286E-4552-9AB9-0F5CAB96D1E0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>15</Pages>
-[...1 lines deleted...]
-  <Characters>26021</Characters>
+  <Pages>12</Pages>
+  <Words>5862</Words>
+  <Characters>33415</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>216</Lines>
-  <Paragraphs>61</Paragraphs>
+  <Lines>278</Lines>
+  <Paragraphs>78</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30525</CharactersWithSpaces>
+  <CharactersWithSpaces>39199</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Назым</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>