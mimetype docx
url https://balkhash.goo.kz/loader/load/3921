--- v0 (2025-12-07)
+++ v1 (2026-01-07)
@@ -1,1677 +1,2871 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="0092288E" w:rsidRPr="0092288E" w:rsidRDefault="00CD64F0" w:rsidP="0092288E">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00C564AA" w:rsidRPr="00CD64F0" w:rsidRDefault="00CD64F0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                       </w:t>
       </w:r>
-      <w:r w:rsidR="0092288E" w:rsidRPr="0092288E">
-[...5 lines deleted...]
-        <w:t>Өткізілген дә</w:t>
+      <w:r w:rsidR="00F326B0" w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Справка о проведенной  лекции </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F326B0" w:rsidRPr="00CD64F0" w:rsidRDefault="00F326B0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тема</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: «</w:t>
+      </w:r>
+      <w:r w:rsidR="00743539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Административная ответственность несовершеннолетних</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00743539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, «Нарушение  Устава  школы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F326B0" w:rsidRPr="00CD64F0" w:rsidRDefault="00F326B0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дата проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00635B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16 сентября </w:t>
+      </w:r>
+      <w:r w:rsidR="00743539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  201</w:t>
+      </w:r>
+      <w:r w:rsidR="00635B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00743539" w:rsidRDefault="00F326B0" w:rsidP="00743539">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Классы</w:t>
+      </w:r>
+      <w:r w:rsidR="00743539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00635B0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 </w:t>
+      </w:r>
+      <w:r w:rsidR="00743539">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>классы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00743539" w:rsidRDefault="00635B0F" w:rsidP="00743539">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00403289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16 сентября 2019  </w:t>
+      </w:r>
+      <w:r w:rsidR="00403289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>года школьным инспектором  Кер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>имжановой Г.С.</w:t>
+      </w:r>
+      <w:r w:rsidR="000A1EE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и  социальным педагогом Бейсекеевой З.Р. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  среди учащихся 7</w:t>
+      </w:r>
+      <w:r w:rsidR="000A1EE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-8</w:t>
+      </w:r>
+      <w:r w:rsidR="00403289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A1EE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00403289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>классов  проведена  профилактическая   беседа, на вышеуказанную   тему. В ходе беседы школьный инспектор   еще раз    учащимся  разъяснила  статьи  Административного Кодекса  РК, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403289" w:rsidRPr="00CD4E18" w:rsidRDefault="00403289" w:rsidP="00403289">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 434-435 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мелкое </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">улиганство, совершенное несовершеннолетним </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403289" w:rsidRDefault="00403289" w:rsidP="00403289">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Мелкое хулиганств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бросать мусор, семечки</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="0092288E" w:rsidRPr="0092288E">
-[...5 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="0092288E" w:rsidRPr="0092288E">
-[...730 lines deleted...]
-      <w:r w:rsidRPr="0092288E">
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нецензурно выражаться, ломать чужое имущество и.т.д.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или хулиганство, предусмотренное частью первой </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="00CD4E18">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>статьи 257</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уголовного кодекса Республики Казахстан, совершенное несовершеннолетним в возрасте от четырнадцати до шестнадцати лет, - влечет штраф на родителей или лиц, их заменяющих, в размере </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от двух до пяти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>месячных расчетных показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRDefault="002C6926" w:rsidP="00403289">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00635B0F" w:rsidRDefault="00635B0F" w:rsidP="00403289">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5940425" cy="3960283"/>
             <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:docPr id="7" name="Рисунок 3" descr="C:\Users\Зере\Desktop\лекция 16  сент 2019\IMG_5013.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\лекция 16  сент 2019\IMG_5013.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print"/>
+                    <a:blip r:embed="rId6" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="3960283"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00635B0F" w:rsidRPr="0092288E" w:rsidRDefault="00635B0F" w:rsidP="00403289">
-[...58 lines deleted...]
-      <w:r w:rsidRPr="0092288E">
+    <w:p w:rsidR="00635B0F" w:rsidRDefault="00635B0F" w:rsidP="00403289">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00635B0F" w:rsidRDefault="00635B0F" w:rsidP="00403289">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00635B0F" w:rsidRDefault="00635B0F" w:rsidP="00403289">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00635B0F" w:rsidRDefault="00635B0F" w:rsidP="00403289">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00635B0F" w:rsidRDefault="007174C5" w:rsidP="00403289">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5924550" cy="3952875"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="8" name="Рисунок 4" descr="C:\Users\Зере\Desktop\лекция 16  сент 2019\IMG_5005.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Зере\Desktop\лекция 16  сент 2019\IMG_5005.JPG"/>
-                    <pic:cNvPicPr>
-[...112 lines deleted...]
-                    <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Зере\Desktop\лекция 16  сент 2019\IMG_5009.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5924550" cy="3952875"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00635B0F" w:rsidRPr="0092288E" w:rsidRDefault="00635B0F" w:rsidP="00403289">
-[...35 lines deleted...]
-    <w:p w:rsidR="002C6926" w:rsidRPr="0092288E" w:rsidRDefault="002C6926" w:rsidP="00455DBD">
+    <w:p w:rsidR="007174C5" w:rsidRDefault="007174C5" w:rsidP="00403289">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007174C5" w:rsidRDefault="007174C5" w:rsidP="00403289">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007174C5" w:rsidRDefault="007174C5" w:rsidP="00403289">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007174C5" w:rsidRDefault="007174C5" w:rsidP="00403289">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007174C5" w:rsidRDefault="007174C5" w:rsidP="00403289">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5924550" cy="3952875"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="11" name="Рисунок 6" descr="C:\Users\Зере\Desktop\лекция 16  сент 2019\IMG_5009.JPG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Зере\Desktop\лекция 16  сент 2019\IMG_5009.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5924550" cy="3952875"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00635B0F" w:rsidRDefault="00635B0F" w:rsidP="00403289">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00635B0F" w:rsidRDefault="00635B0F" w:rsidP="00403289">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00635B0F" w:rsidRDefault="00635B0F" w:rsidP="00403289">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRDefault="002C6926" w:rsidP="00455DBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092288E" w:rsidRPr="0092288E" w:rsidRDefault="0092288E" w:rsidP="0092288E">
-      <w:pPr>
+    <w:p w:rsidR="00403289" w:rsidRPr="00CD4E18" w:rsidRDefault="00403289" w:rsidP="00403289">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 440. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Распитие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алкогольных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>напитков или появление в общественных м</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7037" w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">естах в пьяном виде  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403289" w:rsidRPr="00CD4E18" w:rsidRDefault="00403289" w:rsidP="00403289">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Распитие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алкогольных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">напитков на улицах и в других общественных местах, кроме организаций торговли и общественного питания, в которых продажа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алкогольных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">напитков на разлив разрешена местным исполнительным органом, или появление в общественных местах в пьяном виде, оскорбляющем человеческое достоинство и общественную нравственность, - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">влечет штраф в размере двух </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00CD4E18">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>4 – х  расчетных показателей</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403289" w:rsidRPr="00CD4E18" w:rsidRDefault="00403289" w:rsidP="00403289">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>442-3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нахождение несовершеннолетних в развлекательных заведениях в ночное время </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403289" w:rsidRPr="00CD4E18" w:rsidRDefault="00403289" w:rsidP="00403289">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Нахождение несовершеннолетних в развлекательных заведениях в ночное время без сопровождения законных представителей (с 23 до 6 часов утра) -</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403289" w:rsidRPr="00CD4E18" w:rsidRDefault="00403289" w:rsidP="00403289">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>влечет предупреждение на законных представителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403289" w:rsidRPr="00CD4E18" w:rsidRDefault="00403289" w:rsidP="00403289">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="SUB336030200"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Действие, предусмотренное частью первой настоящей статьи, совершенное повторно в течение года после наложения административного взыскания, -</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403289" w:rsidRPr="00CD4E18" w:rsidRDefault="00403289" w:rsidP="00403289">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>влечет штраф на законных представителей в размере от пяти до десяти месячных расчетных показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B7037" w:rsidRPr="00CD4E18" w:rsidRDefault="00403289" w:rsidP="00403289">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">442-2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7037" w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нахождение несоверш</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7037" w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ннолетних без сопровождения законных представителей вне жилища</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD4E18" w:rsidRPr="00CD4E18" w:rsidRDefault="00CD4E18" w:rsidP="00CD4E18">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s1"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="0092288E" w:rsidRPr="0092288E" w:rsidRDefault="0092288E" w:rsidP="0092288E">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нахождение несовершеннолетних без сопровождения законных представителей вне жилища с 23 до 6 часов утра -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>влечет предупреждение законных представителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD4E18" w:rsidRPr="00CD4E18" w:rsidRDefault="00CD4E18" w:rsidP="00CD4E18">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="SUB336040200"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Действие, предусмотренное частью первой настоящей статьи, совершенное повторно </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD4E18" w:rsidRDefault="00CD4E18" w:rsidP="00CD4E18">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s1"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="0092288E" w:rsidRPr="0092288E" w:rsidRDefault="0092288E" w:rsidP="0092288E">
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>течение года после наложения административного взыскания, -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">влечет штраф на законных представителей в размере пяти </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00CD4E18">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>месячных расчетных показателей</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRPr="00EC429E" w:rsidRDefault="0086640F" w:rsidP="00CD4E18">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s1"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="0092288E" w:rsidRPr="0092288E" w:rsidRDefault="0092288E" w:rsidP="0092288E">
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC429E">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Также   школьный инспектор</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC429E" w:rsidRPr="00EC429E">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   разъяснил учащимся, за что могут их поставить  на учет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRDefault="0086640F" w:rsidP="00CD4E18">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s1"/>
-[...310 lines deleted...]
-      <w:r w:rsidR="0086640F" w:rsidRPr="0092288E">
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0086640F">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4119002" cy="3590925"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="9" name="Рисунок 2" descr="http://images.myshared.ru/6/780207/slide_10.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="http://images.myshared.ru/6/780207/slide_10.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId11"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4131237" cy="3601591"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C6926" w:rsidRPr="0092288E" w:rsidRDefault="002C6926" w:rsidP="002C6926">
+    <w:p w:rsidR="002C6926" w:rsidRDefault="002C6926" w:rsidP="002C6926">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0092288E">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Исп.Бейсекеева З.Р.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EF15A9" w:rsidRPr="0092288E" w:rsidRDefault="002C6926" w:rsidP="0092288E">
+    <w:p w:rsidR="002C6926" w:rsidRPr="002C6926" w:rsidRDefault="002C6926" w:rsidP="002C6926">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>87712848808</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD4E18" w:rsidRPr="00CD4E18" w:rsidRDefault="00CD4E18" w:rsidP="00CD4E18">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00635B0F" w:rsidRDefault="00EC429E" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="002C6926">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007174C5" w:rsidRDefault="00635B0F" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidR="002C6926">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007174C5" w:rsidRDefault="007174C5" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007174C5" w:rsidRDefault="007174C5" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007174C5" w:rsidRDefault="007174C5" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007174C5" w:rsidRDefault="007174C5" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007174C5" w:rsidRDefault="007174C5" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007174C5" w:rsidRDefault="007174C5" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007174C5" w:rsidRDefault="007174C5" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007174C5" w:rsidRDefault="007174C5" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007174C5" w:rsidRDefault="007174C5" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007174C5" w:rsidRDefault="007174C5" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007174C5" w:rsidRDefault="007174C5" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007174C5" w:rsidRDefault="007174C5" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007174C5" w:rsidRDefault="007174C5" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007174C5" w:rsidRDefault="007174C5" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRPr="00CD64F0" w:rsidRDefault="002C6926" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Справка о проведенной  лекции </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRPr="00CD64F0" w:rsidRDefault="002C6926" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тема</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Административная ответственность несовершеннолетних</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, «Нарушение  Устава  школы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRPr="00CD64F0" w:rsidRDefault="002C6926" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дата проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13  октября  2018</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRDefault="002C6926" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Классы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: 9-А, Б</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRDefault="002C6926" w:rsidP="002C6926">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12  октября  2018  года школьным инспектором  Керимжановой Г.С.  среди учащихся 8-х классов  проведена  профилактическая   беседа, на вышеуказанную   тему. В ходе беседы школьный инспектор   еще раз    учащимся  разъяснила  статьи  Административного Кодекса  РК, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRPr="00CD4E18" w:rsidRDefault="002C6926" w:rsidP="002C6926">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 434-435 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мелкое </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">улиганство, совершенное несовершеннолетним </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRDefault="002C6926" w:rsidP="002C6926">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Мелкое хулиганств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бросать мусор, семечки</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нецензурно выражаться, ломать чужое имущество и.т.д.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или хулиганство, предусмотренное частью первой </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00CD4E18">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>статьи 257</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уголовного кодекса Республики Казахстан, совершенное несовершеннолетним в возрасте от четырнадцати до шестнадцати лет, - влечет штраф на родителей или лиц, их заменяющих, в размере </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от двух до пяти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>месячных расчетных показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRDefault="004A6D90" w:rsidP="004A6D90">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5310"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A6D90" w:rsidRDefault="004A6D90" w:rsidP="004A6D90">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2294222" cy="2095500"/>
+            <wp:effectExtent l="0" t="76200" r="0" b="685800"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\13.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\13.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2294222" cy="2095500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:reflection blurRad="12700" stA="30000" endPos="30000" dist="5000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                    </a:effectLst>
+                    <a:scene3d>
+                      <a:camera prst="perspectiveContrastingLeftFacing">
+                        <a:rot lat="300000" lon="19800000" rev="0"/>
+                      </a:camera>
+                      <a:lightRig rig="threePt" dir="t">
+                        <a:rot lat="0" lon="0" rev="2700000"/>
+                      </a:lightRig>
+                    </a:scene3d>
+                    <a:sp3d>
+                      <a:bevelT w="63500" h="50800"/>
+                    </a:sp3d>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2114550" cy="2095500"/>
+            <wp:effectExtent l="0" t="57150" r="0" b="685800"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Зере\Desktop\13  1.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\13  1.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2122948" cy="2103822"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:reflection blurRad="12700" stA="30000" endPos="30000" dist="5000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                    </a:effectLst>
+                    <a:scene3d>
+                      <a:camera prst="perspectiveContrastingLeftFacing">
+                        <a:rot lat="300000" lon="19800000" rev="0"/>
+                      </a:camera>
+                      <a:lightRig rig="threePt" dir="t">
+                        <a:rot lat="0" lon="0" rev="2700000"/>
+                      </a:lightRig>
+                    </a:scene3d>
+                    <a:sp3d>
+                      <a:bevelT w="63500" h="50800"/>
+                    </a:sp3d>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRPr="00CD4E18" w:rsidRDefault="002C6926" w:rsidP="002C6926">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 440. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Распитие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алкогольных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">напитков или появление в общественных местах в пьяном виде  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRPr="00CD4E18" w:rsidRDefault="002C6926" w:rsidP="002C6926">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Распитие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алкогольных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">напитков на улицах и в других общественных местах, кроме организаций торговли и общественного питания, в которых продажа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алкогольных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">напитков на разлив разрешена местным исполнительным органом, или появление в общественных местах в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">пьяном виде, оскорбляющем человеческое достоинство и общественную нравственность, - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">влечет штраф в размере двух </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00CD4E18">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>4 – х  расчетных показателей</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRPr="00CD4E18" w:rsidRDefault="002C6926" w:rsidP="002C6926">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>442-3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нахождение несовершеннолетних в развлекательных заведениях в ночное время </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRPr="00CD4E18" w:rsidRDefault="002C6926" w:rsidP="002C6926">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Нахождение несовершеннолетних в развлекательных заведениях в ночное время без сопровождения законных представителей (с 23 до 6 часов утра) -</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRPr="00CD4E18" w:rsidRDefault="002C6926" w:rsidP="002C6926">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>влечет предупреждение на законных представителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRPr="00CD4E18" w:rsidRDefault="002C6926" w:rsidP="002C6926">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Действие, предусмотренное частью первой настоящей статьи, совершенное повторно в течение года после наложения административного взыскания, -</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRPr="00CD4E18" w:rsidRDefault="002C6926" w:rsidP="002C6926">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>влечет штраф на законных представителей в размере от пяти до десяти месячных расчетных показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRPr="00CD4E18" w:rsidRDefault="002C6926" w:rsidP="002C6926">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">442-2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нахождение несоверш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ннолетних без сопровождения законных представителей вне жилища</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRPr="00CD4E18" w:rsidRDefault="002C6926" w:rsidP="002C6926">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нахождение несовершеннолетних без сопровождения законных представителей вне жилища с 23 до 6 часов утра -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>влечет предупреждение законных представителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6926" w:rsidRPr="00CD4E18" w:rsidRDefault="002C6926" w:rsidP="002C6926">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Действие, предусмотренное частью первой настоящей статьи, совершенное повторно </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF15A9" w:rsidRDefault="002C6926" w:rsidP="001F5DE9">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0092288E">
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>течение года после наложения административного взыскания, -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">влечет штраф на законных представителей в размере пяти </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00CD4E18">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>месячных расчетных показателей</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF15A9" w:rsidRDefault="00EF15A9" w:rsidP="00CD64F0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF15A9" w:rsidRDefault="00EF15A9" w:rsidP="00CD64F0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF15A9" w:rsidRDefault="00EF15A9" w:rsidP="00CD64F0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF15A9" w:rsidRDefault="00EF15A9" w:rsidP="00CD64F0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF15A9" w:rsidRDefault="00EF15A9" w:rsidP="00CD64F0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F5DE9" w:rsidRDefault="001F5DE9" w:rsidP="001F5DE9">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F5DE9" w:rsidRDefault="001F5DE9" w:rsidP="001F5DE9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Исп.Бейсекеева З.Р.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F5DE9" w:rsidRPr="002C6926" w:rsidRDefault="001F5DE9" w:rsidP="001F5DE9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>87712848808</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00EF15A9" w:rsidRPr="0092288E" w:rsidSect="0086640F">
+    <w:p w:rsidR="00EF15A9" w:rsidRDefault="00EF15A9" w:rsidP="00CD64F0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00EF15A9" w:rsidSect="0086640F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="233F67CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0180EFA8"/>
     <w:lvl w:ilvl="0" w:tplc="886622CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -2428,91 +3622,89 @@
     <w:rsid w:val="007C2482"/>
     <w:rsid w:val="007D6DE6"/>
     <w:rsid w:val="007E3054"/>
     <w:rsid w:val="007F5D49"/>
     <w:rsid w:val="00805EC0"/>
     <w:rsid w:val="00830595"/>
     <w:rsid w:val="0083178B"/>
     <w:rsid w:val="00832ACB"/>
     <w:rsid w:val="00835BE7"/>
     <w:rsid w:val="00861AA4"/>
     <w:rsid w:val="0086640F"/>
     <w:rsid w:val="0086785A"/>
     <w:rsid w:val="008857E5"/>
     <w:rsid w:val="008A3E63"/>
     <w:rsid w:val="008A454F"/>
     <w:rsid w:val="008B5668"/>
     <w:rsid w:val="008B7113"/>
     <w:rsid w:val="008C0421"/>
     <w:rsid w:val="008D02CB"/>
     <w:rsid w:val="008D189C"/>
     <w:rsid w:val="008D355B"/>
     <w:rsid w:val="00905551"/>
     <w:rsid w:val="009146BA"/>
     <w:rsid w:val="0092175A"/>
     <w:rsid w:val="009223D9"/>
-    <w:rsid w:val="0092288E"/>
     <w:rsid w:val="0092611D"/>
     <w:rsid w:val="0095160B"/>
     <w:rsid w:val="009554EF"/>
     <w:rsid w:val="00957EE8"/>
     <w:rsid w:val="00963B74"/>
     <w:rsid w:val="00966E75"/>
     <w:rsid w:val="00970B2E"/>
     <w:rsid w:val="00970B39"/>
     <w:rsid w:val="0097284B"/>
     <w:rsid w:val="00974D69"/>
     <w:rsid w:val="00977332"/>
     <w:rsid w:val="00984A22"/>
     <w:rsid w:val="00995B6D"/>
     <w:rsid w:val="009973B9"/>
     <w:rsid w:val="009A1F7F"/>
     <w:rsid w:val="009A33DD"/>
     <w:rsid w:val="009A416C"/>
     <w:rsid w:val="009B1CBE"/>
     <w:rsid w:val="009B4631"/>
     <w:rsid w:val="009E7382"/>
     <w:rsid w:val="009F2F37"/>
     <w:rsid w:val="00A05D4B"/>
     <w:rsid w:val="00A14710"/>
     <w:rsid w:val="00A164C0"/>
     <w:rsid w:val="00A24EBB"/>
     <w:rsid w:val="00A26256"/>
     <w:rsid w:val="00A3470D"/>
     <w:rsid w:val="00A549EF"/>
     <w:rsid w:val="00A77D44"/>
     <w:rsid w:val="00A90F5E"/>
     <w:rsid w:val="00A954D0"/>
     <w:rsid w:val="00AA2487"/>
     <w:rsid w:val="00AC5EBE"/>
     <w:rsid w:val="00AD78CB"/>
     <w:rsid w:val="00AE1133"/>
     <w:rsid w:val="00AE280B"/>
     <w:rsid w:val="00AE3226"/>
     <w:rsid w:val="00AF0576"/>
     <w:rsid w:val="00AF19B2"/>
-    <w:rsid w:val="00AF76B5"/>
     <w:rsid w:val="00B00F5A"/>
     <w:rsid w:val="00B12771"/>
     <w:rsid w:val="00B17365"/>
     <w:rsid w:val="00B204B2"/>
     <w:rsid w:val="00B24DCE"/>
     <w:rsid w:val="00B25DEF"/>
     <w:rsid w:val="00B3389E"/>
     <w:rsid w:val="00B409E5"/>
     <w:rsid w:val="00B51D66"/>
     <w:rsid w:val="00B51E06"/>
     <w:rsid w:val="00B5226D"/>
     <w:rsid w:val="00B54FED"/>
     <w:rsid w:val="00B554D6"/>
     <w:rsid w:val="00B60937"/>
     <w:rsid w:val="00B64D44"/>
     <w:rsid w:val="00B706BB"/>
     <w:rsid w:val="00B7313C"/>
     <w:rsid w:val="00B764D4"/>
     <w:rsid w:val="00B85E9E"/>
     <w:rsid w:val="00B916BD"/>
     <w:rsid w:val="00BA74AA"/>
     <w:rsid w:val="00BB46D2"/>
     <w:rsid w:val="00BC63F9"/>
     <w:rsid w:val="00BC726C"/>
     <w:rsid w:val="00BD300C"/>
@@ -2610,51 +3802,51 @@
     <w:rsid w:val="00FC28BE"/>
     <w:rsid w:val="00FC4B17"/>
     <w:rsid w:val="00FC4B1A"/>
     <w:rsid w:val="00FC5E89"/>
     <w:rsid w:val="00FE022B"/>
     <w:rsid w:val="00FE6442"/>
     <w:rsid w:val="00FE7643"/>
     <w:rsid w:val="00FF7646"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="7170"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -3164,51 +4356,51 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="840505455">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/?m=ShowLink&amp;id=1000042951" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/?m=ShowLink&amp;id=1000000358" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/?m=ShowLink&amp;id=1000042951" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/?m=ShowLink&amp;id=1000000358" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/?m=ShowLink&amp;id=1000000358" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/?m=ShowLink&amp;id=1000000358" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3454,67 +4646,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>2203</Characters>
+  <Pages>1</Pages>
+  <Words>829</Words>
+  <Characters>4726</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2584</CharactersWithSpaces>
+  <CharactersWithSpaces>5544</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>