--- v0 (2025-12-10)
+++ v1 (2026-01-12)
@@ -1,7077 +1,1099 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00482971" w:rsidRDefault="0034174C" w:rsidP="00B70A4C">
+    <w:p w:rsidR="00000530" w:rsidRDefault="00000530" w:rsidP="00000530">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...109 lines deleted...]
-        <w:t xml:space="preserve"> - 1406.</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C092B65" wp14:editId="16D2A08E">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>4092575</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>73025</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1828800" cy="1819275"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\АДМИН 19\Desktop\Screenshot-2019-9-4 НАО ФСМС в Instagram «Фонд медицинского страхования запускает собственный контакт–центр 1406 С 1 сентяб[...].png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\АДМИН 19\Desktop\Screenshot-2019-9-4 НАО ФСМС в Instagram «Фонд медицинского страхования запускает собственный контакт–центр 1406 С 1 сентяб[...].png"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1828800" cy="1819275"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00801D3A" w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Фонд медицинского страхования запускает собственный контакт–центр 1406.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00482971" w:rsidRDefault="0034174C" w:rsidP="00B70A4C">
+    <w:p w:rsidR="00000530" w:rsidRDefault="00801D3A" w:rsidP="00000530">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B70A4C">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">1 </w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С 1 сентября по номеру 1406 можно будет получить консультации по вопросам медицинской помощи, подать обращение или жалобу, дать оценку удовлетворенности </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...3 lines deleted...]
-        <w:t>қыркүйектен</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>медуслугами</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...265 lines deleted...]
-      <w:r w:rsidRPr="00B70A4C">
+      <w:r w:rsidRPr="00000530">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00482971" w:rsidRDefault="0034174C" w:rsidP="00B70A4C">
+    <w:p w:rsidR="00000530" w:rsidRDefault="00801D3A" w:rsidP="00000530">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...221 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Звонки бесплатные с любого телефона по всему Казахстану. Контакт-центр работает в будние дни с 9.00 до 18.30.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001812E3" w:rsidRPr="00B70A4C" w:rsidRDefault="0034174C" w:rsidP="00B70A4C">
+    <w:p w:rsidR="001812E3" w:rsidRPr="00000530" w:rsidRDefault="00801D3A" w:rsidP="00000530">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В дальнейшем </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...3 lines deleted...]
-        <w:t>Келешекте</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>call</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...171 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>-центр начнет предоставлять сведения по наличию задолженности по взносам и отчислениям на страховую медицину.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B70A4C" w:rsidRDefault="00B70A4C" w:rsidP="00B70A4C">
+    <w:p w:rsidR="00801D3A" w:rsidRPr="00000530" w:rsidRDefault="00801D3A" w:rsidP="00000530">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00482971" w:rsidRDefault="00482971" w:rsidP="00B70A4C">
+    <w:p w:rsidR="00000530" w:rsidRDefault="00000530" w:rsidP="00000530">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B70A4C">
+      <w:r w:rsidRPr="00000530">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C11E0F9" wp14:editId="64F09F0D">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79B298F4" wp14:editId="53A2B2F7">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>4094480</wp:posOffset>
+              <wp:posOffset>4098290</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
-              <wp:posOffset>2349500</wp:posOffset>
+              <wp:posOffset>2316480</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1800225" cy="1790700"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\АДМИН 19\Desktop\Screenshot-2019-9-4 НАО ФСМС в Instagram «Как будут работать дневные стационары в условиях страховой медицины Дневной стаци[...].png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\АДМИН 19\Desktop\Screenshot-2019-9-4 НАО ФСМС в Instagram «Как будут работать дневные стационары в условиях страховой медицины Дневной стаци[...].png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800225" cy="1790700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="0034174C" w:rsidRPr="00B70A4C">
-[...298 lines deleted...]
-        <w:t xml:space="preserve"> формат.</w:t>
+      <w:r w:rsidR="00801D3A" w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Как будут работать дневные стационары в условиях страховой медицины?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0034174C" w:rsidRPr="00B70A4C" w:rsidRDefault="0034174C" w:rsidP="00B70A4C">
+    <w:p w:rsidR="00000530" w:rsidRDefault="00801D3A" w:rsidP="00000530">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...571 lines deleted...]
-        <w:br/>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Дневной стационар – замена больничной койки на более удобный пациенту формат медицинской помощи. Почему внебольничная помощь становится все более востребованной?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00482971" w:rsidRDefault="00B70A4C" w:rsidP="00B70A4C">
+    <w:p w:rsidR="00000530" w:rsidRDefault="00801D3A" w:rsidP="00000530">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B70A4C">
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>💉</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Длительное пребывание в больнице повышает риск госпитальной инфекции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000530" w:rsidRDefault="00801D3A" w:rsidP="00000530">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>💉</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Людям комфортно лечиться не в клинике, а дома, где и стены помогают;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000530" w:rsidRDefault="00801D3A" w:rsidP="00000530">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>💉</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Эффективные технологии лечения доступны не только в стенах больницы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00801D3A" w:rsidRPr="00000530" w:rsidRDefault="00801D3A" w:rsidP="00000530">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>💉</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Круглосуточное врачебное наблюдение требуется небольшому проценту больных.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000530" w:rsidRDefault="00000530" w:rsidP="00000530">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00000530">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B689F96" wp14:editId="77BF24D1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40CA5CCE" wp14:editId="2E5734C9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>4110990</wp:posOffset>
+              <wp:posOffset>4122420</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
-              <wp:posOffset>4702810</wp:posOffset>
+              <wp:posOffset>4923790</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1838325" cy="1676400"/>
-            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:extent cx="1798320" cy="1654810"/>
+            <wp:effectExtent l="0" t="0" r="0" b="2540"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\АДМИН 19\Desktop\Screenshot-2019-9-4 НАО ФСМС в Instagram «Фонд социального медицинского страхования – закуп эффективной и качественной меди[...].png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\АДМИН 19\Desktop\Screenshot-2019-9-4 НАО ФСМС в Instagram «Фонд социального медицинского страхования – закуп эффективной и качественной меди[...].png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1838325" cy="1676400"/>
+                      <a:ext cx="1798320" cy="1654810"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...389 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00801D3A" w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Фонд социального медицинского страхования – закуп эффективной и качественной медицинской помощи в интересах пациентов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00482971" w:rsidRDefault="00E12286" w:rsidP="00B70A4C">
+    <w:p w:rsidR="00000530" w:rsidRDefault="00801D3A" w:rsidP="00000530">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В 2020 году с внедрением ОСМС на 80 </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...3 lines deleted...]
-        <w:t>ба</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>млрд</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...416 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге увеличивается бюджет консультативно-диагностической помощи. Благодаря этому значительно расширяется перечень дорогостоящих диагностических и лабораторных исследований. Они позволяют выявить болезнь на ранних стадиях.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E12286" w:rsidRPr="00B70A4C" w:rsidRDefault="00E12286" w:rsidP="00B70A4C">
+    <w:p w:rsidR="00801D3A" w:rsidRPr="00000530" w:rsidRDefault="00801D3A" w:rsidP="00000530">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Речь идет о компьютерной и магнитно-резонансной томографии (КТ и МРТ), иммуноферментном анализе крови (ИФА), </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...3 lines deleted...]
-        <w:t>Диагностиканың</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>онкомаркерах</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...151 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и о самом точном методе диагностики - полимеразной цепной реакции (ПЦР). Эти методы диагностики будут доступны участникам медицинского страхования без ограничений по стоимости.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E12286" w:rsidRPr="00B70A4C" w:rsidRDefault="00E12286" w:rsidP="00B70A4C">
+    <w:p w:rsidR="00000530" w:rsidRDefault="00000530" w:rsidP="00000530">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00482971" w:rsidRDefault="00482971" w:rsidP="00B70A4C">
+    <w:p w:rsidR="00D015C0" w:rsidRPr="00000530" w:rsidRDefault="00E63455" w:rsidP="00000530">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B70A4C">
+      <w:r w:rsidRPr="00000530">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3ECE6415" wp14:editId="0EE2568B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="136127C5" wp14:editId="113F6372">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>4065270</wp:posOffset>
+              <wp:posOffset>4090670</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
-              <wp:posOffset>7423785</wp:posOffset>
+              <wp:posOffset>7666990</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1838325" cy="1665605"/>
-            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:extent cx="1793240" cy="1654810"/>
+            <wp:effectExtent l="0" t="0" r="0" b="2540"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\АДМИН 19\Desktop\Screenshot-2019-9-5 ОСМС МЕДСТРАХОВАНИЕ В РК🇰🇿 в Instagram «Бүгін, парламент палаталарының бірлескен отырысында, ҚР Прези[...](1).png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\АДМИН 19\Desktop\Screenshot-2019-9-5 ОСМС МЕДСТРАХОВАНИЕ В РК🇰🇿 в Instagram «Бүгін, парламент палаталарының бірлескен отырысында, ҚР Прези[...](1).png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect l="15891" t="19370" r="41252" b="22034"/>
+                    <a:srcRect l="16406" t="18735" r="40782" b="21078"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1838325" cy="1665605"/>
-[...517 lines deleted...]
-                      <a:ext cx="1838325" cy="1657350"/>
+                      <a:ext cx="1793240" cy="1654810"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="0034521A" w:rsidRPr="00B70A4C">
-[...249 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00D015C0" w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Сегодня на совместном заседании палат Парламента РК Президент РК Нурсултан Назарбаев объявил дату официального запуска системы обязательного социального медицинского страхования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0034521A" w:rsidRPr="00B70A4C" w:rsidRDefault="00482971" w:rsidP="00B70A4C">
+    <w:p w:rsidR="00D015C0" w:rsidRPr="00000530" w:rsidRDefault="00D015C0" w:rsidP="00000530">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00B70A4C">
+    </w:p>
+    <w:p w:rsidR="00D015C0" w:rsidRPr="00000530" w:rsidRDefault="00D015C0" w:rsidP="00000530">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Реализация ОСМС призвана улучшить качество и доступность медицинских услуг для всех жителей Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D015C0" w:rsidRPr="00000530" w:rsidRDefault="00D015C0" w:rsidP="00000530">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D015C0" w:rsidRPr="00000530" w:rsidRDefault="00000530" w:rsidP="00000530">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00000530">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E013AA5" wp14:editId="00338FE8">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="461C3CB3" wp14:editId="44516922">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>4137660</wp:posOffset>
+              <wp:posOffset>4184015</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
-              <wp:posOffset>82550</wp:posOffset>
+              <wp:posOffset>62865</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1732915" cy="1419225"/>
-            <wp:effectExtent l="0" t="0" r="635" b="9525"/>
+            <wp:extent cx="1762125" cy="1783715"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="6985"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="5" name="Рисунок 5" descr="C:\Users\АДМИН 19\Desktop\Screenshot-2019-9-5 НАО ФСМС в Instagram «2 сентября на совместном заседании палат парламента Президент РК Касым-Жомарт Ток[...].png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\АДМИН 19\Desktop\Screenshot-2019-9-5 НАО ФСМС в Instagram «2 сентября на совместном заседании палат парламента Президент РК Касым-Жомарт Ток[...].png"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId9" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect l="19101" t="12737" r="42055" b="20868"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1762125" cy="1783715"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00D015C0" w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 сентября на совместном заседании палат парламента Президент РК </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D015C0" w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Касым-Жомарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D015C0" w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Токаев объявил официальную дату запуска системы обязательного социального медицинского страхования.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D015C0" w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D015C0" w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">«С 1 января 2020 года в Казахстане запускается система обязательного социального медицинского страхования. Хочу донести до каждого: государство сохраняет гарантированный объем бесплатной медицинской помощи. На его финансирование будет направлено более 2,8 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D015C0" w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>трлн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D015C0" w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге в течение следующих трех лет»,-сказал Президент.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D015C0" w:rsidRPr="00000530" w:rsidRDefault="00D015C0" w:rsidP="00000530">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000530" w:rsidRDefault="00D015C0" w:rsidP="00000530">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Уже совсем скоро, 1 января 2020 года, обязательное социального медицинское страхование (ОСМС) заработает.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Одни ждут этого с надеждой, другие — со страхом. Чего же следует ожидать на самом деле?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000530" w:rsidRDefault="00E63455" w:rsidP="00000530">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="102EADBB" wp14:editId="69CB8FEF">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>4196715</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>2732405</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1816735" cy="1859915"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6985"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="7" name="Рисунок 7" descr="C:\Users\АДМИН 19\Desktop\Screenshot-2019-9-5 ОСМС МЕДСТРАХОВАНИЕ В РК🇰🇿 в Instagram «Уже совсем скоро, 1 января 2020 года, обязательное социальног[...].png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\АДМИН 19\Desktop\Screenshot-2019-9-5 ОСМС МЕДСТРАХОВАНИЕ В РК🇰🇿 в Instagram «Уже совсем скоро, 1 января 2020 года, обязательное социальног[...].png"/>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\АДМИН 19\Desktop\Screenshot-2019-9-5 ОСМС МЕДСТРАХОВАНИЕ В РК🇰🇿 в Instagram «Уже совсем скоро, 1 января 2020 года, обязательное социальног[...].png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect l="22669" t="13939" r="42283" b="22424"/>
+                    <a:srcRect l="22669" t="13333" r="43408" b="21212"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1732915" cy="1419225"/>
+                      <a:ext cx="1816735" cy="1859915"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:proofErr w:type="spellStart"/>
-[...263 lines deleted...]
-        <w:t>?</w:t>
+      <w:r w:rsidR="00D015C0" w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Преимуществом ОСМС является сохранение широкого объема гарантированной бесплатной медицинской помощи (ГОБМП) для всех, независимо от участия в страховании.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0034521A" w:rsidRPr="00B70A4C" w:rsidRDefault="0034521A" w:rsidP="00B70A4C">
+    <w:p w:rsidR="00000530" w:rsidRDefault="00D015C0" w:rsidP="00000530">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B70A4C">
-[...109 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...3 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Напоминаем, в пакет ГОБМП в первую очередь вошли скорая неотложная помощь, услуги санитарной авиации, первичная медико-санитарная помощь, а также лечение основных, наиболее распространенных социально значимых заболеваний (туберкулез, ВИЧ-инфекция, геморрагические лихорадки, малярия, сифилис, чума, брюшной тиф и прочие) и 25 групп хронических заболеваний (диабет, артериальная гипертензия, хронические гепатиты).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...122 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А также их бесплатное лекарственное обеспечение и вакцины.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0034521A" w:rsidRPr="00B70A4C" w:rsidRDefault="0034521A" w:rsidP="00B70A4C">
+    <w:p w:rsidR="00000530" w:rsidRDefault="00D015C0" w:rsidP="00000530">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B70A4C">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">ТМККК </w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">И все 18,5 миллиона </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...3 lines deleted...]
-        <w:t>пакетіне</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>казахстанцев</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, включая </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...17 lines deleted...]
-        <w:t>інші</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>оралманов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...605 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и резидентов нашей страны, постоянно проживающих у нас, будут получать этот гарантированный бесплатный перечень услуг.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0034521A" w:rsidRPr="00B70A4C" w:rsidRDefault="0034521A" w:rsidP="00B70A4C">
+    <w:p w:rsidR="00000530" w:rsidRDefault="00D015C0" w:rsidP="00000530">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А чтобы понять, чем же гарантированная медпомощь отличается </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> страховой, рассмотрим пример.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Диагностировали у человека, например, туберкулез – его не только бесплатно пролечат, обеспечат последующей санаторно-курортной реабилитацией. Это социально значимое заболевание, которое входит в пакет бесплатной медицины. Если же человек захотел вылечить бесплодие и пройти программу ЭКО или же поставить себе новый из дорогостоящего титанового сплава сустав, то это услуги пакета </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...3 lines deleted...]
-        <w:t>Және</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>медстрахования</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...283 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для застрахованных граждан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0034521A" w:rsidRPr="00B70A4C" w:rsidRDefault="0034521A" w:rsidP="00B70A4C">
+    <w:p w:rsidR="00000530" w:rsidRDefault="00D015C0" w:rsidP="00000530">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B70A4C">
-[...66 lines deleted...]
-        <w:t>тү</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Очень важно понимать, что качественные страховые услуги всегда намного дешевле </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...3 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>разовых</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...108 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> платных. Вот, к примеру, лабораторные консультативно-диагностические услуги дорогостоящие, потребность в них велика, но не каждому по карману. Но данные услуги входят в пакет ОСМС, к тому же их финансирование увеличиться в 6 раз. Поэтому уже за первый год работы системы граждане смогут тратить меньше своих собственных средств на лечение. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0034521A" w:rsidRPr="00B70A4C" w:rsidRDefault="0034521A" w:rsidP="00B70A4C">
+    <w:p w:rsidR="00D015C0" w:rsidRPr="00000530" w:rsidRDefault="00D015C0" w:rsidP="00000530">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А Фонд </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...3 lines deleted...]
-        <w:t>Мысалы</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>медстрахования</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B70A4C">
-[...607 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00000530">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выступает гарантом качества и доступности</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0034521A" w:rsidRPr="00B70A4C" w:rsidRDefault="0034521A" w:rsidP="00B70A4C">
+    <w:p w:rsidR="00D015C0" w:rsidRPr="00000530" w:rsidRDefault="00D015C0" w:rsidP="00000530">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0034521A" w:rsidRPr="00B70A4C" w:rsidRDefault="0034521A" w:rsidP="00B70A4C">
-[...868 lines deleted...]
-    <w:sectPr w:rsidR="0034521A" w:rsidRPr="00B70A4C">
+    <w:sectPr w:rsidR="00D015C0" w:rsidRPr="00000530">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -7079,146 +1101,144 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000006F" w:usb1="1200FBEF" w:usb2="0064C000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="60"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0034174C"/>
+    <w:rsidRoot w:val="002B0AA6"/>
+    <w:rsid w:val="00000530"/>
     <w:rsid w:val="00000E56"/>
     <w:rsid w:val="00001DC9"/>
     <w:rsid w:val="00011F26"/>
     <w:rsid w:val="000121BB"/>
     <w:rsid w:val="0001578F"/>
     <w:rsid w:val="00016D13"/>
     <w:rsid w:val="00017596"/>
     <w:rsid w:val="0002408C"/>
     <w:rsid w:val="00024928"/>
     <w:rsid w:val="0002538F"/>
     <w:rsid w:val="00027534"/>
     <w:rsid w:val="00030C46"/>
-    <w:rsid w:val="000319DE"/>
     <w:rsid w:val="00032E87"/>
     <w:rsid w:val="00033482"/>
     <w:rsid w:val="00033545"/>
     <w:rsid w:val="00034696"/>
     <w:rsid w:val="0003526D"/>
     <w:rsid w:val="00042F0D"/>
     <w:rsid w:val="000431CF"/>
     <w:rsid w:val="00044F40"/>
     <w:rsid w:val="00056363"/>
     <w:rsid w:val="00060670"/>
     <w:rsid w:val="00061DE4"/>
     <w:rsid w:val="0006366F"/>
     <w:rsid w:val="00063FB9"/>
     <w:rsid w:val="000648FC"/>
     <w:rsid w:val="000658BA"/>
     <w:rsid w:val="00065E26"/>
     <w:rsid w:val="0007099D"/>
     <w:rsid w:val="0007161F"/>
     <w:rsid w:val="000723FD"/>
     <w:rsid w:val="00073C6A"/>
     <w:rsid w:val="000804F3"/>
     <w:rsid w:val="00093D76"/>
     <w:rsid w:val="000952D8"/>
     <w:rsid w:val="0009539B"/>
     <w:rsid w:val="00096920"/>
     <w:rsid w:val="00097EC2"/>
     <w:rsid w:val="000A4CD6"/>
     <w:rsid w:val="000A5445"/>
-    <w:rsid w:val="000B14A5"/>
     <w:rsid w:val="000B251D"/>
     <w:rsid w:val="000C26C9"/>
     <w:rsid w:val="000E184B"/>
     <w:rsid w:val="000E1FA6"/>
     <w:rsid w:val="000E2611"/>
     <w:rsid w:val="000E2E5B"/>
     <w:rsid w:val="000E7798"/>
     <w:rsid w:val="000E77E3"/>
     <w:rsid w:val="000E7E04"/>
     <w:rsid w:val="000F3BB1"/>
     <w:rsid w:val="000F787E"/>
     <w:rsid w:val="00102451"/>
     <w:rsid w:val="0010286D"/>
     <w:rsid w:val="00105597"/>
     <w:rsid w:val="00107111"/>
     <w:rsid w:val="00111530"/>
     <w:rsid w:val="00111D71"/>
     <w:rsid w:val="00114349"/>
     <w:rsid w:val="00115186"/>
     <w:rsid w:val="00115F76"/>
     <w:rsid w:val="00116E4D"/>
     <w:rsid w:val="0011776F"/>
     <w:rsid w:val="001224E3"/>
     <w:rsid w:val="001228F7"/>
     <w:rsid w:val="00122FCB"/>
     <w:rsid w:val="001253AC"/>
     <w:rsid w:val="00130010"/>
     <w:rsid w:val="001345CA"/>
     <w:rsid w:val="001364FF"/>
     <w:rsid w:val="00141913"/>
     <w:rsid w:val="001419E6"/>
     <w:rsid w:val="00141C2A"/>
     <w:rsid w:val="00142AB1"/>
     <w:rsid w:val="00142BB8"/>
     <w:rsid w:val="001627E9"/>
     <w:rsid w:val="00163501"/>
     <w:rsid w:val="001639A5"/>
     <w:rsid w:val="00170CF2"/>
     <w:rsid w:val="001745CC"/>
     <w:rsid w:val="00175930"/>
     <w:rsid w:val="00175932"/>
-    <w:rsid w:val="00176EFC"/>
     <w:rsid w:val="001812E3"/>
     <w:rsid w:val="00184CBB"/>
     <w:rsid w:val="001861AC"/>
     <w:rsid w:val="00186CBB"/>
     <w:rsid w:val="001939EB"/>
     <w:rsid w:val="00196580"/>
     <w:rsid w:val="00197309"/>
     <w:rsid w:val="00197537"/>
     <w:rsid w:val="001A6239"/>
     <w:rsid w:val="001A769C"/>
     <w:rsid w:val="001B5C43"/>
     <w:rsid w:val="001B79E7"/>
     <w:rsid w:val="001C28EE"/>
     <w:rsid w:val="001C4DF8"/>
     <w:rsid w:val="001D0FDD"/>
     <w:rsid w:val="001D144A"/>
     <w:rsid w:val="001D1C9C"/>
     <w:rsid w:val="001D66DE"/>
     <w:rsid w:val="001E009E"/>
     <w:rsid w:val="001E01AE"/>
     <w:rsid w:val="001E6623"/>
     <w:rsid w:val="001E6F93"/>
     <w:rsid w:val="001E7743"/>
     <w:rsid w:val="001F09DC"/>
     <w:rsid w:val="001F1FC0"/>
@@ -7236,128 +1256,126 @@
     <w:rsid w:val="00246E43"/>
     <w:rsid w:val="00246F15"/>
     <w:rsid w:val="00247AAE"/>
     <w:rsid w:val="0025026E"/>
     <w:rsid w:val="00250A55"/>
     <w:rsid w:val="002510F7"/>
     <w:rsid w:val="00252032"/>
     <w:rsid w:val="002569FD"/>
     <w:rsid w:val="002619F8"/>
     <w:rsid w:val="002701DE"/>
     <w:rsid w:val="00272D78"/>
     <w:rsid w:val="00276A28"/>
     <w:rsid w:val="00277379"/>
     <w:rsid w:val="00280277"/>
     <w:rsid w:val="00280C7F"/>
     <w:rsid w:val="00282C6F"/>
     <w:rsid w:val="002830E6"/>
     <w:rsid w:val="002917E7"/>
     <w:rsid w:val="002922A4"/>
     <w:rsid w:val="00295469"/>
     <w:rsid w:val="00295712"/>
     <w:rsid w:val="00295D6B"/>
     <w:rsid w:val="0029780F"/>
     <w:rsid w:val="002A43F9"/>
     <w:rsid w:val="002B06CD"/>
+    <w:rsid w:val="002B0AA6"/>
     <w:rsid w:val="002B4486"/>
     <w:rsid w:val="002B56D2"/>
     <w:rsid w:val="002C10FC"/>
     <w:rsid w:val="002C1DE0"/>
     <w:rsid w:val="002C3557"/>
     <w:rsid w:val="002C43E9"/>
     <w:rsid w:val="002C6E10"/>
     <w:rsid w:val="002D295A"/>
     <w:rsid w:val="002D4DE2"/>
     <w:rsid w:val="002D5285"/>
     <w:rsid w:val="002D5DB1"/>
     <w:rsid w:val="002D760D"/>
     <w:rsid w:val="002E17E7"/>
     <w:rsid w:val="002E3528"/>
     <w:rsid w:val="002E6490"/>
     <w:rsid w:val="002F3EF5"/>
     <w:rsid w:val="002F4DE9"/>
     <w:rsid w:val="002F77C6"/>
     <w:rsid w:val="00304CAE"/>
     <w:rsid w:val="00311708"/>
     <w:rsid w:val="003153C6"/>
     <w:rsid w:val="00317242"/>
     <w:rsid w:val="003212E9"/>
     <w:rsid w:val="003253B8"/>
     <w:rsid w:val="00333B07"/>
-    <w:rsid w:val="0034174C"/>
-    <w:rsid w:val="0034521A"/>
     <w:rsid w:val="003452B6"/>
     <w:rsid w:val="003478A6"/>
     <w:rsid w:val="003523B4"/>
     <w:rsid w:val="00362000"/>
     <w:rsid w:val="00364532"/>
     <w:rsid w:val="00364C17"/>
     <w:rsid w:val="00367503"/>
     <w:rsid w:val="0037065D"/>
     <w:rsid w:val="00372AA3"/>
     <w:rsid w:val="003854AA"/>
     <w:rsid w:val="003921EF"/>
     <w:rsid w:val="003962F3"/>
     <w:rsid w:val="00397893"/>
     <w:rsid w:val="003A0C8C"/>
     <w:rsid w:val="003A31AE"/>
     <w:rsid w:val="003A50DB"/>
     <w:rsid w:val="003B1CEA"/>
     <w:rsid w:val="003B1EE5"/>
     <w:rsid w:val="003B5571"/>
     <w:rsid w:val="003B57AD"/>
     <w:rsid w:val="003B772B"/>
     <w:rsid w:val="003C1DB4"/>
     <w:rsid w:val="003C330D"/>
     <w:rsid w:val="003C65B6"/>
     <w:rsid w:val="003D0B8F"/>
     <w:rsid w:val="003D6362"/>
     <w:rsid w:val="003D712A"/>
     <w:rsid w:val="003E012D"/>
     <w:rsid w:val="003E0FCE"/>
     <w:rsid w:val="003E1FE0"/>
     <w:rsid w:val="003E2EFA"/>
     <w:rsid w:val="003E6E98"/>
     <w:rsid w:val="003F2865"/>
     <w:rsid w:val="00400501"/>
     <w:rsid w:val="0040105C"/>
     <w:rsid w:val="0041064B"/>
     <w:rsid w:val="00416029"/>
     <w:rsid w:val="00417A0E"/>
     <w:rsid w:val="0043273F"/>
     <w:rsid w:val="00432944"/>
     <w:rsid w:val="004413C6"/>
     <w:rsid w:val="0044669B"/>
     <w:rsid w:val="00454BA4"/>
     <w:rsid w:val="00456484"/>
     <w:rsid w:val="00456803"/>
     <w:rsid w:val="00457B0C"/>
     <w:rsid w:val="0046390B"/>
     <w:rsid w:val="00466CBD"/>
     <w:rsid w:val="00472681"/>
     <w:rsid w:val="00473E14"/>
-    <w:rsid w:val="00482971"/>
     <w:rsid w:val="00483C44"/>
     <w:rsid w:val="004859F6"/>
     <w:rsid w:val="0048658E"/>
     <w:rsid w:val="004868FE"/>
     <w:rsid w:val="00490A05"/>
     <w:rsid w:val="004913D3"/>
     <w:rsid w:val="00494397"/>
     <w:rsid w:val="00496677"/>
     <w:rsid w:val="00496C8C"/>
     <w:rsid w:val="004977BF"/>
     <w:rsid w:val="004A2456"/>
     <w:rsid w:val="004A68AC"/>
     <w:rsid w:val="004B09CB"/>
     <w:rsid w:val="004B788A"/>
     <w:rsid w:val="004C03D7"/>
     <w:rsid w:val="004C5D9C"/>
     <w:rsid w:val="004C69CD"/>
     <w:rsid w:val="004D21FD"/>
     <w:rsid w:val="004E4F93"/>
     <w:rsid w:val="004E50A9"/>
     <w:rsid w:val="004F2268"/>
     <w:rsid w:val="004F56AC"/>
     <w:rsid w:val="004F6644"/>
     <w:rsid w:val="00501316"/>
     <w:rsid w:val="00502589"/>
@@ -7405,50 +1423,51 @@
     <w:rsid w:val="005D7182"/>
     <w:rsid w:val="005D7F64"/>
     <w:rsid w:val="005E1F3B"/>
     <w:rsid w:val="005E40DA"/>
     <w:rsid w:val="005E5C5D"/>
     <w:rsid w:val="005F0182"/>
     <w:rsid w:val="005F268D"/>
     <w:rsid w:val="005F2BF0"/>
     <w:rsid w:val="005F3ED1"/>
     <w:rsid w:val="005F6041"/>
     <w:rsid w:val="005F7DB5"/>
     <w:rsid w:val="00603F86"/>
     <w:rsid w:val="00604E6C"/>
     <w:rsid w:val="00607A1A"/>
     <w:rsid w:val="006168B6"/>
     <w:rsid w:val="00620140"/>
     <w:rsid w:val="00621C69"/>
     <w:rsid w:val="00621FD7"/>
     <w:rsid w:val="006264D9"/>
     <w:rsid w:val="006347BC"/>
     <w:rsid w:val="00634D93"/>
     <w:rsid w:val="006467DE"/>
     <w:rsid w:val="0065503F"/>
     <w:rsid w:val="00656157"/>
     <w:rsid w:val="0066206A"/>
+    <w:rsid w:val="00662C09"/>
     <w:rsid w:val="00664707"/>
     <w:rsid w:val="00672AC9"/>
     <w:rsid w:val="0067634D"/>
     <w:rsid w:val="00680568"/>
     <w:rsid w:val="00681A36"/>
     <w:rsid w:val="00681E51"/>
     <w:rsid w:val="0068282B"/>
     <w:rsid w:val="00682D25"/>
     <w:rsid w:val="006917AA"/>
     <w:rsid w:val="0069227F"/>
     <w:rsid w:val="00695794"/>
     <w:rsid w:val="006A0662"/>
     <w:rsid w:val="006A0A7F"/>
     <w:rsid w:val="006A3FBD"/>
     <w:rsid w:val="006C2C72"/>
     <w:rsid w:val="006C3FFB"/>
     <w:rsid w:val="006C5B3C"/>
     <w:rsid w:val="006D1423"/>
     <w:rsid w:val="006D4CFA"/>
     <w:rsid w:val="006E2121"/>
     <w:rsid w:val="006E2525"/>
     <w:rsid w:val="006E2774"/>
     <w:rsid w:val="006E2D95"/>
     <w:rsid w:val="006E2F40"/>
     <w:rsid w:val="006E4514"/>
@@ -7465,69 +1484,71 @@
     <w:rsid w:val="00740837"/>
     <w:rsid w:val="00746794"/>
     <w:rsid w:val="00750239"/>
     <w:rsid w:val="007627EC"/>
     <w:rsid w:val="007628C9"/>
     <w:rsid w:val="00765115"/>
     <w:rsid w:val="00766019"/>
     <w:rsid w:val="0077128C"/>
     <w:rsid w:val="00772365"/>
     <w:rsid w:val="00774737"/>
     <w:rsid w:val="00774EE9"/>
     <w:rsid w:val="00777115"/>
     <w:rsid w:val="00780DCE"/>
     <w:rsid w:val="00782359"/>
     <w:rsid w:val="007855E1"/>
     <w:rsid w:val="00785F87"/>
     <w:rsid w:val="00786121"/>
     <w:rsid w:val="00791F79"/>
     <w:rsid w:val="00792AAF"/>
     <w:rsid w:val="00796AAE"/>
     <w:rsid w:val="007A4013"/>
     <w:rsid w:val="007A5830"/>
     <w:rsid w:val="007B0A0E"/>
     <w:rsid w:val="007B1BB3"/>
     <w:rsid w:val="007B2BAF"/>
+    <w:rsid w:val="007B546E"/>
     <w:rsid w:val="007B6E40"/>
     <w:rsid w:val="007B7A57"/>
     <w:rsid w:val="007C110B"/>
     <w:rsid w:val="007C165C"/>
     <w:rsid w:val="007D3385"/>
     <w:rsid w:val="007D4720"/>
     <w:rsid w:val="007D49B8"/>
     <w:rsid w:val="007E1197"/>
     <w:rsid w:val="007E3076"/>
     <w:rsid w:val="007E6BBA"/>
     <w:rsid w:val="007E6DDE"/>
     <w:rsid w:val="007E7522"/>
     <w:rsid w:val="007F05A2"/>
     <w:rsid w:val="007F0B8E"/>
     <w:rsid w:val="007F2A0B"/>
     <w:rsid w:val="007F4B50"/>
     <w:rsid w:val="007F540D"/>
     <w:rsid w:val="007F5E20"/>
     <w:rsid w:val="00801597"/>
+    <w:rsid w:val="00801D3A"/>
     <w:rsid w:val="00802BD6"/>
     <w:rsid w:val="008055D2"/>
     <w:rsid w:val="00814609"/>
     <w:rsid w:val="00814A6C"/>
     <w:rsid w:val="00814E45"/>
     <w:rsid w:val="00815D23"/>
     <w:rsid w:val="0081669C"/>
     <w:rsid w:val="0082320B"/>
     <w:rsid w:val="00824685"/>
     <w:rsid w:val="00827149"/>
     <w:rsid w:val="00840810"/>
     <w:rsid w:val="00843238"/>
     <w:rsid w:val="0084589E"/>
     <w:rsid w:val="00845E8E"/>
     <w:rsid w:val="00850B14"/>
     <w:rsid w:val="008516E0"/>
     <w:rsid w:val="00857EDF"/>
     <w:rsid w:val="00866101"/>
     <w:rsid w:val="00866181"/>
     <w:rsid w:val="00866CC2"/>
     <w:rsid w:val="008715F1"/>
     <w:rsid w:val="00873FD3"/>
     <w:rsid w:val="00874426"/>
     <w:rsid w:val="0087781F"/>
     <w:rsid w:val="008812D4"/>
@@ -7654,51 +1675,50 @@
     <w:rsid w:val="00AB5295"/>
     <w:rsid w:val="00AC2884"/>
     <w:rsid w:val="00AC3335"/>
     <w:rsid w:val="00AC5759"/>
     <w:rsid w:val="00AC6430"/>
     <w:rsid w:val="00AC7ACB"/>
     <w:rsid w:val="00AD0875"/>
     <w:rsid w:val="00AD38D7"/>
     <w:rsid w:val="00AD6120"/>
     <w:rsid w:val="00AE1997"/>
     <w:rsid w:val="00AE4E4C"/>
     <w:rsid w:val="00AE651B"/>
     <w:rsid w:val="00AF0852"/>
     <w:rsid w:val="00AF2218"/>
     <w:rsid w:val="00B03ABF"/>
     <w:rsid w:val="00B1180C"/>
     <w:rsid w:val="00B20CA6"/>
     <w:rsid w:val="00B33572"/>
     <w:rsid w:val="00B464C9"/>
     <w:rsid w:val="00B51C10"/>
     <w:rsid w:val="00B548A3"/>
     <w:rsid w:val="00B55B5A"/>
     <w:rsid w:val="00B571C9"/>
     <w:rsid w:val="00B62485"/>
     <w:rsid w:val="00B62F84"/>
-    <w:rsid w:val="00B70A4C"/>
     <w:rsid w:val="00B70C53"/>
     <w:rsid w:val="00B7509D"/>
     <w:rsid w:val="00B82EBF"/>
     <w:rsid w:val="00B95A6B"/>
     <w:rsid w:val="00B975EB"/>
     <w:rsid w:val="00BA0CCE"/>
     <w:rsid w:val="00BA146F"/>
     <w:rsid w:val="00BA456A"/>
     <w:rsid w:val="00BA4A9B"/>
     <w:rsid w:val="00BA718D"/>
     <w:rsid w:val="00BC0EC2"/>
     <w:rsid w:val="00BC2076"/>
     <w:rsid w:val="00BC35D0"/>
     <w:rsid w:val="00BC3BC3"/>
     <w:rsid w:val="00BC4B6A"/>
     <w:rsid w:val="00BC543D"/>
     <w:rsid w:val="00BD25DD"/>
     <w:rsid w:val="00BD5A3B"/>
     <w:rsid w:val="00BE048E"/>
     <w:rsid w:val="00BE3300"/>
     <w:rsid w:val="00BF38F0"/>
     <w:rsid w:val="00BF60E6"/>
     <w:rsid w:val="00BF6F0B"/>
     <w:rsid w:val="00C01EF9"/>
     <w:rsid w:val="00C0248A"/>
@@ -7725,106 +1745,107 @@
     <w:rsid w:val="00C618FF"/>
     <w:rsid w:val="00C70AF1"/>
     <w:rsid w:val="00C70D90"/>
     <w:rsid w:val="00C715F2"/>
     <w:rsid w:val="00C73E05"/>
     <w:rsid w:val="00C767DB"/>
     <w:rsid w:val="00C76BF8"/>
     <w:rsid w:val="00C771AC"/>
     <w:rsid w:val="00C8495C"/>
     <w:rsid w:val="00C86C3B"/>
     <w:rsid w:val="00C92FF5"/>
     <w:rsid w:val="00C9691E"/>
     <w:rsid w:val="00CA1197"/>
     <w:rsid w:val="00CB1E60"/>
     <w:rsid w:val="00CB2997"/>
     <w:rsid w:val="00CB3D3A"/>
     <w:rsid w:val="00CC033F"/>
     <w:rsid w:val="00CC66B6"/>
     <w:rsid w:val="00CC6BB8"/>
     <w:rsid w:val="00CD1D29"/>
     <w:rsid w:val="00CD2587"/>
     <w:rsid w:val="00CE1309"/>
     <w:rsid w:val="00CF2BAC"/>
     <w:rsid w:val="00CF56B1"/>
     <w:rsid w:val="00CF6ACB"/>
+    <w:rsid w:val="00D015C0"/>
     <w:rsid w:val="00D02629"/>
     <w:rsid w:val="00D0327E"/>
     <w:rsid w:val="00D20E91"/>
     <w:rsid w:val="00D21676"/>
     <w:rsid w:val="00D225ED"/>
     <w:rsid w:val="00D2493B"/>
     <w:rsid w:val="00D328E8"/>
     <w:rsid w:val="00D41A82"/>
     <w:rsid w:val="00D42A5C"/>
     <w:rsid w:val="00D530B7"/>
     <w:rsid w:val="00D54B8D"/>
     <w:rsid w:val="00D659ED"/>
     <w:rsid w:val="00D671E8"/>
     <w:rsid w:val="00D8236E"/>
     <w:rsid w:val="00D8526F"/>
     <w:rsid w:val="00D879D2"/>
     <w:rsid w:val="00D9123D"/>
     <w:rsid w:val="00D92B94"/>
     <w:rsid w:val="00D940F4"/>
     <w:rsid w:val="00DA13A1"/>
     <w:rsid w:val="00DA15F3"/>
     <w:rsid w:val="00DA2F27"/>
     <w:rsid w:val="00DB0A1B"/>
     <w:rsid w:val="00DB3EC2"/>
     <w:rsid w:val="00DC0338"/>
     <w:rsid w:val="00DC092B"/>
     <w:rsid w:val="00DC0EAA"/>
     <w:rsid w:val="00DC3FF5"/>
     <w:rsid w:val="00DD1AD9"/>
     <w:rsid w:val="00DD3904"/>
     <w:rsid w:val="00DD7940"/>
     <w:rsid w:val="00DE11E5"/>
     <w:rsid w:val="00DE2DEE"/>
     <w:rsid w:val="00DE3449"/>
     <w:rsid w:val="00DF0325"/>
     <w:rsid w:val="00DF1C44"/>
     <w:rsid w:val="00DF2581"/>
     <w:rsid w:val="00DF4860"/>
     <w:rsid w:val="00E02C00"/>
     <w:rsid w:val="00E073A2"/>
     <w:rsid w:val="00E11533"/>
     <w:rsid w:val="00E1221C"/>
-    <w:rsid w:val="00E12286"/>
     <w:rsid w:val="00E1239B"/>
     <w:rsid w:val="00E15466"/>
     <w:rsid w:val="00E1629D"/>
     <w:rsid w:val="00E2293A"/>
     <w:rsid w:val="00E251E3"/>
     <w:rsid w:val="00E26B69"/>
     <w:rsid w:val="00E27C9F"/>
     <w:rsid w:val="00E3255D"/>
     <w:rsid w:val="00E36DCA"/>
     <w:rsid w:val="00E41922"/>
     <w:rsid w:val="00E46F51"/>
     <w:rsid w:val="00E540C6"/>
     <w:rsid w:val="00E5684B"/>
+    <w:rsid w:val="00E63455"/>
     <w:rsid w:val="00E64081"/>
     <w:rsid w:val="00E649D7"/>
     <w:rsid w:val="00E67435"/>
     <w:rsid w:val="00E7637D"/>
     <w:rsid w:val="00E81F31"/>
     <w:rsid w:val="00E838AE"/>
     <w:rsid w:val="00E83ED6"/>
     <w:rsid w:val="00E95C1E"/>
     <w:rsid w:val="00EA1E36"/>
     <w:rsid w:val="00EA453C"/>
     <w:rsid w:val="00EB04C9"/>
     <w:rsid w:val="00EB2AFF"/>
     <w:rsid w:val="00EB6C4E"/>
     <w:rsid w:val="00EB7F2D"/>
     <w:rsid w:val="00EC0352"/>
     <w:rsid w:val="00EC1AC2"/>
     <w:rsid w:val="00EC1FAA"/>
     <w:rsid w:val="00EC3227"/>
     <w:rsid w:val="00EC4DA6"/>
     <w:rsid w:val="00EC60E2"/>
     <w:rsid w:val="00ED29DE"/>
     <w:rsid w:val="00ED6DFA"/>
     <w:rsid w:val="00EE5C58"/>
     <w:rsid w:val="00F00787"/>
     <w:rsid w:val="00F05C90"/>
@@ -8612,71 +2633,83 @@
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:rsid w:val="00A343C7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:i/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A343C7"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af3">
+  <w:style w:type="character" w:styleId="af3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00801D3A"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af4"/>
+    <w:link w:val="af5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0034174C"/>
+    <w:rsid w:val="00801D3A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af3"/>
+    <w:link w:val="af4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0034174C"/>
+    <w:rsid w:val="00801D3A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -9385,71 +3418,83 @@
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:rsid w:val="00A343C7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:i/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A343C7"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af3">
+  <w:style w:type="character" w:styleId="af3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00801D3A"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af4"/>
+    <w:link w:val="af5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0034174C"/>
+    <w:rsid w:val="00801D3A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af3"/>
+    <w:link w:val="af4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0034174C"/>
+    <w:rsid w:val="00801D3A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
@@ -9714,66 +3759,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3561</Characters>
+  <Pages>2</Pages>
+  <Words>667</Words>
+  <Characters>3808</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
+  <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4177</CharactersWithSpaces>
+  <CharactersWithSpaces>4467</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>АДМИН 19</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>