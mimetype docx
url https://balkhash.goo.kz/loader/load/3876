--- v0 (2025-12-10)
+++ v1 (2026-01-09)
@@ -2,1307 +2,289 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="005B4AA2" w:rsidRPr="005B4AA2" w:rsidRDefault="005B4AA2" w:rsidP="005B4AA2">
+    <w:p w:rsidR="001809C7" w:rsidRPr="001809C7" w:rsidRDefault="001809C7" w:rsidP="001809C7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005B4AA2">
+      <w:r w:rsidRPr="001809C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Б</w:t>
-[...8 lines deleted...]
-        <w:t>ІЛІМ КҮНІ - 2019</w:t>
+        <w:t>THE DAY OF KNOWLEDGE - 2019</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B4AA2" w:rsidRPr="005B4AA2" w:rsidRDefault="005B4AA2" w:rsidP="005B4AA2">
+    <w:p w:rsidR="001809C7" w:rsidRPr="001809C7" w:rsidRDefault="001809C7" w:rsidP="001809C7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B4AA2">
-[...602 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="005B4AA2" w:rsidRPr="005B4AA2" w:rsidRDefault="005B4AA2" w:rsidP="005B4AA2">
+    <w:p w:rsidR="001809C7" w:rsidRPr="001809C7" w:rsidRDefault="001809C7" w:rsidP="001809C7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005B4AA2">
+      <w:r w:rsidRPr="001809C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Салтанатты</w:t>
+        <w:t xml:space="preserve">September 1 at 10.00 in KSU "ossh№1" was held a solemn line dedicated to the day of </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005B4AA2">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001809C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>knowledge .</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005B4AA2">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001809C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>жиын</w:t>
-[...224 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> The festive atmosphere was felt in everything: in the design of the school, joyfully restrained greeting of teachers and students, friendly handshake of high school students. Guests, teachers, children and their parents were dressed up and excited</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B4AA2" w:rsidRPr="005B4AA2" w:rsidRDefault="005B4AA2" w:rsidP="005B4AA2">
+    <w:p w:rsidR="001809C7" w:rsidRPr="001809C7" w:rsidRDefault="001809C7" w:rsidP="001809C7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005B4AA2">
+      <w:r w:rsidRPr="001809C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Дә</w:t>
+        <w:t>The solemn line was opened by the anthem of Kazakhstan, after which the Director of the school congratulated all those present on the holiday and wished success in mastering knowledge.</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005B4AA2">
+    </w:p>
+    <w:p w:rsidR="001809C7" w:rsidRPr="001809C7" w:rsidRDefault="001809C7" w:rsidP="001809C7">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>ст</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005B4AA2">
+      </w:pPr>
+      <w:r w:rsidRPr="001809C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>үр</w:t>
+        <w:t xml:space="preserve">Traditionally, on the occasion to congratulate the teachers, children and their parents with the beginning of the school year </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005B4AA2">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001809C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>came</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001809C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the guests: police chief </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001809C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kuandyk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001809C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> O. K., the Deputy of city </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001809C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>maslikhat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001809C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005B4AA2">
+      <w:r w:rsidRPr="001809C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>бойынша</w:t>
+        <w:t>Vlasova</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005B4AA2">
+      <w:r w:rsidRPr="001809C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...269 lines deleted...]
-        <w:t xml:space="preserve"> депутаты Л. В. Власова.</w:t>
+        <w:t>, L. V., the Speakers wished the students success and achievements, inexhaustible optimism and the desire to be worthy citizens of their country.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="005B4AA2" w:rsidRDefault="005B4AA2" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="001809C7" w:rsidP="005B4AA2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="005B4AA2">
+      <w:r w:rsidRPr="001809C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The holiday of September 1 always remains unforgettable, joyful and at the same time exciting. I would like to wish students and teachers that not only September 1 was joyful, but all the days spent at school. Let the new academic year be fruitful for all and rich in knowledge, discoveries, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001809C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>creativity</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001809C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and achievements!</w:t>
+      </w:r>
+      <w:r w:rsidR="005B4AA2" w:rsidRPr="005B4AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E7002D4" wp14:editId="4A293FC1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A3F5C27" wp14:editId="0BBF1206">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>582295</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1111250</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4675505" cy="2628900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\11.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\11.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
@@ -1311,1026 +293,320 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4675505" cy="2628900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-[...709 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="005B4AA2" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="005B4AA2" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="005B4AA2" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="005B4AA2" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="005B4AA2" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="005B4AA2" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="005B4AA2" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="005B4AA2" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="005B4AA2" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="001809C7" w:rsidP="005B4AA2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r w:rsidRPr="005B4AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C0F547A" wp14:editId="132880C6">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29FDC869" wp14:editId="07FE1A8C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2947670</wp:posOffset>
+              <wp:posOffset>3008630</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>68580</wp:posOffset>
+              <wp:posOffset>116840</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3326765" cy="1872615"/>
-            <wp:effectExtent l="19050" t="0" r="6985" b="0"/>
+            <wp:effectExtent l="0" t="0" r="6985" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Аселя\Desktop\15.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Аселя\Desktop\15.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3326765" cy="1872615"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="005B4AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13E0E51A" wp14:editId="35C1E0A0">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11F1CCAE" wp14:editId="0445F98B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-718185</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>68580</wp:posOffset>
+              <wp:posOffset>36195</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3462655" cy="1951355"/>
-            <wp:effectExtent l="19050" t="0" r="4445" b="0"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\12.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\12.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3462655" cy="1951355"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="005B4AA2" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="005B4AA2" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
-[...19 lines deleted...]
-    <w:p w:rsidR="00380D66" w:rsidRPr="005B4AA2" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00380D66" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5788"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B4AA2">
+      <w:r w:rsidRPr="001809C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00380D66" w:rsidRPr="005B4AA2" w:rsidSect="00380D66">
+    <w:sectPr w:rsidR="00380D66" w:rsidRPr="001809C7" w:rsidSect="00380D66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2692,50 +968,51 @@
     <w:rsid w:val="0016446B"/>
     <w:rsid w:val="001653FE"/>
     <w:rsid w:val="001654F4"/>
     <w:rsid w:val="00166190"/>
     <w:rsid w:val="001666BD"/>
     <w:rsid w:val="00166752"/>
     <w:rsid w:val="00166DAE"/>
     <w:rsid w:val="00166DE8"/>
     <w:rsid w:val="001675B2"/>
     <w:rsid w:val="00167E0E"/>
     <w:rsid w:val="00171140"/>
     <w:rsid w:val="00171618"/>
     <w:rsid w:val="001727E7"/>
     <w:rsid w:val="0017361E"/>
     <w:rsid w:val="00173B3F"/>
     <w:rsid w:val="00174362"/>
     <w:rsid w:val="00174472"/>
     <w:rsid w:val="001752D0"/>
     <w:rsid w:val="00175C4C"/>
     <w:rsid w:val="001761E3"/>
     <w:rsid w:val="00176BD0"/>
     <w:rsid w:val="00176DB4"/>
     <w:rsid w:val="00177B61"/>
     <w:rsid w:val="00177D0A"/>
     <w:rsid w:val="001806ED"/>
+    <w:rsid w:val="001809C7"/>
     <w:rsid w:val="00181793"/>
     <w:rsid w:val="001817D8"/>
     <w:rsid w:val="0018191F"/>
     <w:rsid w:val="00182401"/>
     <w:rsid w:val="00182BD9"/>
     <w:rsid w:val="00182BF4"/>
     <w:rsid w:val="00182CA3"/>
     <w:rsid w:val="00184DA2"/>
     <w:rsid w:val="00184FAB"/>
     <w:rsid w:val="00185147"/>
     <w:rsid w:val="00185ABC"/>
     <w:rsid w:val="0018608C"/>
     <w:rsid w:val="0018716A"/>
     <w:rsid w:val="00187A82"/>
     <w:rsid w:val="00187A97"/>
     <w:rsid w:val="00187D26"/>
     <w:rsid w:val="0019052E"/>
     <w:rsid w:val="00190EE9"/>
     <w:rsid w:val="0019109B"/>
     <w:rsid w:val="001917B7"/>
     <w:rsid w:val="00191D30"/>
     <w:rsid w:val="0019366B"/>
     <w:rsid w:val="001936C5"/>
     <w:rsid w:val="00193C7A"/>
     <w:rsid w:val="00194600"/>
@@ -6573,77 +4850,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FD7E140-408B-4DC7-A59A-4D824AA191FF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{990EE8A3-BDE9-4467-BE34-29B3599177BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>147</Words>
-  <Characters>838</Characters>
+  <Words>186</Words>
+  <Characters>1062</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>8</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>984</CharactersWithSpaces>
+  <CharactersWithSpaces>1246</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>