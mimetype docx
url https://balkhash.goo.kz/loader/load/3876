--- v1 (2026-01-09)
+++ v2 (2026-01-11)
@@ -1,659 +1,541 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="001809C7" w:rsidRPr="001809C7" w:rsidRDefault="001809C7" w:rsidP="001809C7">
+    <w:p w:rsidR="00FC40D0" w:rsidRDefault="00FC40D0" w:rsidP="00FC40D0">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:b/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001809C7">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00FC40D0">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:b/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>THE DAY OF KNOWLEDGE - 2019</w:t>
+        <w:t>ДЕНЬ ЗНАНИЙ- 2019</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001809C7" w:rsidRPr="001809C7" w:rsidRDefault="001809C7" w:rsidP="001809C7">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="00FC40D0" w:rsidRDefault="00FC40D0" w:rsidP="00FC40D0">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:b/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001809C7" w:rsidRPr="001809C7" w:rsidRDefault="001809C7" w:rsidP="001809C7">
+    <w:p w:rsidR="007804CA" w:rsidRPr="001241E0" w:rsidRDefault="007804CA" w:rsidP="007804CA">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001809C7">
+      <w:r w:rsidRPr="001241E0">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">September 1 at 10.00 in KSU "ossh№1" was held a solemn line dedicated to the day of </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> The festive atmosphere was felt in everything: in the design of the school, joyfully restrained greeting of teachers and students, friendly handshake of high school students. Guests, teachers, children and their parents were dressed up and excited</w:t>
+        <w:t>1 сентября в 10.00 в КГУ «ОСШ№1» была проведена торжественная линейка посвященная Дню знаний . Праздничная атмосфера чувствовалась абсолютно во всем: в оформлении школы, радостно-сдержанном приветствии учителей и школьников, дружеском рукопожатии старшеклассников. Нарядными и взволнованными были гости, учителя, дети и их родители</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001809C7" w:rsidRPr="001809C7" w:rsidRDefault="001809C7" w:rsidP="001809C7">
+    <w:p w:rsidR="007804CA" w:rsidRPr="001241E0" w:rsidRDefault="007804CA" w:rsidP="007804CA">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001809C7">
+      <w:r w:rsidRPr="001241E0">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>The solemn line was opened by the anthem of Kazakhstan, after which the Director of the school congratulated all those present on the holiday and wished success in mastering knowledge.</w:t>
+        <w:t>Торжественная линейка открывались гимном РК, после которого директор школы  всех присутствующих поздравила с праздником и пожелала успехов в овладении знаниями.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001809C7" w:rsidRPr="001809C7" w:rsidRDefault="001809C7" w:rsidP="001809C7">
+    <w:p w:rsidR="007804CA" w:rsidRPr="001241E0" w:rsidRDefault="007804CA" w:rsidP="007804CA">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001809C7">
+      <w:r w:rsidRPr="001241E0">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Traditionally, on the occasion to congratulate the teachers, children and their parents with the beginning of the school year </w:t>
+        <w:t>По традиции на праздник поздравить учителей, ребят и их родителей с началом учебного года пришли гости:</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="001809C7">
+      <w:r w:rsidR="001241E0" w:rsidRPr="001241E0">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>came</w:t>
+        <w:t xml:space="preserve"> начальник ОВД  Куандык О.К., депутат  городского маслихата  Власова Л.В. </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="001809C7">
+      <w:r w:rsidRPr="001241E0">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the guests: police chief </w:t>
-[...59 lines deleted...]
-        <w:t>, L. V., the Speakers wished the students success and achievements, inexhaustible optimism and the desire to be worthy citizens of their country.</w:t>
+        <w:t>Выступающие пожелали школьникам новых успехов и свершений, неиссякаемого оптимизма и стремления быть достойными гражданами своей Республики.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="001809C7" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRDefault="007804CA" w:rsidP="007804CA">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001809C7">
+      <w:r w:rsidRPr="001241E0">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The holiday of September 1 always remains unforgettable, joyful and at the same time exciting. I would like to wish students and teachers that not only September 1 was joyful, but all the days spent at school. Let the new academic year be fruitful for all and rich in knowledge, discoveries, </w:t>
+        <w:t>Праздник 1 сентября всегда остаётся незабываемым, радостным и в тоже время волнующим. Хочется пожелать ученикам и учителям, чтобы не только 1 сентября было радостным, но и все дни, проведённые в школе. Пусть новый учебный год станет для всех плодотворным и богатым на знания, открытия, творчество и достижения!</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="001809C7">
+    </w:p>
+    <w:p w:rsidR="00FC40D0" w:rsidRDefault="00FC40D0" w:rsidP="00FC40D0">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>creativity</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidR="005B4AA2" w:rsidRPr="005B4AA2">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A3F5C27" wp14:editId="0BBF1206">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>582295</wp:posOffset>
+              <wp:posOffset>486361</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>1111250</wp:posOffset>
+              <wp:posOffset>197828</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="4675505" cy="2628900"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:extent cx="4676042" cy="2628900"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\11.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\11.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6"/>
+                    <a:blip r:embed="rId5"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4675505" cy="2628900"/>
+                      <a:ext cx="4676042" cy="2628900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRDefault="00FC40D0" w:rsidP="00FC40D0">
       <w:pPr>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="00FC40D0" w:rsidRDefault="00FC40D0" w:rsidP="00FC40D0">
       <w:pPr>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="00FC40D0" w:rsidRDefault="00FC40D0" w:rsidP="00FC40D0">
       <w:pPr>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="00FC40D0" w:rsidRDefault="00FC40D0" w:rsidP="00FC40D0">
       <w:pPr>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="00FC40D0" w:rsidRDefault="00FC40D0" w:rsidP="00FC40D0">
       <w:pPr>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="00FC40D0" w:rsidRDefault="00FC40D0" w:rsidP="00FC40D0">
       <w:pPr>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="00FC40D0" w:rsidRDefault="00FC40D0" w:rsidP="00FC40D0">
       <w:pPr>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRDefault="00FC40D0" w:rsidP="00FC40D0">
       <w:pPr>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRDefault="00FC40D0" w:rsidP="00FC40D0">
       <w:pPr>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="005B4AA2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29FDC869" wp14:editId="07FE1A8C">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>3008630</wp:posOffset>
+              <wp:posOffset>2947670</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>116840</wp:posOffset>
+              <wp:posOffset>68580</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3326765" cy="1872615"/>
-            <wp:effectExtent l="0" t="0" r="6985" b="0"/>
+            <wp:effectExtent l="19050" t="0" r="6985" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Аселя\Desktop\15.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Аселя\Desktop\15.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7"/>
+                    <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3326765" cy="1872615"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="005B4AA2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11F1CCAE" wp14:editId="0445F98B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-718185</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>36195</wp:posOffset>
+              <wp:posOffset>68580</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3462655" cy="1951355"/>
-            <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+            <wp:effectExtent l="19050" t="0" r="4445" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\12.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\12.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3462655" cy="1951355"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC40D0" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="00FC40D0" w:rsidRDefault="00FC40D0" w:rsidP="00FC40D0">
       <w:pPr>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00380D66" w:rsidRPr="001809C7" w:rsidRDefault="00FC40D0" w:rsidP="005B4AA2">
+    <w:p w:rsidR="00FC40D0" w:rsidRPr="00FC40D0" w:rsidRDefault="00FC40D0" w:rsidP="00FC40D0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FC40D0" w:rsidRDefault="00FC40D0" w:rsidP="00FC40D0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00380D66" w:rsidRPr="00FC40D0" w:rsidRDefault="00FC40D0" w:rsidP="00FC40D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5788"/>
         </w:tabs>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001809C7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00380D66" w:rsidRPr="001809C7" w:rsidSect="00380D66">
+    <w:sectPr w:rsidR="00380D66" w:rsidRPr="00FC40D0" w:rsidSect="00380D66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="108"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007804CA"/>
     <w:rsid w:val="000003E2"/>
     <w:rsid w:val="0000112B"/>
     <w:rsid w:val="000011B2"/>
     <w:rsid w:val="0000151D"/>
     <w:rsid w:val="0000159A"/>
     <w:rsid w:val="00001B9C"/>
     <w:rsid w:val="00001C51"/>
     <w:rsid w:val="00002753"/>
     <w:rsid w:val="00003909"/>
     <w:rsid w:val="00004B8B"/>
     <w:rsid w:val="00004EBF"/>
     <w:rsid w:val="000059D8"/>
     <w:rsid w:val="00005CA5"/>
     <w:rsid w:val="00005FFA"/>
@@ -968,51 +850,50 @@
     <w:rsid w:val="0016446B"/>
     <w:rsid w:val="001653FE"/>
     <w:rsid w:val="001654F4"/>
     <w:rsid w:val="00166190"/>
     <w:rsid w:val="001666BD"/>
     <w:rsid w:val="00166752"/>
     <w:rsid w:val="00166DAE"/>
     <w:rsid w:val="00166DE8"/>
     <w:rsid w:val="001675B2"/>
     <w:rsid w:val="00167E0E"/>
     <w:rsid w:val="00171140"/>
     <w:rsid w:val="00171618"/>
     <w:rsid w:val="001727E7"/>
     <w:rsid w:val="0017361E"/>
     <w:rsid w:val="00173B3F"/>
     <w:rsid w:val="00174362"/>
     <w:rsid w:val="00174472"/>
     <w:rsid w:val="001752D0"/>
     <w:rsid w:val="00175C4C"/>
     <w:rsid w:val="001761E3"/>
     <w:rsid w:val="00176BD0"/>
     <w:rsid w:val="00176DB4"/>
     <w:rsid w:val="00177B61"/>
     <w:rsid w:val="00177D0A"/>
     <w:rsid w:val="001806ED"/>
-    <w:rsid w:val="001809C7"/>
     <w:rsid w:val="00181793"/>
     <w:rsid w:val="001817D8"/>
     <w:rsid w:val="0018191F"/>
     <w:rsid w:val="00182401"/>
     <w:rsid w:val="00182BD9"/>
     <w:rsid w:val="00182BF4"/>
     <w:rsid w:val="00182CA3"/>
     <w:rsid w:val="00184DA2"/>
     <w:rsid w:val="00184FAB"/>
     <w:rsid w:val="00185147"/>
     <w:rsid w:val="00185ABC"/>
     <w:rsid w:val="0018608C"/>
     <w:rsid w:val="0018716A"/>
     <w:rsid w:val="00187A82"/>
     <w:rsid w:val="00187A97"/>
     <w:rsid w:val="00187D26"/>
     <w:rsid w:val="0019052E"/>
     <w:rsid w:val="00190EE9"/>
     <w:rsid w:val="0019109B"/>
     <w:rsid w:val="001917B7"/>
     <w:rsid w:val="00191D30"/>
     <w:rsid w:val="0019366B"/>
     <w:rsid w:val="001936C5"/>
     <w:rsid w:val="00193C7A"/>
     <w:rsid w:val="00194600"/>
@@ -1846,51 +1727,50 @@
     <w:rsid w:val="00597BD1"/>
     <w:rsid w:val="005A029D"/>
     <w:rsid w:val="005A053A"/>
     <w:rsid w:val="005A05BF"/>
     <w:rsid w:val="005A0E75"/>
     <w:rsid w:val="005A1F40"/>
     <w:rsid w:val="005A2825"/>
     <w:rsid w:val="005A2CD4"/>
     <w:rsid w:val="005A376F"/>
     <w:rsid w:val="005A5AD5"/>
     <w:rsid w:val="005A5E68"/>
     <w:rsid w:val="005A610E"/>
     <w:rsid w:val="005A612C"/>
     <w:rsid w:val="005A67ED"/>
     <w:rsid w:val="005A6C83"/>
     <w:rsid w:val="005A7304"/>
     <w:rsid w:val="005A7493"/>
     <w:rsid w:val="005A75BC"/>
     <w:rsid w:val="005A76B1"/>
     <w:rsid w:val="005A790B"/>
     <w:rsid w:val="005A7C72"/>
     <w:rsid w:val="005A7CA8"/>
     <w:rsid w:val="005B0D67"/>
     <w:rsid w:val="005B3C82"/>
     <w:rsid w:val="005B3C89"/>
-    <w:rsid w:val="005B4AA2"/>
     <w:rsid w:val="005B59F0"/>
     <w:rsid w:val="005B700E"/>
     <w:rsid w:val="005B714F"/>
     <w:rsid w:val="005B732F"/>
     <w:rsid w:val="005C0084"/>
     <w:rsid w:val="005C01EE"/>
     <w:rsid w:val="005C0BEC"/>
     <w:rsid w:val="005C0DFB"/>
     <w:rsid w:val="005C1DC9"/>
     <w:rsid w:val="005C20AE"/>
     <w:rsid w:val="005C25CF"/>
     <w:rsid w:val="005C4225"/>
     <w:rsid w:val="005C4D38"/>
     <w:rsid w:val="005C515F"/>
     <w:rsid w:val="005C5518"/>
     <w:rsid w:val="005C5CCE"/>
     <w:rsid w:val="005C607A"/>
     <w:rsid w:val="005C60E6"/>
     <w:rsid w:val="005C6546"/>
     <w:rsid w:val="005D12E4"/>
     <w:rsid w:val="005D1B20"/>
     <w:rsid w:val="005D1D34"/>
     <w:rsid w:val="005D26E6"/>
     <w:rsid w:val="005D2F05"/>
     <w:rsid w:val="005D30A3"/>
@@ -3625,50 +3505,51 @@
     <w:rsid w:val="00E03849"/>
     <w:rsid w:val="00E0407D"/>
     <w:rsid w:val="00E04550"/>
     <w:rsid w:val="00E04815"/>
     <w:rsid w:val="00E05030"/>
     <w:rsid w:val="00E054B3"/>
     <w:rsid w:val="00E05919"/>
     <w:rsid w:val="00E05C2F"/>
     <w:rsid w:val="00E05EDF"/>
     <w:rsid w:val="00E07E42"/>
     <w:rsid w:val="00E104CE"/>
     <w:rsid w:val="00E107C0"/>
     <w:rsid w:val="00E10991"/>
     <w:rsid w:val="00E12C19"/>
     <w:rsid w:val="00E14635"/>
     <w:rsid w:val="00E148EC"/>
     <w:rsid w:val="00E14CD9"/>
     <w:rsid w:val="00E15E57"/>
     <w:rsid w:val="00E17577"/>
     <w:rsid w:val="00E175C2"/>
     <w:rsid w:val="00E17681"/>
     <w:rsid w:val="00E204DE"/>
     <w:rsid w:val="00E221DE"/>
     <w:rsid w:val="00E22817"/>
     <w:rsid w:val="00E22845"/>
+    <w:rsid w:val="00E234F7"/>
     <w:rsid w:val="00E23B4D"/>
     <w:rsid w:val="00E23D02"/>
     <w:rsid w:val="00E24174"/>
     <w:rsid w:val="00E27165"/>
     <w:rsid w:val="00E27BCB"/>
     <w:rsid w:val="00E301C1"/>
     <w:rsid w:val="00E30CB3"/>
     <w:rsid w:val="00E31C61"/>
     <w:rsid w:val="00E324DF"/>
     <w:rsid w:val="00E32E58"/>
     <w:rsid w:val="00E33153"/>
     <w:rsid w:val="00E33179"/>
     <w:rsid w:val="00E33AC4"/>
     <w:rsid w:val="00E34CA2"/>
     <w:rsid w:val="00E35EBC"/>
     <w:rsid w:val="00E400D7"/>
     <w:rsid w:val="00E40167"/>
     <w:rsid w:val="00E40A40"/>
     <w:rsid w:val="00E41946"/>
     <w:rsid w:val="00E422C6"/>
     <w:rsid w:val="00E4244E"/>
     <w:rsid w:val="00E43BDE"/>
     <w:rsid w:val="00E44B04"/>
     <w:rsid w:val="00E45A9D"/>
     <w:rsid w:val="00E46304"/>
@@ -4555,51 +4436,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1809471533">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4841,86 +4722,70 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>186</Words>
-  <Characters>1062</Characters>
+  <Words>172</Words>
+  <Characters>987</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1246</CharactersWithSpaces>
+  <CharactersWithSpaces>1157</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>