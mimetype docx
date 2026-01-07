--- v0 (2025-12-07)
+++ v1 (2026-01-07)
@@ -1,979 +1,501 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00CB3B2C" w:rsidRPr="008B77BC" w:rsidRDefault="00CB3B2C" w:rsidP="00427003">
+    <w:p w:rsidR="0006255B" w:rsidRPr="00543D52" w:rsidRDefault="006C4CC1" w:rsidP="00543D52">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B77BC">
+      <w:r w:rsidRPr="00543D52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00427003" w:rsidRPr="008B77BC">
+        </w:rPr>
+        <w:t xml:space="preserve">Отчёт по оказанию государственной услуги </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C4CC1" w:rsidRDefault="006C4CC1" w:rsidP="00543D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00543D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по КГКП ДДУ  «</w:t>
+      </w:r>
+      <w:r w:rsidR="005554F6" w:rsidRPr="00543D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балдырган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED67AA" w:rsidRPr="00543D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019</w:t>
+      </w:r>
+      <w:r w:rsidR="00543D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00ED67AA" w:rsidRPr="00543D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>год</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00427003" w:rsidRPr="00427003" w:rsidRDefault="00427003" w:rsidP="00427003">
+    <w:p w:rsidR="00543D52" w:rsidRPr="00543D52" w:rsidRDefault="00543D52" w:rsidP="00543D52">
       <w:pPr>
-        <w:rPr>
-[...640 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...179 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0087750D" w:rsidRDefault="0087750D"/>
-    <w:sectPr w:rsidR="0087750D">
+    <w:p w:rsidR="006C4CC1" w:rsidRPr="0006255B" w:rsidRDefault="006C4CC1" w:rsidP="0006255B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственное коммунальное казенное предприятие «Детское дошкольное  учреждение «</w:t>
+      </w:r>
+      <w:r w:rsidR="005554F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балдырган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>»  оказывает физическим лицам один вид </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги «Приём документов и зачисление детей в дошкольные организации образования»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с соблюдением всех </w:t>
+      </w:r>
+      <w:r w:rsidR="0006255B" w:rsidRPr="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>правил</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, утвержденных регламентами и Стандартами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0006255B" w:rsidRPr="0006255B" w:rsidRDefault="006C4CC1" w:rsidP="0006255B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственная услуга «Прием документов и зачисление детей в дошкольные организации образования»   возможно после того как вы встали на очередь в детский сад. Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+      <w:r w:rsidR="0006255B" w:rsidRPr="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0006255B" w:rsidRPr="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги: зачисление ребенка в дошкольную организацию на основании заключенного договора между дошкольной организацией и одним из родителей или законным представителем ребенка, либо мотивированный ответ об отказе в оказании государственной услуги по осно</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6A08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ваниям, установленным пунктом 10</w:t>
+      </w:r>
+      <w:r w:rsidR="0006255B" w:rsidRPr="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C4CC1" w:rsidRPr="0006255B" w:rsidRDefault="006C4CC1" w:rsidP="0006255B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Количество  государственных услуг  по приему детей  оказанных в ДДУ «</w:t>
+      </w:r>
+      <w:r w:rsidR="005554F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балдырган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">»  </w:t>
+      </w:r>
+      <w:r w:rsidR="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED67AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а первое полугодие 2019</w:t>
+      </w:r>
+      <w:r w:rsidR="00240EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+      <w:r w:rsidR="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> составило  </w:t>
+      </w:r>
+      <w:r w:rsidR="00136A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED67AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> детей</w:t>
+      </w:r>
+      <w:r w:rsidR="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, за </w:t>
+      </w:r>
+      <w:r w:rsidR="00240EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">второе полугодие </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED67AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:r w:rsidR="00240EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+      <w:r w:rsidR="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> составило </w:t>
+      </w:r>
+      <w:r w:rsidR="00136A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>33</w:t>
+      </w:r>
+      <w:r w:rsidR="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00240EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ребенка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  По срокам оказания государственных услуг нарушений не было. Для информирования   родителей   в здании дошкольного учреждения, имеется </w:t>
+      </w:r>
+      <w:r w:rsidR="00240EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>информационный стенд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006255B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, где размещены стандарты и регламенты государственных услуг, образцы бланков заявлений. Жалоб по качеству и срокам оказания услуг со стороны родителей не поступало.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00224534" w:rsidRPr="0006255B" w:rsidRDefault="00224534">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00224534" w:rsidRPr="0006255B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006A7D0F"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00E22397"/>
+    <w:rsidRoot w:val="005C57A2"/>
+    <w:rsid w:val="00021D4A"/>
+    <w:rsid w:val="0006255B"/>
+    <w:rsid w:val="00136A8E"/>
+    <w:rsid w:val="00224534"/>
+    <w:rsid w:val="00240EC6"/>
+    <w:rsid w:val="00543D52"/>
+    <w:rsid w:val="005554F6"/>
+    <w:rsid w:val="005C57A2"/>
+    <w:rsid w:val="006C4CC1"/>
+    <w:rsid w:val="00BD6A08"/>
+    <w:rsid w:val="00C2024D"/>
+    <w:rsid w:val="00ED67AA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1116,51 +638,50 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00CB3B2C"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -1307,188 +828,164 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00CB3B2C"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="382676441">
+    <w:div w:id="2143840787">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-    </w:div>
-[...89 lines deleted...]
-      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="489443792">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1220089240">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="300"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="250238503">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="0" w:color="AAAAAA"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1715344035">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1260068779">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -1747,69 +1244,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>285</Words>
-  <Characters>1625</Characters>
+  <Words>226</Words>
+  <Characters>1290</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
+  <Lines>10</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1907</CharactersWithSpaces>
+  <CharactersWithSpaces>1513</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>1</dc:creator>
+  <dc:creator>аввв</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>