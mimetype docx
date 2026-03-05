--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -2,2868 +2,922 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="009964B3" w:rsidRDefault="009964B3" w:rsidP="009964B3">
-      <w:pPr>
+    <w:p w:rsidR="0036541F" w:rsidRPr="00CD6039" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информа</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ция о проведенных мероприятиях, посвященные                                          7 мая – День Защитника Отечества</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036541F" w:rsidRPr="00CD6039" w:rsidRDefault="0036541F" w:rsidP="00CD6039">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С целью активизации  работы по патриотическому воспитанию,  повышение авторитета Вооруженных сил, защитников Отечества, ветеранов войны и военной службы в школе проведены мероприятия, посвященные Дню защитника отечества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036541F" w:rsidRPr="00CD6039" w:rsidRDefault="0036541F" w:rsidP="00CD6039">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="009964B3">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">7 </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Оформлен информационный стенд - «</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7AD5" w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Святое дело Родине служить!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036541F" w:rsidRPr="00CD6039" w:rsidRDefault="0036541F" w:rsidP="00CD6039">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Учащиеся среднего звена 7 классов  в количестве 10 человек приняли активное участие в   строевом  смотре   « Парад юных войск».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036541F" w:rsidRPr="00CD6039" w:rsidRDefault="0036541F" w:rsidP="00CD6039">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Были проведены классные часы, беседы на тему «День защитника Отечества»</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7AD5" w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7AD5" w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С большим интересом ребята 8-11 классов просмотрели фильм о Вооруженных силах Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7AD5" w:rsidRPr="00CD6039" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6 мая в школе состоялся большой концерт «Защитникам Отечества  посвящается»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036541F" w:rsidRPr="00CD6039" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3 мая 2019 года в ряды РЕДЮО «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009964B3">
-[...6 lines deleted...]
-        <w:t>мамыр-Отан</w:t>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009964B3">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009964B3">
-[...6 lines deleted...]
-        <w:t>қорғаушылар</w:t>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қыран</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009964B3">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» были приняты 15учащихся. В торжественной обстановке учащиеся «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009964B3">
-[...6 lines deleted...]
-        <w:t>күніне</w:t>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ұлан</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009964B3">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» прикрепили значки и галстуки. Все члены организации «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009964B3">
-[...6 lines deleted...]
-        <w:t>арналған</w:t>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қыран</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009964B3">
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» и «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD6039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ұлан» дали клятву, в которой все свои знания, свой труд и силы готовы будут отдать на то, чтобы быть настоящими гражданами Республики Казахстан! Горячо любить и беречь свою Родину!</w:t>
+      </w:r>
+      <w:r w:rsidR="0036541F" w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009964B3" w:rsidRPr="009964B3" w:rsidRDefault="009964B3" w:rsidP="009964B3">
-[...84 lines deleted...]
-    <w:p w:rsidR="009964B3" w:rsidRPr="009964B3" w:rsidRDefault="009964B3" w:rsidP="009964B3">
+    <w:p w:rsidR="0036541F" w:rsidRPr="00CD6039" w:rsidRDefault="00CD6039" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...1340 lines deleted...]
-      <w:r w:rsidRPr="009964B3">
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42338B78" wp14:editId="4E7A58DA">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6695183A" wp14:editId="00CF5559">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>34290</wp:posOffset>
+              <wp:posOffset>272415</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>934720</wp:posOffset>
+              <wp:posOffset>153670</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5334000" cy="1571625"/>
-            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\инф.1,7,9 мая\7м.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\инф.1,7,9 мая\7м.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5334000" cy="1571625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009964B3">
+      <w:r w:rsidR="0036541F" w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5.</w:t>
-[...745 lines deleted...]
-        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA7AD5" w:rsidRPr="009964B3" w:rsidRDefault="0036541F" w:rsidP="00CD6039">
+    <w:p w:rsidR="00AA7AD5" w:rsidRPr="00CD6039" w:rsidRDefault="0036541F" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009964B3">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA7AD5" w:rsidRPr="009964B3" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
+    <w:p w:rsidR="00AA7AD5" w:rsidRPr="00CD6039" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AA7AD5" w:rsidRPr="009964B3" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
+    <w:p w:rsidR="00AA7AD5" w:rsidRPr="00CD6039" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AA7AD5" w:rsidRPr="009964B3" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
+    <w:p w:rsidR="00AA7AD5" w:rsidRPr="00CD6039" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AA7AD5" w:rsidRPr="009964B3" w:rsidRDefault="009964B3" w:rsidP="00CD6039">
+    <w:p w:rsidR="00AA7AD5" w:rsidRPr="00CD6039" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009964B3">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251648512" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6743383E" wp14:editId="18D189ED">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251648512" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E851BE5" wp14:editId="638C01AC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2742565</wp:posOffset>
+              <wp:posOffset>2739390</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>149225</wp:posOffset>
+              <wp:posOffset>215900</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3044825" cy="2286000"/>
-            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Аселя\Desktop\16.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Аселя\Desktop\16.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3044825" cy="2286000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009964B3">
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251646464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69D87FF0" wp14:editId="31B109C2">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251646464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D290964" wp14:editId="7A59F600">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-641985</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>34925</wp:posOffset>
+              <wp:posOffset>130175</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3067050" cy="2305050"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\14.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\14.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3067050" cy="2305050"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA7AD5" w:rsidRPr="009964B3" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
+    <w:p w:rsidR="00AA7AD5" w:rsidRPr="00CD6039" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AA7AD5" w:rsidRPr="009964B3" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
+    <w:p w:rsidR="00AA7AD5" w:rsidRPr="00CD6039" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AA7AD5" w:rsidRPr="009964B3" w:rsidRDefault="0036541F" w:rsidP="00CD6039">
+    <w:p w:rsidR="00AA7AD5" w:rsidRPr="00CD6039" w:rsidRDefault="0036541F" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009964B3">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA7AD5" w:rsidRPr="009964B3" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
+    <w:p w:rsidR="00AA7AD5" w:rsidRPr="00CD6039" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AA7AD5" w:rsidRPr="009964B3" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
+    <w:p w:rsidR="00AA7AD5" w:rsidRPr="00CD6039" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AA7AD5" w:rsidRPr="009964B3" w:rsidRDefault="009964B3" w:rsidP="00CD6039">
+    <w:p w:rsidR="00AA7AD5" w:rsidRPr="00CD6039" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009964B3">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA7AD5" w:rsidRPr="00CD6039" w:rsidRDefault="00CD6039" w:rsidP="00CD6039">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79404206" wp14:editId="3131E7A7">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CD296BE" wp14:editId="05EDB238">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-127635</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>318770</wp:posOffset>
+              <wp:posOffset>-472440</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1962150" cy="1943100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\Аселя\Desktop\777.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Аселя\Desktop\777.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1962150" cy="1943100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="009964B3">
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21B30DCB" wp14:editId="6D24FB49">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BC705AE" wp14:editId="4D31DC05">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2482215</wp:posOffset>
+              <wp:posOffset>2415540</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>32385</wp:posOffset>
+              <wp:posOffset>-424815</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3305175" cy="1771650"/>
-            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Рисунок 5" descr="C:\Users\Аселя\Desktop\77.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Аселя\Desktop\77.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3305175" cy="1771650"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA7AD5" w:rsidRPr="009964B3" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
+    <w:p w:rsidR="00AA7AD5" w:rsidRPr="00CD6039" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4170"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009964B3">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA7AD5" w:rsidRPr="009964B3" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
+    <w:p w:rsidR="00AA7AD5" w:rsidRPr="00CD6039" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AA7AD5" w:rsidRPr="009964B3" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
+    <w:p w:rsidR="00AA7AD5" w:rsidRPr="00CD6039" w:rsidRDefault="00AA7AD5" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AA7AD5" w:rsidRPr="009964B3" w:rsidRDefault="006F365A" w:rsidP="00CD6039">
+    <w:p w:rsidR="00AA7AD5" w:rsidRPr="00CD6039" w:rsidRDefault="006F365A" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009964B3">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EC917DB" wp14:editId="43A4FB9C">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="716BAE9F" wp14:editId="4B170192">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-727710</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>62865</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2238375" cy="1685925"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\2.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\2.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print"/>
@@ -2872,59 +926,59 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2238375" cy="1685925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009964B3">
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B555B5A" wp14:editId="049E50B5">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CA428F6" wp14:editId="50C446EC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1672590</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>291465</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2000250" cy="1504950"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\4.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\4.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12" cstate="print"/>
@@ -2933,59 +987,59 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2000250" cy="1504950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009964B3">
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="488AEE65" wp14:editId="14E86CD7">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14E1B89C" wp14:editId="3273E93A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3825240</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>62865</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2416175" cy="1809750"/>
             <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="8" name="Рисунок 3" descr="C:\Users\Аселя\Desktop\7.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Аселя\Desktop\7.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13" cstate="print"/>
@@ -2995,124 +1049,124 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2416175" cy="1809750"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002759E8" w:rsidRPr="009964B3" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
+    <w:p w:rsidR="002759E8" w:rsidRPr="00CD6039" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002759E8" w:rsidRPr="009964B3" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
+    <w:p w:rsidR="002759E8" w:rsidRPr="00CD6039" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002759E8" w:rsidRPr="009964B3" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
+    <w:p w:rsidR="002759E8" w:rsidRPr="00CD6039" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002759E8" w:rsidRPr="009964B3" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
+    <w:p w:rsidR="002759E8" w:rsidRPr="00CD6039" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002759E8" w:rsidRPr="009964B3" w:rsidRDefault="006F365A" w:rsidP="00CD6039">
+    <w:p w:rsidR="002759E8" w:rsidRPr="00CD6039" w:rsidRDefault="006F365A" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009964B3">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671040" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33A426E8" wp14:editId="3B7571F7">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671040" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23C72486" wp14:editId="29D0E2FA">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3072765</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>142240</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2705100" cy="2028825"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="11" name="Рисунок 6" descr="C:\Users\Аселя\Desktop\11.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Аселя\Desktop\11.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
@@ -3121,60 +1175,60 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2705100" cy="2028825"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009964B3">
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668992" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23A1E8D9" wp14:editId="156E97B0">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668992" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4DA0506F" wp14:editId="1A3A9455">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-127635</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>142240</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2543175" cy="1914525"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="9" name="Рисунок 4" descr="C:\Users\Аселя\Desktop\8.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Аселя\Desktop\8.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15" cstate="print"/>
@@ -3184,187 +1238,187 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2543175" cy="1914525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002759E8" w:rsidRPr="009964B3" w:rsidRDefault="006F365A" w:rsidP="00CD6039">
+    <w:p w:rsidR="002759E8" w:rsidRPr="00CD6039" w:rsidRDefault="006F365A" w:rsidP="00CD6039">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1770"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009964B3">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002759E8" w:rsidRPr="009964B3" w:rsidRDefault="006F365A" w:rsidP="00CD6039">
+    <w:p w:rsidR="002759E8" w:rsidRPr="00CD6039" w:rsidRDefault="006F365A" w:rsidP="00CD6039">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1020"/>
           <w:tab w:val="left" w:pos="3975"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009964B3">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009964B3">
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002759E8" w:rsidRPr="009964B3" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
+    <w:p w:rsidR="002759E8" w:rsidRPr="00CD6039" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002759E8" w:rsidRPr="009964B3" w:rsidRDefault="006F365A" w:rsidP="00CD6039">
+    <w:p w:rsidR="002759E8" w:rsidRPr="00CD6039" w:rsidRDefault="006F365A" w:rsidP="00CD6039">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3840"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009964B3">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002759E8" w:rsidRPr="009964B3" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
+    <w:p w:rsidR="002759E8" w:rsidRPr="00CD6039" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002759E8" w:rsidRPr="009964B3" w:rsidRDefault="006F365A" w:rsidP="00CD6039">
+    <w:p w:rsidR="002759E8" w:rsidRPr="00CD6039" w:rsidRDefault="006F365A" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009964B3">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673088" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EBE0005" wp14:editId="6A13ABC9">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673088" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54594AD5" wp14:editId="0098B1F0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>710565</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>67945</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3559175" cy="2667000"/>
             <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="12" name="Рисунок 7" descr="C:\Users\Аселя\Desktop\5.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\Аселя\Desktop\5.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16"/>
@@ -3374,142 +1428,142 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3559175" cy="2667000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002759E8" w:rsidRPr="009964B3" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
+    <w:p w:rsidR="002759E8" w:rsidRPr="00CD6039" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002759E8" w:rsidRPr="009964B3" w:rsidRDefault="006F365A" w:rsidP="00CD6039">
+    <w:p w:rsidR="002759E8" w:rsidRPr="00CD6039" w:rsidRDefault="006F365A" w:rsidP="00CD6039">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2265"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009964B3">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6039">
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002759E8" w:rsidRPr="009964B3" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
+    <w:p w:rsidR="002759E8" w:rsidRPr="00CD6039" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002759E8" w:rsidRPr="009964B3" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
+    <w:p w:rsidR="002759E8" w:rsidRPr="00CD6039" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002759E8" w:rsidRPr="009964B3" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
+    <w:p w:rsidR="002759E8" w:rsidRPr="00CD6039" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002759E8" w:rsidRPr="009964B3" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
+    <w:p w:rsidR="002759E8" w:rsidRPr="00CD6039" w:rsidRDefault="002759E8" w:rsidP="00CD6039">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="002759E8" w:rsidRPr="009964B3" w:rsidSect="00380D66">
+    <w:sectPr w:rsidR="002759E8" w:rsidRPr="00CD6039" w:rsidSect="00380D66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -5919,51 +3973,50 @@
     <w:rsid w:val="009727A8"/>
     <w:rsid w:val="00972D45"/>
     <w:rsid w:val="0097333F"/>
     <w:rsid w:val="00976605"/>
     <w:rsid w:val="009768BC"/>
     <w:rsid w:val="00977549"/>
     <w:rsid w:val="009812EF"/>
     <w:rsid w:val="0098177B"/>
     <w:rsid w:val="0098188F"/>
     <w:rsid w:val="00981E24"/>
     <w:rsid w:val="009825D9"/>
     <w:rsid w:val="00983459"/>
     <w:rsid w:val="00984D42"/>
     <w:rsid w:val="00984FF8"/>
     <w:rsid w:val="00985BA6"/>
     <w:rsid w:val="00987CA8"/>
     <w:rsid w:val="00990839"/>
     <w:rsid w:val="009919B3"/>
     <w:rsid w:val="00991C1F"/>
     <w:rsid w:val="0099223A"/>
     <w:rsid w:val="00992CB7"/>
     <w:rsid w:val="009943D9"/>
     <w:rsid w:val="009944A4"/>
     <w:rsid w:val="009949FE"/>
     <w:rsid w:val="0099627C"/>
-    <w:rsid w:val="009964B3"/>
     <w:rsid w:val="00996A80"/>
     <w:rsid w:val="00996EA4"/>
     <w:rsid w:val="009A139B"/>
     <w:rsid w:val="009A36F5"/>
     <w:rsid w:val="009A3A44"/>
     <w:rsid w:val="009A4DB5"/>
     <w:rsid w:val="009A5009"/>
     <w:rsid w:val="009A51DA"/>
     <w:rsid w:val="009A6162"/>
     <w:rsid w:val="009A6499"/>
     <w:rsid w:val="009A70F3"/>
     <w:rsid w:val="009A76E6"/>
     <w:rsid w:val="009A7861"/>
     <w:rsid w:val="009A78DE"/>
     <w:rsid w:val="009A7E37"/>
     <w:rsid w:val="009B1878"/>
     <w:rsid w:val="009B2BAF"/>
     <w:rsid w:val="009B3987"/>
     <w:rsid w:val="009B4617"/>
     <w:rsid w:val="009B4DA5"/>
     <w:rsid w:val="009B5BD6"/>
     <w:rsid w:val="009B6955"/>
     <w:rsid w:val="009B7413"/>
     <w:rsid w:val="009C13E3"/>
     <w:rsid w:val="009C2465"/>
@@ -7923,66 +5976,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>158</Words>
-  <Characters>904</Characters>
+  <Words>180</Words>
+  <Characters>1029</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1060</CharactersWithSpaces>
+  <CharactersWithSpaces>1207</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>