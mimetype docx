--- v0 (2025-12-10)
+++ v1 (2025-12-17)
@@ -1,1645 +1,1665 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="000B22CC" w:rsidRPr="000B22CC" w:rsidRDefault="000B22CC" w:rsidP="000B22CC">
+    <w:p w:rsidR="00E11A26" w:rsidRPr="005D088E" w:rsidRDefault="00E11A26" w:rsidP="005D088E">
       <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B22CC">
-[...9 lines deleted...]
-        <w:t>Information about events dedicated to the Day of unity of the people of Kazakhstan KSU school №1 in 2019</w:t>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информация о мероприятиях, посвященных Дню единства народа Казахстана КГУ ОСШ №1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F16B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019 год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B22CC" w:rsidRPr="000B22CC" w:rsidRDefault="000B22CC" w:rsidP="000B22CC">
+    <w:p w:rsidR="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F16B95" w:rsidRDefault="00E11A26" w:rsidP="00F16B95">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B22CC">
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> 1 – the Day of unity of the people of Kazakhstan. The school has a banner in the lobby decorated themed stand with information about the origin of the holiday.</w:t>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В КГУ ОСШ №1 был разработан план мероприятий по подготовке и проведению 1 мая – Дня единства народа Казахстана. На территории школы установлен баннер, в фойе оформлен тематический стенд с   информацией о возникновении данного праздника.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B22CC" w:rsidRPr="000B22CC" w:rsidRDefault="000B22CC" w:rsidP="000B22CC">
+    <w:p w:rsidR="00D92CEB" w:rsidRPr="005D088E" w:rsidRDefault="00E11A26" w:rsidP="00F16B95">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B22CC">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">School librarian </w:t>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Библиотекарь школы </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B22CC">
-[...8 lines deleted...]
-        <w:t>Kasimbekova</w:t>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кашимбековой</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B22CC">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> R. K. issued a book exhibition "</w:t>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Р.К. оформила  книжную выставку  «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B22CC">
-[...8 lines deleted...]
-        <w:t>Peace.Harmony</w:t>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мир</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>огласие</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B22CC">
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> this spring holiday was preserved and became known as the "Holiday of unity of the people of Kazakhstan". </w:t>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и стабильность!», которую с интересом посетили учащиеся 1-8 классов. В ходе данной выставки школьники  узнали информацию о возникновении данного праздника и  о том, что с приобретением Независимости Республикой Казахстан этот весенний праздник сохранился и стал называться «Праздник единства народа Казахстана». </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B22CC" w:rsidRPr="000B22CC" w:rsidRDefault="000B22CC" w:rsidP="000B22CC">
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="00D92CEB" w:rsidP="00F16B95">
       <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B22CC">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">During the week, all classes held class hours dedicated to the Day of unity of the people of Kazakhstan. Class teachers told the students about what symbolizes this holiday. We hope that after these cool hours our children will understand for life that people of all Earth want to live in the world, friendship, </w:t>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В течени</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000B22CC">
-[...8 lines deleted...]
-        <w:t>understanding</w:t>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000B22CC">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> недели </w:t>
+      </w:r>
+      <w:r w:rsidR="003B293C" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">во всех классах прошли классные часы, посвященные Дню единства народа Казахстана. Классные руководители рассказали ученикам о том, что символизирует этот праздник. Мы надеемся, что после этих классных часов наши ребята на всю жизнь уяснят, что люди всей Земли хотят </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жить в мире, дружбе, понимании. </w:t>
+      </w:r>
+      <w:r w:rsidR="00157F64" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проведены</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B293C" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсы детских рисунков</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Родная земля – мой Казахстан», конкурс сочинений «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ынтымағы жарасқан,</w:t>
+      </w:r>
+      <w:r w:rsidR="001F74C1" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туған өлкем - Қазақстаным</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» среди 8-9 классов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По результатам конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="001F74C1" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 место</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5429" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidR="001F74C1" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5429" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кропоткина</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000B22CC">
-[...8 lines deleted...]
-        <w:t>Held contests of children's drawings "the Native land – my Kazakhstan", a contest of compositions "</w:t>
+      <w:r w:rsidR="00BB5429" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BB5429" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11A26" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Б».,</w:t>
+      </w:r>
+      <w:r w:rsidR="001F74C1" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2место </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5429" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B22CC">
-[...8 lines deleted...]
-        <w:t>Yntymagy</w:t>
+      <w:r w:rsidR="00BB5429" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алдожанова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B22CC">
-[...6 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="00BB5429" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А. 8 «В», </w:t>
+      </w:r>
+      <w:r w:rsidR="001F74C1" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3 место</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5429" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB5429" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чеганова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB5429" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н. 8 «В».</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11A26" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Среди 5-х классов состоялась спортивно- развлекательная игра «Сила в единстве».</w:t>
+      </w:r>
+      <w:r w:rsidR="005D088E" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...154 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="000B22CC" w:rsidRPr="000B22CC" w:rsidRDefault="000B22CC" w:rsidP="000B22CC">
+    <w:p w:rsidR="00D92CEB" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="00F16B95">
       <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B22CC">
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">01.05.2019 г.  ОСШ№1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>огранизовали</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  и провели городской  конкурс рисунков на асфальте «Я! Ты! Он! Она! Вместе дружная семья». </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="000B22CC" w:rsidP="000B22CC">
+    <w:p w:rsidR="005D088E" w:rsidRDefault="00E11A26" w:rsidP="00F16B95">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B22CC">
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учащиеся  и коллектив школы приняли активное  участие в городском праздничном концерте  «Мы единый народ – мы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстанцы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>!»</w:t>
+      </w:r>
+      <w:r w:rsidR="005D088E" w:rsidRPr="005D088E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BFF1EB6" wp14:editId="654A111E">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-40640</wp:posOffset>
+              <wp:posOffset>-41178</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>486428</wp:posOffset>
+              <wp:posOffset>169252</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="5947410" cy="1629410"/>
-            <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+            <wp:extent cx="5947996" cy="1629508"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\инф.1,7,9 мая\1м.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\инф.1,7,9 мая\1м.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5947410" cy="1629410"/>
+                      <a:ext cx="5947996" cy="1629508"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="000B22CC">
-[...22 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="978"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B22CC">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="000B22CC" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="00F16B95" w:rsidP="005D088E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6170156E" wp14:editId="23F302B7">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36189CBB" wp14:editId="694178E3">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3085465</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>190842</wp:posOffset>
+              <wp:posOffset>144780</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="3024505" cy="1617345"/>
-            <wp:effectExtent l="0" t="0" r="4445" b="1905"/>
+            <wp:extent cx="3024505" cy="1793240"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Аселя\Desktop\инф.1,7,9 мая\рис 1 мая.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Аселя\Desktop\инф.1,7,9 мая\рис 1 мая.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3024505" cy="1617345"/>
+                      <a:ext cx="3024505" cy="1793240"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08EDF625" wp14:editId="2C089CB2">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41EB3B40" wp14:editId="784CD1C6">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-361315</wp:posOffset>
+              <wp:posOffset>-360924</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>178777</wp:posOffset>
+              <wp:posOffset>63256</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="3153410" cy="1617345"/>
-            <wp:effectExtent l="0" t="0" r="8890" b="1905"/>
+            <wp:extent cx="3153507" cy="1875692"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\инф.1,7,9 мая\стенд.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\инф.1,7,9 мая\стенд.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3153410" cy="1617345"/>
+                      <a:ext cx="3153410" cy="1875634"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="942"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B22CC">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00380D66" w:rsidRPr="000B22CC" w:rsidRDefault="000B22CC" w:rsidP="005D088E">
+    <w:p w:rsidR="00380D66" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6480"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6480"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06DB5483" wp14:editId="2745E235">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>3097383</wp:posOffset>
+              <wp:posOffset>3350895</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-497352</wp:posOffset>
+              <wp:posOffset>-193040</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="3364524" cy="2485293"/>
-            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:extent cx="3110865" cy="2332355"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Рисунок 5" descr="C:\Users\Аселя\Desktop\инф.1,7,9 мая\кл2.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Аселя\Desktop\инф.1,7,9 мая\кл2.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3369126" cy="2488692"/>
+                      <a:ext cx="3110865" cy="2332355"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0469C482" wp14:editId="68A46C4A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-365760</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-500380</wp:posOffset>
+              <wp:posOffset>-251460</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3321685" cy="2484755"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\Аселя\Desktop\инф.1,7,9 мая\кл1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Аселя\Desktop\инф.1,7,9 мая\кл1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3321685" cy="2484755"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="005D088E" w:rsidRPr="000B22CC">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="000B22CC" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5683DAD1" wp14:editId="1B6E5CCB">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>3097383</wp:posOffset>
+              <wp:posOffset>3092988</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>61155</wp:posOffset>
+              <wp:posOffset>168128</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="3481754" cy="1852247"/>
-            <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+            <wp:extent cx="3482340" cy="1957754"/>
+            <wp:effectExtent l="19050" t="0" r="3810" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Рисунок 7" descr="C:\Users\Аселя\Desktop\0.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\Аселя\Desktop\0.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3482340" cy="1852559"/>
+                      <a:ext cx="3482340" cy="1957754"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelV relativeFrom="margin">
-[...1 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="711498A0" wp14:editId="3E301AE0">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-342900</wp:posOffset>
+              <wp:posOffset>-436245</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>57150</wp:posOffset>
+              <wp:posOffset>167640</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3298190" cy="1851660"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name="Рисунок 6" descr="C:\Users\Аселя\Desktop\инф.1,7,9 мая\ррг.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Аселя\Desktop\инф.1,7,9 мая\ррг.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3298190" cy="1851660"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
-[...29 lines deleted...]
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="3655"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...27 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7EC0ED52" wp14:editId="4A5D6A8F">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>3097383</wp:posOffset>
+              <wp:posOffset>3491572</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>45867</wp:posOffset>
+              <wp:posOffset>47331</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="3481754" cy="2063261"/>
-            <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+            <wp:extent cx="3228242" cy="2508739"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="9" name="Рисунок 9" descr="C:\Users\Аселя\Desktop\36.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\Аселя\Desktop\36.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:srcRect l="17260" b="14303"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3485921" cy="2065730"/>
+                      <a:ext cx="3228242" cy="2508739"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54DF1097" wp14:editId="0C8C55B6">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-360924</wp:posOffset>
+              <wp:posOffset>-365760</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>45867</wp:posOffset>
+              <wp:posOffset>105410</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="3317631" cy="2060968"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:extent cx="3661410" cy="2063115"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="8" name="Рисунок 8" descr="C:\Users\Аселя\Desktop\88.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Users\Аселя\Desktop\88.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3321087" cy="2063115"/>
+                      <a:ext cx="3661410" cy="2063115"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="margin">
-[...1 lines deleted...]
-            </wp14:sizeRelH>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
-[...29 lines deleted...]
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="000B22CC" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1329"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="243A2870" wp14:editId="662E08BB">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>618490</wp:posOffset>
+              <wp:posOffset>502187</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>320040</wp:posOffset>
+              <wp:posOffset>21150</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="4728210" cy="2391410"/>
-            <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+            <wp:extent cx="4728796" cy="2391508"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="10" name="Рисунок 10" descr="C:\Users\Аселя\Desktop\222.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 10" descr="C:\Users\Аселя\Desktop\222.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:srcRect b="32538"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4728210" cy="2391410"/>
+                      <a:ext cx="4728796" cy="2391508"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="005D088E" w:rsidRPr="000B22CC">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
+    <w:p w:rsidR="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="005D088E" w:rsidP="005D088E">
-[...30 lines deleted...]
-    <w:p w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidRDefault="000B22CC" w:rsidP="000B22CC">
+    <w:p w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidRDefault="005D088E" w:rsidP="005D088E">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="9434"/>
+          <w:tab w:val="left" w:pos="1422"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="005D088E" w:rsidRPr="000B22CC" w:rsidSect="005D088E">
+    <w:sectPr w:rsidR="005D088E" w:rsidRPr="005D088E" w:rsidSect="005D088E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="707" w:bottom="1134" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1787,51 +1807,50 @@
     <w:rsid w:val="00086D8C"/>
     <w:rsid w:val="00090481"/>
     <w:rsid w:val="00091397"/>
     <w:rsid w:val="000913D2"/>
     <w:rsid w:val="00092153"/>
     <w:rsid w:val="000937D8"/>
     <w:rsid w:val="00093A25"/>
     <w:rsid w:val="00093D32"/>
     <w:rsid w:val="00094344"/>
     <w:rsid w:val="0009442E"/>
     <w:rsid w:val="000948B6"/>
     <w:rsid w:val="0009728F"/>
     <w:rsid w:val="000A1351"/>
     <w:rsid w:val="000A2727"/>
     <w:rsid w:val="000A3A4F"/>
     <w:rsid w:val="000A4928"/>
     <w:rsid w:val="000A5EC6"/>
     <w:rsid w:val="000A7BAB"/>
     <w:rsid w:val="000B079B"/>
     <w:rsid w:val="000B0D13"/>
     <w:rsid w:val="000B11A2"/>
     <w:rsid w:val="000B15F0"/>
     <w:rsid w:val="000B19AE"/>
     <w:rsid w:val="000B1B26"/>
     <w:rsid w:val="000B2216"/>
-    <w:rsid w:val="000B22CC"/>
     <w:rsid w:val="000B41BC"/>
     <w:rsid w:val="000B42C7"/>
     <w:rsid w:val="000B49D1"/>
     <w:rsid w:val="000B4ED9"/>
     <w:rsid w:val="000B568F"/>
     <w:rsid w:val="000B5E23"/>
     <w:rsid w:val="000B60D3"/>
     <w:rsid w:val="000B76F8"/>
     <w:rsid w:val="000C0501"/>
     <w:rsid w:val="000C1495"/>
     <w:rsid w:val="000C16F2"/>
     <w:rsid w:val="000C1A60"/>
     <w:rsid w:val="000C3184"/>
     <w:rsid w:val="000C3E56"/>
     <w:rsid w:val="000C43F7"/>
     <w:rsid w:val="000C497B"/>
     <w:rsid w:val="000C622A"/>
     <w:rsid w:val="000C6AD1"/>
     <w:rsid w:val="000D02A4"/>
     <w:rsid w:val="000D0717"/>
     <w:rsid w:val="000D24AE"/>
     <w:rsid w:val="000D2661"/>
     <w:rsid w:val="000D27FD"/>
     <w:rsid w:val="000D3CDF"/>
     <w:rsid w:val="000D4470"/>
@@ -5265,66 +5284,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>263</Words>
-  <Characters>1502</Characters>
+  <Words>251</Words>
+  <Characters>1435</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1762</CharactersWithSpaces>
+  <CharactersWithSpaces>1683</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>