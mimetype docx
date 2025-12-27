--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f6e1416" w14:textId="f6e1416">
+    <w:p w14:paraId="3099a06" w14:textId="3099a06">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,325 +77,325 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қарағанды облысы әкімдігінің 2015 жылғы 25 тамыздағы "Орта білім беру саласындағы көрсетілетін мемлекеттік қызметтер регламенттерін бекіту туралы" № 49/03 қаулысына өзгеріс енгізу туралы</w:t>
+        <w:t>О внесении изменения в постановление акимата Карагандинской области от 25 августа 2015 года № 49/03 "Об утверждении регламентов государственных услуг в сфере среднего образования"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қарағанды облысы әкімдігінің 2016 жылғы 12 мамырдағы № 32/06 қаулысы. Қарағанды облысының Әділет департаментінде 2016 жылғы 22 маусымда № 3865 болып тіркелді</w:t>
+        <w:t>Постановление акимата Карагандинской области от 12 мая 2016 года № 32/06. Зарегистрировано Департаментом юстиции Карагандинской области 22 июня 2016 года № 3865</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасының 2013 жылғы 15 сәуірдегі "Мемлекеттік көрсетілетін қызметтер туралы" </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12816 болып тіркелген) сәйкес, Қарағанды облысының әкімдігі </w:t>
+        <w:t xml:space="preserve">В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 15 апреля 2013 года "О государственных услугах", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 27 ноября 2015 года № 658 "О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 179 "Об утверждении стандартов государственных услуг в сфере среднего образования, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 12816), акимат Карагандинской области </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
-[...179 lines deleted...]
-        <w:t>4. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акимата Карагандинской области от 25 августа 2015 года № 49/03 "Об утверждении регламентов государственных услуг в сфере среднего образования" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов за № 3425, опубликованное в информационно-правовой системе "Әділет" от 15 октября 2015 года, в газетах "Орталық Қазақстан" от 13 октября 2015 года № 164 (22046) и "Индустриальная Караганда" от 13 октября 2015 года № 141 (21892)) следующие изменение:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>регламент</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги "Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования", утвержденного указанным постановлением изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Отменить постановление акимата Карагандинской области от 28 марта 2016 года № 18/03 "О внесении изменений в постановление акимата Карагандинской области от 25 августа 2015 года № 49/03 "Об утверждении регламентов государственных услуг в сфере среднего образования".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Контроль за исполнением настоящего постановления возложить на курирующего заместителя акима области.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Настоящее постановление вводится в действие по истечении десяти календарных дней после его первого официального опубликования.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -436,64 +436,64 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қарағанды облысының</w:t>
+              <w:t>Аким</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әкімі</w:t>
+              <w:t>Карагандинской области</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -501,51 +501,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Н. Әбдібеков</w:t>
+              <w:t>Н. Абдибеков</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -616,90 +616,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қарағанды облысы</w:t>
+              <w:t>Приложение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әкімдігінің 2016 жылғы</w:t>
+              <w:t>к постановлению акимата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>12 мамырдағы</w:t>
+              <w:t>Карагандинской области</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 32/06 қаулысына қосымша</w:t>
+              <w:t>от 12 мая 2016 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 32/06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -720,1900 +733,1938 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қарағанды облысы әкімдігінің</w:t>
+              <w:t>Утвержден</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2015 жылғы 25 тамыздағы</w:t>
+              <w:t>постановлением акимата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 49/03 қаулысымен бекітілді</w:t>
+              <w:t>Карагандинской области</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 25 августа 2015 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 49/03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="0"/>
+    <w:bookmarkStart w:name="z12" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат беру" мемлекеттік көрсетілетін қызмет регламенті</w:t>
+        <w:t xml:space="preserve"> Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z12" w:id="1"/>
+    <w:bookmarkStart w:name="z13" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1. "Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат беру" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары көрсетеді (бұдан әрі – көрсетілетін қызметті берушілер).</w:t>
-[...231 lines deleted...]
-        <w:t xml:space="preserve">Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны: электронды. </w:t>
+        <w:t>1. Государственная услуга "Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования" (далее – государственная услуга) оказывается местными исполнительными органами районов и городов областного значения (далее – услугодатели).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляется через:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) веб-портал "электронного правительства" www.egov.kz (далее - портал).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Форма оказания государственной услуги: электронная (частично автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Результатом оказания государственной услуги является выписка из приказа о разрешении на обучение в форме экстерната в организациях основного среднего, общего среднего образования по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Стандарту государственной услуги "Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования", утвержденного приказом Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 179 "Об утверждении стандартов государственных услуг в сфере среднего образования, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11057), (далее - стандарт).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае обращения услугополучателя за получением результата оказания государственной услуги на бумажном носителе, результат оказания государственной услуги оформляется в электронной форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к стандарту, распечатывается, заверяется печатью и подписью уполномоченного лица услугодателя.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При обращении на портал результат оказания государственной услуги направляется услугополучателю в форме электронного документа, удостоверенного электронной цифровой подписью (далее - ЭЦП) уполномоченного лица услугодателя.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма предоставления результата оказания государственной услуги: электронная </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="2"/>
+    <w:bookmarkStart w:name="z23" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Мемлекеттік қызметтер көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) іс-қимылы тәртібін сипаттау</w:t>
+        <w:t xml:space="preserve"> 2. Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. Стандарттың </w:t>
-[...455 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген 5-әрекеттің нәтижесі болып табылады.</w:t>
+        <w:t xml:space="preserve">4. Основанием для начала процедуры (действия) по оказанию государственной услуги является наличие заявления согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Стандарту.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Содержание процедур (действий), входящих в состав процесса оказания государственной услуги, длительность выполнения: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действие 1 – сотрудник канцелярии осуществляет прием и регистрацию поступивших документов, направляет на рассмотрение руководителю - 15 (пятнадцать) минут;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действие 2 – руководитель услугодателя рассматривает документы и назначает ответственного специалиста за исполнение - 15 (пятнадцать) минут;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">действие 3 – ответственный специалист рассматривает документы на соответствие предъявляемым требованиям предусмотренным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта и подготавливает результат государственной услуги, направляет руководителю на подписание - в течение 13 (тринадцати) рабочих дней;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действие 4 – руководитель услугодателя подписывает результат государственной услуги и направляет в канцелярию -15 (пятнадцать) минут;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действие 5 – сотрудник канцелярии регистрирует и направляет результат оказания государственной услуги - 15 (пятнадцать) минут.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок оказания государственной услуги с момента сдачи документов услугополучателем в Государственную корпорацию, а также на портал - 15 (пятнадцать) рабочих дней.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При обращении в Государственную корпорацию день приема не входит в срок оказания государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Результатом процедуры (действия) по оказанию государственной услуги по действию 1, указанному в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего регламента, является передача документов руководителю. Переданный пакет документов руководителю является основанием для начала выполнения действия 2, указанного в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего регламента. Результатом действия 2, указанного в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего регламента, является рассмотрение документов руководителем и передача завизированных документов руководителем ответственному специалисту, которые являются основанием для выполнения действия 3, указанного в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего регламента. Результатом по действию 3, указанному в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего регламента является рассмотрение документов ответственным специалистом на соответствие предъявляемым требованиям, предусмотренным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта и подготовка результата государственной услуги, которое является основанием для выполнения действия 4, указанного в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего регламента. Результатом по действию 4, указанному в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего регламента является подписание результата оказания государственной услуги руководителем, который является основанием для выполнения действия 5 указанного в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего регламента. Результатом по действию 5, указанному в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего регламента является направление подписанного руководителем результата государственной услуги.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="3"/>
+    <w:bookmarkStart w:name="z34" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік қызметтерді көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) өзара іс-қимылы тәртібін сипаттау</w:t>
+        <w:t xml:space="preserve"> 3. Описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>7. Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсету процесіне қатысатын құрылымдық бөлімшелерінің (қызметкерлерінің) тізбесі:</w:t>
-[...235 lines deleted...]
-        <w:t>5) кеңсе қызметкері мемлекеттік көрсетілетін қызмет нәтижесін тіркейді және жолдайды - 15 (он бес) минут.</w:t>
+        <w:t>7. Перечень структурных подразделений (работников) услугодателя, которые участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) руководитель;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) ответственный специалист.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Описание процедур (действий), необходимых для оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии осуществляет прием и регистрацию поступивших документов, направляет на рассмотрение руководителю - 15 (пятнадцать) минут;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) руководитель услугодателя рассматривает документы и назначает ответственного специалиста - 15 (пятнадцать) минут;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) ответственный специалист рассматривает документы на соответствие предъявляемым требованиям предусмотренным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта и подготавливает результат государственной услуги, направляет руководителю на подписание - в течение 13 (тринадцати) рабочих дней;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) руководитель услугодателя подписывает результат государственной услуги и направляет в канцелярию -15 (пятнадцать) минут;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) сотрудник канцелярии регистрирует и направляет результат оказания государственной услуги - 15 (пятнадцать) минут.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="4"/>
+    <w:bookmarkStart w:name="z45" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. "Азаматтарға арналған үкімет" мемлекеттік корпорациясымен және (немесе) өзге де көрсетілетін қызметті берушілермен өзара іс-қимыл тәртібін, сондай-ақ мемлекеттік қызмет көрсету процесінде ақпараттық жүйелерді пайдалану тәртібін сипаттау</w:t>
+        <w:t xml:space="preserve"> 4. Описание порядка взаимодействия с Государственной корпорацией "Правительство для граждан" и (или) иными услугодателями, а также порядка использования информационных систем в процессе оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>9. Әрбір рәсім (әрекет) көрсетілген, Мемлекеттік корпорацияға жүгіну тәртібінің сипаттамасы:</w:t>
-[...655 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес көрсетілген. </w:t>
+        <w:t>9. Описание порядка обращения в Государственную корпорацию с указанием каждой процедуры (действия):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) услугополучатель подает необходимые документы и заявление работнику Государственной корпорации согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) процесс 1 – ввод работником Государственной корпорации логина и пароля (процесс авторизации) для оказания услуги;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) процесс 2 – выбор работником Государственной корпорации услуги, а также данных услугополучателя;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) процесс 3 – направление запроса через шлюз электронного правительства (далее - ШЭП) в государственную базу данных физических лиц (далее – ГБД ФЛ) о данных услугополучателя;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) условие 1 – проверка наличия данных услугополучателя в ГБД ФЛ;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) процесс 4 – формирование сообщения о невозможности получения данных в связи с отсутствием данных услугополучателя в ГБД ФЛ;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) процесс 5 – направление электронного документа (запроса услугополучателя) удостоверенного (подписанного) электронной цифровой подписью работника Государственной корпорации через ШЭП в автоматизированном рабочем месте регионального шлюза электронного правительства (далее – АРМ РШЭП);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) за получением результата оказания государственной услуги услугополучатель обращается после окончания срока оказания государственной услуги. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Диаграмма функционального взаимодействия при оказании государственной услуги через Государственную корпорацию указано в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Описание порядка обращения через портал с указанием каждой процедуры (действия):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) услугополучатель (услугодатель) осуществляет регистрацию на портале с помощью индивидуального идентификационного номера (далее - ИИН) и пароля (осуществляется для не зарегистрированных услугополучателей на портале);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) процесс 1 – ввод услугополучателем ИИН и пароля (процесс авторизации) на портале для получения услуги;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) условие 1 – проверка на портале подлинности данных о зарегистрированном услугополучателе через ИИН и пароль;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) процесс 2 – формирование порталом сообщения об отказе в авторизации в связи с имеющимися нарушениями в данных услугополучателя;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) процесс 3 – выбор услугополучателем (услугодателем) услуги, указанной в настоящем Регламенте, вывод на экран формы запроса для оказания услуги и заполнение услугополучателем (услугодателем) формы (ввод данных) с учетом ее структуры и форматных требований, а также выбор услугополучателем регистрационного свидетельства ЭЦП для удостоверения (подписания) запроса;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) условие 2 – проверка на портале срока действия регистрационного свидетельства ЭЦП и отсутствия в списке отозванных (аннулированных) регистрационных свидетельств, а также соответствия идентификационных данных (между ИИН указанным в запросе, и ИИН указанным в регистрационном свидетельстве ЭЦП);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) процесс 4 – формирование сообщения об отказе в запрашиваемой услуге в связи с не подтверждением подлинности ЭЦП услугополучателя;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) процесс 5 – удостоверение запроса для оказания услуги посредством ЭЦП услугополучателя и направление электронного документа (запроса) через ШЭП/РШЭП в АРМ РШЭП для обработки услугодателем;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) процесс 6 – регистрация электронного документа в АРМ РШЭП;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) условие 3 – получение услугодателем данных документа, удостоверяющего личность услугополучателя, являющиеся государственными электронными информационными ресурсами, из соответствующих государственных информационных систем в форме электронных данных, удостоверенных ЭЦП уполномоченных лиц государственных органов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) процесс 7 – формирование сообщения об отказе в запрашиваемой услуге в связи с отсутствием данных услугополучателя в государственных информационных системах;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) процесс 8 – получение услугополучателем результата услуги (уведомление в форме электронного документа), сформированной порталом. Электронный документ формируется с использованием ЭЦП уполномоченного лица услугодателя.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Диаграмма функционального взаимодействия при оказании государственной услуги через портал указано в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Подробное описание последовательности процедур (действий), взаимодействий структурных подразделений (сотрудников) услугодателя в процессе оказания государственной услуги, порядка использования информационных систем в процессе оказания государственной услуги приведено в справочнике бизнес-процессов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -2663,268 +2714,333 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Негізгі орта, жалпы орта білім беру</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында экстернат нысанында оқытуға</w:t>
+              <w:t>к регламенту государственной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>рұқсат беру" мемлекеттік</w:t>
+              <w:t>услуги "Выдача разрешения на</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет регламентіне</w:t>
+              <w:t>обучение в форме экстерната в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1 қосымша</w:t>
+              <w:t>организациях основного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднего, общего среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z71" w:id="5"/>
+    <w:bookmarkStart w:name="z72" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мемлекеттік корпорация арқылы мемлекеттік қызмет көрсету кезінде функционалдық өзара іс-қимыл диаграммасы</w:t>
+        <w:t xml:space="preserve"> Диаграмма функционального взаимодействия при оказании</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>государственной услуги через Государственную корпорацию</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z72" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="5080000"/>
+            <wp:extent cx="7810500" cy="6083300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="5080000"/>
+                      <a:ext cx="7810500" cy="6083300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Условные обозначения:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="7"/>
-[...25 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6807200" cy="4381500"/>
+            <wp:extent cx="5613400" cy="5816600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6807200" cy="4381500"/>
+                      <a:ext cx="5613400" cy="5816600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2960,268 +3076,321 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Негізгі орта, жалпы орта білім беру</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында экстернат нысанында оқытуға</w:t>
+              <w:t>к регламенту государственной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>рұқсат беру" мемлекеттік</w:t>
+              <w:t>услуги "Выдача разрешения на</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет регламентіне</w:t>
+              <w:t>обучение в форме экстерната в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2 қосымша</w:t>
+              <w:t>организациях основного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднего, общего среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z80" w:id="9"/>
+    <w:bookmarkStart w:name="z77" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Портал арқылы мемлекеттік қызмет көрсету кезінде функционалдық өзара іс-қимыл диаграммасы</w:t>
+        <w:t xml:space="preserve"> Диаграмма функционального взаимодействия при оказании государственной услуги через портал</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z81" w:id="10"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="3733800"/>
+            <wp:extent cx="6997700" cy="3492500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="3733800"/>
+                      <a:ext cx="6997700" cy="3492500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Условные обозначения:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="11"/>
-[...25 lines deleted...]
-    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5778500" cy="4241800"/>
+            <wp:extent cx="4991100" cy="4521200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5778500" cy="4241800"/>
+                      <a:ext cx="4991100" cy="4521200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3257,313 +3426,389 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Негізгі орта, жалпы орта білім беру</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында экстернат нысанында оқытуға</w:t>
+              <w:t>к регламенту государственной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>рұқсат беру" мемлекеттік</w:t>
+              <w:t>услуги "Выдача разрешения на</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет регламентіне</w:t>
+              <w:t>обучение в форме экстерната в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3 қосымша</w:t>
+              <w:t>организациях основного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднего, общего среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z89" w:id="13"/>
+    <w:bookmarkStart w:name="z82" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат беру" мемлекеттік қызмет көрсетудің бизнес-процестерінің анықтамалығы</w:t>
+        <w:t xml:space="preserve"> Справочник бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z90" w:id="14"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="6350000"/>
+            <wp:extent cx="7505700" cy="6273800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="6350000"/>
+                      <a:ext cx="7505700" cy="6273800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
-    </w:p>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Шартты белгілер: </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Условные обозначения:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="1384300"/>
+            <wp:extent cx="7810500" cy="965200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="1384300"/>
+                      <a:ext cx="7810500" cy="965200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>