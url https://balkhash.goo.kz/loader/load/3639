--- v0 (2025-12-15)
+++ v1 (2025-12-17)
@@ -1,1163 +1,1162 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Арнайы білім беру саласындағы мемлекеттік көрсетілетін қызметтер регламенттерін бекіту туралы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қарағанды облысы әкімдігінің 2015 жылғы 5 маусымдағы № 30/06 қаулысы. Қарағанды облысының Әділет департаментінде 2015 жылғы 17 шілдеде № 3338 болып тіркелді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="z3"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының 2013 жылғы 15 сәуірдегі Заңына, "Арнайы білім беру саласындағы жергілікті атқарушы органдар көрсететін мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" Қазақстан Рес</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>публикасы Білім және ғылым министрінің 2015 жылғы 8 сәуірдегі № 174 бұйрығына сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11047 болып тіркелген), Қарағанды облысының әкімдігі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="z4"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1. Қоса берілген:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="z5"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1) "Мүмкі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік көрсетілетін қызмет регламенті;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="z6"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       2) "Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейім</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>деу" мемлекеттік көрсетілетін қызмет регламенті;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="z7"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3) "Мүмкіндіктері шектеулі балаларды тәрбиелеп отырған отбасыларға консультациялық көмек көрсету" мемлекеттік көрсетілетін қызмет регламенті;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="z8"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       4) "Бастауыш, негізгі орта, жалпы орта білім беру ұ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>йымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау" мемлекеттік көрсетілетін қызмет регламенті;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="z9"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5) "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мү</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына қабылдау" мемлекеттік көрсетілетін қызмет регламенті бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="z10"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       2. "Арнайы білім беру саласындағы мемлекеттік көрсетілетін қызметтер регламенттерін бекіту туралы"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қарағанды облысы әкімдігінің қаулысының орындалуын бақылау облыс әкімінің жетекшілік ететін орынбасарына жүктелсін. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="z11"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3. Осы қаулы алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4903"/>
         <w:gridCol w:w="4874"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0002670B">
+      <w:tr w:rsidR="001D7F54">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:bookmarkStart w:id="9" w:name="z12"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қарағанды облысының әкімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkEnd w:id="9"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Н.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Әбдібеков</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="324"/>
         <w:gridCol w:w="9453"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0002670B">
+      <w:tr w:rsidR="001D7F54">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="408" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11892" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Қарағанды облысы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2015 жылғы әкімдігінің 05 маусымдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 30/06 қаулысымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік корсетілетін қызмет регламенті</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="z16"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1. "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік қызмет көрсетудің қызмет берушісі Қарағанды облысының психологиялық-медициналық-педагогикалық консультациялар болып табылады (әрі қарай- қызмет көрсетуші).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="z17"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Мемлекеттік қызме</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>т көрсету үшін өтініш қабылдау және нәтижесін беруді көрсетілетін қызмет беруші кеңсесі арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="z18"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2. Мемлекеттік қызмет көрсету нысаны - қағаз түрінде.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="z19"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3. Мемлекеттік қызмет көрсету нәтижесі ұсынылатын оқыту, медициналық және әл</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">еуметтік қызметтер, білім беру бағдарламасының нысаны көрсетілген жазбаша қорытынды болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="z20"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Мемлекеттік қызметтер көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) іс-қимылы тәртібін сипаттау</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="z21"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>  4. Қазақстан Республикасының Білім беру және ғылым министрінің 2015 жылғы 8 сәуірдегі № 174 "Арнайы білім беру саласындағы жергілікті атқарушы органдар көрсететін мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" бұйрығымен бекітілген (Норм</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11047 болып тіркелген) "Мүмкіндіктері шектеулі балаларды психологиялық- медициналық- педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік көрсетілетін қызмет стандартының 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тармағында көрсетілген құжаттардың бар болуы, мемлекеттік көрсетілетін қызмет бойынша корсету рәсімнің (әрекеттің) басталуына негіз болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="z22"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      5. Мемлекеттік қызмет көрсету рәсімінің құрамына кіретін рәсімдер (әрекеттер) мазмұны, олардың орынд</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>алу ұзақтығы:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="z23"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1 – әрекет – кеңсе қызметкері тұтынушының құжаттар пакетін тексеруді жүзеге асырады– 3 (үш) минуттан көп емес;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="z24"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       2 – әрекет – басшының құжаттарды қарауы – 5 (бес) минуттан көп емес; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="z25"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3 – әрекет – қызмет беруші мамандарының қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ұжаттар пакетін қарауы, тексеруді және кеңес беруді жүзеге асыруы – 1 (бір) сағат ішінде; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="z26"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      4 – әрекет – басшы қортынды шығарады – 5 (бес) минуттан көп емес;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="z27"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">       5 – әрекет – кеңсе қызметкері мемлекеттік қызмет көрсету қорытындысын береді – 2 (екі)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> минуттан көп емес. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="z28"/>
       <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       6. Құжаттарды басшының қарауына жіберу осы Регламенттің 5 тармағында көрсетілген 1-әрекет бойынша нәтиже болып табылады, бұл осы Регламенттің 5 тармағында көрсетілген 2-әрекеттің орындалуына негіз болып табылады. Көрсетілетін қы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>змет беруші мамандарына жіберу осы Регламенттің 5 тармағында көрсетілген 2-әрекет бойынша нәтиже болып табылады, бұл осы Регламенттің 5 тармағында көрсетілген 3-әрекеттің орындалуына негіз болып табылады. Құжаттар пакетін қарастыру, тексеруді және кеңес бе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>руді жүзеге асыру осы Регламенттің 5 тармағында көрсетілген 3-әрекет бойынша нәтиже болып табылады, бұл 4-әрекеттің орындалуына негіз болып табылады. Қортынды шығаруы осы Регламенттің 5 тармағында көрсетілген 4-әрекет бойынша нәтиже болып табылады, бұл осы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Регламенттің 5 тармағында көрсетілген 5-әрекеттің орындалуына негіз болып табылады. Қызмет алушыға мемлекеттік көрсетілетін қызмет нәтижесін беру осы Регламенттің 5 тармағында көрсетілген 5-әрекет бойынша нәтиже болып табылады</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="z29"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Мемлекеттік қызметтерді </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) өзара іс-қимылы тәртібін сипаттау</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="z30"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      7. Мемлекеттік қызмет көрсету үдерісіне қатысатын қызмет берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) тізімі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="z31"/>
       <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) кеңсе қызметкері;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="z32"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) басшы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="z33"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3) мамандар.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="z34"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      8. Мемлекеттік қызмет көрсетуге қажетті рәсімдер (әрекеттер) сипаты:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="z35"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) құжаттар пакетін тексеру, басшыға жіберу (3 минут);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="z36"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) құжаттардың басшымен қаралуы (5 минут);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="z37"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>құжаттар пакетін қарау, тексеруді және кеңес беруді жүргізу (1 сағат);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="z38"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      4) қортындысын шығару және нәтижеге қол қою (5 минут);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="z39"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5) кеңсе қызметкерінің мемлекеттік қызмет көрсету қорытындысын беруі (2 минут). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Ескерту. 8-тармаққа өзгерістер</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізілді - Қарағанды облысы әкімдігінің 12.05.2017 № 29/07 (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="z40"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       9. Әрекеттер сипаты осы регламенттің қосымшасына сәйкес мемлекеттік қызмет көрсету</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дің бизнес – үдерістері анықтамасында көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="35" w:name="z41"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. "Азаматтарға арналған үкімет" мемлекеттік корпорациясымен және (немесе) өзге де көрсетілетін қызметті берушілермен өзара іс-қимыл тәртібін, сондай-ақ мемлекеттік қызмет көрсету процесінде ақпараттық жү</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>йелерді пайдалану тәртібін сипаттау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">       Ескерту. Тарауының тақырыбы жаңа редакцияда - Қарағанды облысы әкімдігінің 20.06.2016 № 43/06 (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="z42"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      10. Стан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дартқа сәйкес мемлекеттік қызмет автоматтандырылмаған және "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы арқылы көрсетілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Ескерту. 10-тармақ жаңа редакцияда - Қарағанды облысы әкімдігінің 20.06.2016</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 43/06</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="658"/>
         <w:gridCol w:w="9119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0002670B">
+      <w:tr w:rsidR="001D7F54">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11449" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:bookmarkStart w:id="37" w:name="z43"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Мүмкіндіктері шектеулі балаларды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>психологиялық- медициналық- педагогикалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
@@ -1179,1814 +1178,1798 @@
               </w:rPr>
               <w:t>мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> қызмет регламентіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkEnd w:id="37"/>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="38" w:name="z44"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультатциялық көмек көрсету" мемлекеттік қызмет көрсетілуінің бизнес – үдерістерінің анықтамасы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="39" w:name="z45"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="6197600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7810500" cy="6197600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="z46"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6629400" cy="2133600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6629400" cy="2133600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="363"/>
         <w:gridCol w:w="9414"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0002670B">
+      <w:tr w:rsidR="001D7F54">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11841" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:bookmarkStart w:id="41" w:name="z47"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қарағанды облысы әкімдігінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2015 жылғы әкімдігінің 5 маусымдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 30/06 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkEnd w:id="41"/>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="z48"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік көрсетілетін қызмет регламенті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ескерту. Тақырыбы жаң</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>а редакцияда - Қарағанды облысы әкімдігінің 12.05.2017 № 29/07 (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="43" w:name="z49"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="z50"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      1. "Дамуында проблемалары бар балалар мен жасөспірімдерді </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>оңалту және әлеуметтік бейімдеу" мемлекеттік көрсетілетін қызметті беруші (бұдан әрі-қызметті беруші) Қарағанды облысының оңалту орталықтары, педагогикалық –психологиялық түзеу кабинеттері (бұдан әрі – қызмет беруші) болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="45" w:name="z51"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Өтініштерді қабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">лдау мен көрсетілетін мемлекеттік қызмет нәтижесі қызмет көрсетушінің кеңсесінде жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Ескерту. 1-тармаққа өзгерістер енгізілді - Қарағанды облысы әкімдігінің 12.05.2017 № 29/07 (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> өткен соң қолданысқа енгiзiледi) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="46" w:name="z52"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2. Мемлекеттік қызмет көрсету нысаны: жеке, топтамалардағы және топтағы сабақтар және кеңесі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="47" w:name="z53"/>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3. Мемлекеттік қызмет көрсету нәтижесі "Арнайы білім беру саласындағы жергілікті атқарушы органдар көр</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сететін мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 8 сәуірдегі № 174 бұйрығымен бекітілген "Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бей</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">імдеу" мемлекеттік қызмет көрсету стандартының (Нормативтік құқықтық </w:t>
-[...7 lines deleted...]
-        <w:t>актілерді тіркеу тізілімінде № 11047 болып тіркелген) 1-қосымшасына сәйкес берілген нысан бойынша анықтама болып табылады (бұдан әрі-стандарт).</w:t>
+        <w:t>імдеу" мемлекеттік қызмет көрсету стандартының (Нормативтік құқықтық актілерді тіркеу тізілімінде № 11047 болып тіркелген) 1-қосымшасына сәйкес берілген нысан бойынша анықтама болып табылады (бұдан әрі-стандарт).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Мемлекеттік қызмет көрсету нәтижесін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ұсыну нысаны: қағаз түрінде.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Қарағанды облысы әкімдігінің 22.01.2019 № 04/03 (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="48" w:name="z54"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Мемлекеттік қызметтер көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) іс-қимылы тәртібін сипаттау</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="49" w:name="z55"/>
       <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       4. Стандарттың 9 тармағына сәйкес көрсетілетін мемлекеттік қызмет көрсету бойынша рәсімін бастау үш</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ін (іс –қимылдың) көрсетушімен қабылданған өтініш пен құжаттар негіз болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - Қарағанды облысы әкімдігінің 12.05.2017 № 29/07 (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">енгiзiледi) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="50" w:name="z56"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5. Мемлекеттік қызмет көрсету процесне кіретін әрбір рәсімнің (іс-әрекеттің) мазмұны, оның орындалу ұзақтығы: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="51" w:name="z57"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1 іс - қимыл – кеңсеге келіп түскен құжаттарды қабылдау және тіркеу, басшының қарауына жолдау. 5 (бес) мину</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ттан аспайды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="52" w:name="z58"/>
       <w:bookmarkEnd w:id="51"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2 іс - қимыл – басшының құжаттарды қарастыруы, келісімшарт жасасуы және беруі, қарастырылған құжаттарды мамандарға беру. 10 (он) минуттан аспайды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="53" w:name="z59"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3 іс - қимыл – мамандардың құжаттарды қарауы, баланың зияткерлік даму ерекшеліктері</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>н анықтау мақсатында топтық бағалау жүргізу. 30 (отыз) минуттан аспайды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="54" w:name="z60"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      4 іс - қимыл – мүмкіндігі шектеулі баланың медициналық-психологиялық–педагогикалық түзету және әлеуметтік оңалту жүргізу. 90 күнтізбелік күннен 365 күнтізбелік күнге дейін;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="55" w:name="z61"/>
       <w:bookmarkEnd w:id="54"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>  5 іс - қимыл –мамандар және басшының мемлекетік көрсетілетін қызметтің топтық бағалау қорытынды дайындау. 10 (он) минут ішінде;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="56" w:name="z62"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      6 іс - қимыл – кеңсе қызметкерінің қызмет алушыға мемлекеттік көрсетілетін қызмет нәтижесін беруі. 5 (бес) минут ішінде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгерістер енгізілді - Қарағанды облысы әкімдігінің 12.05.2017 № 29/07 (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="57" w:name="z63"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">       6. Осы Регламенттің 5 тармағында көрсетілген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1 іс-қимыл – бойынша мемлекеттік қызмет көрсету жөнінде рәсім (әрекет) нәтижесі құжаттарды басшыға тапсыру болып табылады. Басшыға тапсырылған құжаттар пакеті осы Регламенттің 5 тармағында көрсетілген 2 іс-қимыл- орындаудың басталуы үшін негіз болып табыла</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ды. Осы Регламенттің 5 тармағында көрсетілген 5 тармағында көрсетілген 2 іс-қимыл — орындаудың басталуы үшін үшін негізі болып табылады. Осы Регламенттің 2 іс-қимылдың нәтижесі осы Регламенттің 5 тармағында айқындалған 3 іс-қимыл - орындау үшін негіз болып</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> табылатын басшымен құжаттарды қарастыруы, келісімшарт жасасуы, және беруі, қаралған құжаттарды мамандарға беру. Осы Регламенттің 5 тармағында көрсетілген 3 іс-қимылдағы - орындау нәтижесі осы Регламенттің 5 тармағынд айқындалған 4 іс-қимылды орындау үшін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нәтиже болып табылатын-мамандардың құжаттардың қарауы, баланың зияткрлі даму ерекшеліктерін анықтау мақсатында топтық бағалау жүргізу. Осы Регламенттің 5 тармағында көрсетілген 4 іс-қимыл бойынша нәтиже осы Регламенттің 5 тармағында айқындалған 5 іс-қимылд</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ы орындау үшін негіз болып табылатын, мүмкіндігі шектеулі балаларды медициналық-психологиялық-педагогикалық түзету және әлеуметтік оңалту жүргізу болып табылады. Осы Регламенттің 5 тармағында көрсетілген 5 іс-қимыл бойынша нәтиже мемлекеттік көрсетілетін қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ызметтің мамандар және басшының қол қойған қорытынды дайындау болып табылады. Осы Регламенттің 5 тармағында көрсетілген 6 іс-қимыл бойынша кеңсе қызметкерінің қызмет алушыға мемлекеттік қызмет нәтижесін беруі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="58" w:name="z64"/>
       <w:bookmarkEnd w:id="57"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Мемлекеттік қызметтерді көр</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>сету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) өзара іс-қимылы тәртібін сипаттау</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="59" w:name="z65"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      7. Мемлекеттік қызмет көрсету процесіне қатысатын қызмет берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="60" w:name="z66"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>    1) кеңсе қызметкері;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="61" w:name="z67"/>
       <w:bookmarkEnd w:id="60"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) басшы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="62" w:name="z68"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3) маман.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="63" w:name="z69"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      8. Мемлекеттік қызмет көрсету үшін қажетті (іс-әрекет) процедуралардың сипаттамасы:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="64" w:name="z70"/>
       <w:bookmarkEnd w:id="63"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) кеңсеге келіп түскен құжаттарды қабылдау және тіркеу, басшының қарауына жолдау (5 минут);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="65" w:name="z71"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>асшының құжаттарды қарастыруы, келісімшарт жасауы және беруі, қарастырған құжаттарды мамандарға беру (10 минут);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="66" w:name="z72"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3) мамандардың құжаттарды қарауы, баланың зияткерлік даму ерекшеліктерін анықтау мақсатында топтық бағалау жүргізу (30 минут);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="67" w:name="z73"/>
       <w:bookmarkEnd w:id="66"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>      4) м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>үмкіндігі шектеулі баланың медициналық-психологиялық–педагогикалық түзету және әлеуметтік оңалту жүргізу (90 күнтізбелік күннен 365 күнтізбелік күнге дейін);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="68" w:name="z74"/>
       <w:bookmarkEnd w:id="67"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      5) мамандар және басшының мемлекеттік көрсетілетін қызметтің топтық бағалау қорытынды дайынд</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ау (10 минту);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="69" w:name="z75"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      6) кеңсе қызметтерінің қызмет алушыға мемлекеттік көрсетілетін қызмет нәтижесін беруі (5 минут).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-тармаққа өзгерістер енгізілді - Қарағанды облысы әкімдігінің 12.05.2017 № 29/07 (алғашқы ресми жарияланған күнінен кейiн </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="70" w:name="z76"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       9. Іс - қимылдар реті осы регламенттің қосымшасына сәйкес мемлекеттік қызмет көрсетудің бизнес-процестерінің анықтамалығында көрсетілген. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="71" w:name="z77"/>
       <w:bookmarkEnd w:id="70"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. "Азаматтарға арналған үкімет" мемлекеттік</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> корпорациясымен және (немесе) өзге де көрсетілетін қызметті берушілермен өзара іс-қимыл тәртібін, сондай-ақ мемлекеттік қызмет көрсету процесінде ақпараттық жүйелерді пайдалану тәртібін сипаттау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ескерту. Тарауының тақырыбы жаңа редакцияда - Қараған</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ды облысы әкімдігінің 20.06.2016 № 43/06 (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="72" w:name="z78"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      10. Стандартқа сәйкес мемлекеттік қызмет автоматтандырылмаған және "Азаматтарға арналған үкімет" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы арқылы көрсетілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - Қарағанды облысы әкімдігінің 20.06.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 43/06</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгiзiледi) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="746"/>
         <w:gridCol w:w="9031"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0002670B">
+      <w:tr w:rsidR="001D7F54">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="962" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11338" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:bookmarkStart w:id="73" w:name="z79"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Дамуында проблемалары бар балалар мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жасөспірімдерді оңалту және әлеуметтік бейімдеу"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мемлекеттік көрсетілетін қызмет регламентіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkEnd w:id="73"/>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="74" w:name="z80"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Мемлекеттік қызмет көрсетудің бизнес-процестерінің анықтамалығы "Дамуында проблемалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ескерту. Қосымша жаңа редакцияда - Қарағанды облысы әкімдігінің 12.05.2017 № 29/07 (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мен.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="0002670B">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="001D7F54">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="75" w:name="z81"/>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="5295900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7810500" cy="5295900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="0002670B">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="001D7F54">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="76" w:name="z82"/>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="1803400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7810500" cy="1803400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="363"/>
         <w:gridCol w:w="9414"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0002670B">
+      <w:tr w:rsidR="001D7F54">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11841" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:bookmarkStart w:id="77" w:name="z83"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қарағанды облысы әкімдігінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2015 жылғы әкімдігінің 5 маусымдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>№ 30/06 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkEnd w:id="77"/>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="78" w:name="z84"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> "Мүмкіндіктері шектеулі балаларды тәрбиелеп отырған отбасыларға консультациялық көмек көрсету мемлекеттік" көрсетілетін қызмет регламенті</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="79" w:name="z86"/>
       <w:bookmarkEnd w:id="78"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1. "Мүмкіндіктері шектеулі балаларды тәрбиелеп отырған отбасыларға консультациялық көмек көрсету" мемлекеттік қызмет (әрі қарай – мемлекеттік қызмет) оңалту орталықтары, Қарағанды облысы психологиялық–педагогикалық коррекция кабинетт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ері (бұдан әрі – мемлекеттік көрсетілетін қызмет) болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="80" w:name="z87"/>
       <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Өтініштерді қабылдау мен мемлекеттік көрсетілетін қызмет нәтижесі қызмет көрсетушінің кеңсесінде жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="81" w:name="z88"/>
       <w:bookmarkEnd w:id="80"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2. Мемлекеттік қызмет көрсету нысаны: қағаз түрінде.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="82" w:name="z89"/>
       <w:bookmarkEnd w:id="81"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. Мемлекеттік қызмет көрсетудің нәтижесі мүмкіндігі шектеулі балаларды тәрбиелеуші отбасыларға консультациялық көмек көрсету жөніндегі қорытынды болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="83" w:name="z90"/>
       <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Мемлекеттік қызметтер көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімше</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>лерінің (қызметкерлерінің) іс-қимылы тәртібін сипаттау</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="84" w:name="z91"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       4. Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 8 сәуірдегі № 174 "Арнайы білім беру саласындағы жергілікті атқарушы органдар көрсететін мемлекеттік көрсетілетін қызметтер стан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дарттарын бекіту туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізімінде № 11047 болып тіркелген) бұйрығымен бекітілген "Мүмкіндіктері шектеулі балаларды тәрбиелеп отырған отбасыларға консультациялық көмек көрсету" мемлекеттік көрсетілетін қыз</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мет стандартының (бұдан әрі – стандарт) 9-тармағында көрсетілген қажетті құжаттардың қоса берілуімен көрсетілетін қызметті алушының өтініші мемлекеттік көрсетілетін қызмет бойынша рәсімді (әрекетті) бастау үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="85" w:name="z92"/>
       <w:bookmarkEnd w:id="84"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5. Мемлекеттік қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ызмет көрсету процесіне кіретін әрбір жұмыстың (іс-әрекеттің) мазмұны, оның орындалу ұзақтығы: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="86" w:name="z93"/>
       <w:bookmarkEnd w:id="85"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1 іс-қимыл - кеңсеге келіп түскен құжаттарды қабылдау және тіркеу, басшының қарауына жолдау, 5 (бес) минуттан аспайды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="87" w:name="z94"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2 іс-қимыл - басшының құжатта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>рды қарастыруы, қарастырылған құжаттарды жауапты мамандарға беруі, 5 (бес) минуттан аспайды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="88" w:name="z95"/>
       <w:bookmarkEnd w:id="87"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3 іс-қимыл - мамандардың құжаттарды қарауы, консультативтік көмекті өткізу, 40 (қырық) минуттан аспайды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="89" w:name="z96"/>
       <w:bookmarkEnd w:id="88"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      4 іс–қимыл - басшының мемлекеттік көрсетілетін</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қызмет нәтижелеріне әзірлеуі және қол қоюы, 5 (бес) минуттан аспайды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="90" w:name="z97"/>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>      5 іс-қимыл - кеңсе қызметкерлерінің қызмет алушыға мемлекеттік көрсетілетін қызмет нәтижесін беруі, 5 (бес) минуттан аспайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="91" w:name="z98"/>
       <w:bookmarkEnd w:id="90"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       6. Осы Регламенттің 5 тармағында көрсетілген 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> іс-қимыл – бойынша мемлкеттік қызмет көрсету жөнінде рәсім (әрекет) нәтижесі құжаттарды басшыға тапсыру болып табылады. Басшыға тапсырылған құжаттар пакеті осы Регламенттің 5 тармағында көрсетілген 2 іс-қимыл- орындаудың басталуы үшін негіз болып табылады</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2999,399 +2982,398 @@
         </w:rPr>
         <w:t>былатын басшымен құжаттарды қарастыруы, келісім шарт жасасуы, және беруі, қаралған құжаттарды мамандарға беру. Осы Регламенттің 5 тармағында көрсетілген 3 іс–қимылдағы - орындау нәтижесі осы Регламенттің 5 тармағында айқындалған 4 іс-қимылды орындау үшін н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>әтиже болып табылатын-мамандардың құжаттардың қарауы, баланың зияткерлік даму ерекшеліктерін анықтау мақсатында топтық бағалау жүргізу. Осы Регламенттің 5 тармағында көрсетілген 4 іс-қимыл бойынша нәтиже осы Регламенттің 5 тармағында айқындалған 5 іс-қимыл</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ды орындау үшін негіз болдып табылатын, мүмкіндігі шектеулі балаларды медициналық-психологиялық-педагогикалық түзету және әлеуметтік оңалту жүргізу болып табылады. Осы Регламенттің 5 тармағында көрсетілген 5 іс-қимыл бойынша нәтиже кеңсе қызметкерлерінің қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ызмет алушыға қол қойған мемлекеттік көрсетілетін қызмет нәтижесінің беруі болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="92" w:name="z99"/>
       <w:bookmarkEnd w:id="91"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Мемлекеттік қызметтерді көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) өзара іс-қимылы тәртібін сипаттау</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="93" w:name="z100"/>
       <w:bookmarkEnd w:id="92"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7. Мемлекеттік қызмет көрсету процесіне қатысатын қызмет берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) тізбесі :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="94" w:name="z101"/>
       <w:bookmarkEnd w:id="93"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) кеңсе қызметкері;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="95" w:name="z102"/>
       <w:bookmarkEnd w:id="94"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) басшы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="96" w:name="z103"/>
       <w:bookmarkEnd w:id="95"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3) маман.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="97" w:name="z104"/>
       <w:bookmarkEnd w:id="96"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      8. Мемлекеттік қызмет көрсету үшін қажетті рәсімдерінің (іс-әрекет) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сипаттамасы:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="98" w:name="z105"/>
       <w:bookmarkEnd w:id="97"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) кеңсеге келіп түскен құжаттарды қабылдау және тіркеу, басшының қарауына жолдау (5 минут);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="99" w:name="z106"/>
       <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) басшының құжаттарды қарастыруы, келісімшарт жасауы және беруі, қарастырған құжаттарды мамандарға беру (5 минут);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="100" w:name="z107"/>
       <w:bookmarkEnd w:id="99"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      3) жауапты </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мамандардың құжаттардың қарастыруы, баланың зияткерлік даму ерекшеліктерін анықтау мақсатында топтық бағалау жүргізу (40 минут);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="101" w:name="z108"/>
       <w:bookmarkEnd w:id="100"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">       4) басшының мемлекеттік көрсетілетін қызмет нәтижесін әзірлеуі және қол қоюы (5 минут); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="102" w:name="z109"/>
       <w:bookmarkEnd w:id="101"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      5) кеңсе қызметкерлерінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілетін мемлекеттік қызмет нәтижесін беруі (5 минут).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="103" w:name="z110"/>
       <w:bookmarkEnd w:id="102"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       9. Іс-қимыл сипаттамасы осы Регламенттің қосымшасына сәйкес мемлекеттік қызмет бизнес процестерінің анықтамасында көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="104" w:name="z111"/>
       <w:bookmarkEnd w:id="103"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. "Азаматтарға арналған үкімет" мемлекеттік корпорациясымен </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>және (немесе) өзге де көрсетілетін қызметті берушілермен өзара іс-қимыл тәртібін, сондай-ақ мемлекеттік қызмет көрсету процесінде ақпараттық жүйелерді пайдалану тәртібін сипаттау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ескерту. Тарауының тақырыбы жаңа редакцияда - Қарағанды облысы әкімдіг</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>інің 20.06.2016 № 43/06 (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="105" w:name="z112"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      10. Стандартқа сәйкес мемлекеттік қызмет автоматтандырылмаған және "Азаматтарға арналған үкімет" мемлекеттік корпорациясы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" коммерциялық емес акционерлік қоғамы арқылы көрсетілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - Қарағанды облысы әкімдігінің 20.06.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 43/06</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1006"/>
         <w:gridCol w:w="8771"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0002670B">
+      <w:tr w:rsidR="001D7F54">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10995" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:bookmarkStart w:id="106" w:name="z113"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Мүмкіндіктері шектеулі балаларды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тәрбиелеп отырған отбасыларға</w:t>
             </w:r>
             <w:r>
               <w:br/>
@@ -3416,1128 +3398,1123 @@
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметтің регламентіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkEnd w:id="106"/>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="107" w:name="z114"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік қызмет көрсетудің бизнес-процестерінің анықтамалығы "Мүмкіндіктері шектеулі балаларды т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>әрбиелеп отырған отбасыларға консультациялық көмек көрсету"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="108" w:name="z115"/>
       <w:bookmarkEnd w:id="107"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="4267200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="6" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7810500" cy="4267200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="109" w:name="z116"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7670800" cy="2933700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="7" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7670800" cy="2933700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="363"/>
         <w:gridCol w:w="9414"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0002670B">
+      <w:tr w:rsidR="001D7F54">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11841" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:bookmarkStart w:id="110" w:name="z117"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қарағанды облысы әкімдігінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2015 жылғы әкімдігінің 5 маусымдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 30/06 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkEnd w:id="110"/>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="111" w:name="z118"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттарды қабылдау" мемлекеттік көрсетілетін қызмет регламенті</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="112" w:name="z120"/>
       <w:bookmarkEnd w:id="111"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1. "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттарды қабылдау" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ызмет) бастауыш, негізгі орта, жалпы орта білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="113" w:name="z121"/>
       <w:bookmarkEnd w:id="112"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Өтініш қабылдау және мемлекеттік көрсетілетін қызметтің нәтижесін беру көрсетілетін қызметті берушінің кеңсесі арқылы жүзеге асырылады</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="114" w:name="z122"/>
       <w:bookmarkEnd w:id="113"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2. Мемлекеттік қызмет көрсету нысаны: қағаз түрінде.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="115" w:name="z123"/>
       <w:bookmarkEnd w:id="114"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3. Мемлекеттік қызмет көрсетудің нәтижесі: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="116" w:name="z13"/>
       <w:bookmarkEnd w:id="115"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) құжаттарды қабылдау туралы қолхат (еркін нысанда);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="117" w:name="z14"/>
       <w:bookmarkEnd w:id="116"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) үйде жеке тегін оқыту туралы бұйрық.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Мемлекеттік қызмет көрсету </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нәтижесін ұсыну нысаны: қағаз түрінде.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Қарағанды облысы әкімдігінің 22.01.2019 № 04/03 (алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="118" w:name="z124"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Мемлекеттік қызмет</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>тер көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) іс-қимылы тәртібін сипаттау</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="119" w:name="z125"/>
       <w:bookmarkEnd w:id="118"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       4. Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 8 сәуірдегі № 174 "Арнайы білім беру саласындағы жергіл</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ікті атқарушы органдар көрсететін мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізімінде № 11047 болып тіркелген) бұйрығымен бекітілген "Бастауыш, негізгі орта, жалпы орта білім беру ұйы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттарды қабылдау" мемлекеттік көрсетілетін қызмет стандартының (бұдан әрі – стандарт) 9-тармағында көрсетілген қажетті құжаттардың қоса бері</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>луімен көрсетілетін қызметті алушының өтініші мемлекеттік көрсетілетін қызмет бойынша рәсімді (әрекетті) бастау үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="120" w:name="z126"/>
       <w:bookmarkEnd w:id="119"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      5. Мемлекеттік көрсетілетін қызмет үдерісінің құрамына кіретін әрбір рәсімнің (әрекеттің) мазмұны, ұзақтығы мен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оны орындау реттілігі, оның ішінде рәсімдердің (әрекеттердің) өту кезеңдері:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="121" w:name="z127"/>
       <w:bookmarkEnd w:id="120"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>      1) көрсетілетін қызметті берушінің кеңсе қызметкері көрсетілетін қызметті алушының құжаттарын қабылдайды әрі тіркейді және көрсетілетін қызметті берушінің басшысына қарауға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жібереді (15 минуттан аспайды);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="122" w:name="z128"/>
       <w:bookmarkEnd w:id="121"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      нәтиже: көрсетілетін қызметті алушыдан құжаттарды қабылдау және көрсетілетін қызметті берушінің басшысына беру;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="123" w:name="z129"/>
       <w:bookmarkEnd w:id="122"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) көрсетілетін қызметті берушінің басшысы құжаттарды қарайды және жауапты орындаушыны анықтайды (1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5 минуттан аспайды);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="124" w:name="z130"/>
       <w:bookmarkEnd w:id="123"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      нәтиже: көрсетілетін қызметті берушінің басшысы жауапты орындаушыны анықтауы және оған көрсетілетін қызметті алушының құжаттарын жолдауы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="125" w:name="z131"/>
       <w:bookmarkEnd w:id="124"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3) көрсетілетін қызметті берушінің жауапты орындаушысы мемлекеттік көрсетілетін қызме</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>т нәтижесін ресімдейді, басшыға қарауға және қол қоюға жібереді (1 жұмыс күні);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="126" w:name="z132"/>
       <w:bookmarkEnd w:id="125"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      нәтиже: көрсетілетін қызметті берушінің жауапты орындаушы қызметті алушыға мемлекеттік қызмет көрсету нәтижесін беруі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="127" w:name="z133"/>
       <w:bookmarkEnd w:id="126"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      4) көрсетілетін қызметті берушінің басшысы бұ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>йрық жобасын қарайды, қол қояды және кеңсеге жібереді (1 жұмыс күні);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="128" w:name="z134"/>
       <w:bookmarkEnd w:id="127"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      нәтиже: қол қояды және кеңсеге жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="129" w:name="z135"/>
       <w:bookmarkEnd w:id="128"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      5) көрсетілетін қызметті берушінің кеңсе қызметкері көрсетілетін қызметті алушыға мемлекеттік көрсетілетін қызметтің нәтижесін береді</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (15 минуттан аспайды).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="130" w:name="z136"/>
       <w:bookmarkEnd w:id="129"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Мемлекеттік қызмет көрсету мерзімі – көрсетілетін қызметті алушының құжаттар топтамасын тапсырған сәттен бастап 3 жұмыс күні.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="131" w:name="z137"/>
       <w:bookmarkEnd w:id="130"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Мемлекеттік қызметтерді көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелер</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>інің (қызметкерлерінің) өзара іс-қимылы тәртібін сипаттау</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="132" w:name="z138"/>
       <w:bookmarkEnd w:id="131"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      6. Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсету үдерісіне қатысатын құрылымдық бөлімшелерінің (қызметкерлерінің) тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="133" w:name="z139"/>
       <w:bookmarkEnd w:id="132"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) көрсетілетін қызметті берушінің кеңсе қызметкер</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>і;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="134" w:name="z140"/>
       <w:bookmarkEnd w:id="133"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) көрсетілетін қызметті берушінің басшысы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="135" w:name="z141"/>
       <w:bookmarkEnd w:id="134"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3) көрсетілетін қызметті берушінің жауапты орындаушысы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="136" w:name="z142"/>
       <w:bookmarkEnd w:id="135"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      7. Құрылымдық бөлімшелер (қызметкерлер) арасындағы рәсімдер (әрекеттер) реттілігінің сипаттамасы:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="137" w:name="z143"/>
       <w:bookmarkEnd w:id="136"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) көрсетілетін қызметті беруші</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нің кеңсе қызметкері көрсетілетін қызметті алушының құжаттарын қабылдайды әрі тіркейді және көрсетілетін қызметті берушінің басшысына қарауға жібереді (15 минуттан аспайды);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="138" w:name="z144"/>
       <w:bookmarkEnd w:id="137"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) көрсетілетін қызметті берушінің басшысы құжаттарды қарайды және жауапты о</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>рындаушыны анықтайды (15 минуттан аспайды);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="139" w:name="z145"/>
       <w:bookmarkEnd w:id="138"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>      3) көрсетілетін қызметті берушінің жауапты орындаушысы мемлекеттік көрсетілетін қызмет нәтижесін ресімдейді, басшыға қарауға және қол қоюға жібереді (1 жұмыс күні);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="140" w:name="z146"/>
       <w:bookmarkEnd w:id="139"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      4) көрсетілетін қызметті берушінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>басшысы бұйрық жобасын қарайды, қол қояды және кеңсеге жібереді (1 жұмыс күні);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="141" w:name="z147"/>
       <w:bookmarkEnd w:id="140"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      5) көрсетілетін қызметті берушінің кеңсе қызметкері көрсетілетін қызметті алушыға мемлекеттік көрсетілетін қызметтің нәтижесін береді (15 минуттан аспайды).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="142" w:name="z148"/>
       <w:bookmarkEnd w:id="141"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       8. Көр</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) мемлекеттік қызмет көрсету үдерісіндегі рәсімдері (өзара әрекеттері) реттілігінің толық сипаттамасы осы регламенттің қосымшасына сәйкес бизнес-процестердің анықтамалығында көрсетілге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>н.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="143" w:name="z149"/>
       <w:bookmarkEnd w:id="142"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. "Азаматтарға арналған үкімет" мемлекеттік корпорациясымен және (немесе) өзге де көрсетілетін қызметті берушілермен өзара іс-қимыл тәртібін, сондай-ақ мемлекеттік қызмет көрсету процесінде ақпараттық жүйелерді пайдалану тәртібін сипаттау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ескер</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ту. Тарауының тақырыбы жаңа редакцияда - Қарағанды облысы әкімдігінің 20.06.2016 № 43/06 (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="144" w:name="z150"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      9. Стандартқа сәйкес мемлекеттік қызмет автоматтандырылм</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>аған және "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы арқылы көрсетілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - Қарағанды облысы әкімдігінің 20.06.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 43/06</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="595"/>
         <w:gridCol w:w="9182"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0002670B">
+      <w:tr w:rsidR="001D7F54">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="762" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11538" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:bookmarkStart w:id="145" w:name="z151"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Бастауыш, негізгі орта, жалпы орта</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім беру ұйымдарына денсаулығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
@@ -4569,882 +4546,871 @@
               </w:rPr>
               <w:t xml:space="preserve">үшін құжаттарды қабылдау" </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мемлекеттік көрсетілетін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkEnd w:id="145"/>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="146" w:name="z152"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7620000" cy="6362700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="8" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7620000" cy="6362700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="147" w:name="z153"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7785100" cy="2578100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="9" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7785100" cy="2578100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="324"/>
         <w:gridCol w:w="9453"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0002670B">
+      <w:tr w:rsidR="001D7F54">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="408" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11892" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:bookmarkStart w:id="148" w:name="z154"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қарағанды облысы әкімдігінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2015 жылғы әкімдігінің 05 маусымдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 30/06 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkEnd w:id="148"/>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="149" w:name="z155"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына қабылдау" мемлекеттік көрсетілетін қызмет регламенті</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="150" w:name="z157"/>
       <w:bookmarkEnd w:id="149"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1. "Арнайы жалпы білім </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына қабылдау" мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) арнайы білім беру ұйымдары, баст</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ауыш, негізгі орта, жалпы орта білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="151" w:name="z158"/>
       <w:bookmarkEnd w:id="150"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Өтініштерді қабылдау мен мемлекеттік қызмет көрсетудің нәтижесін беру көрсетілетін қызметті берушінің кеңсесі арқылы жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="152" w:name="z159"/>
       <w:bookmarkEnd w:id="151"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Мемлекеттік қызмет көрсету нысаны: қағаз түрінде. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="153" w:name="z160"/>
       <w:bookmarkEnd w:id="152"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3. Мемлекеттік қызмет көрсетудің нәтижесі: арнайы білім беру ұйымына немесе бастауыш, негізгі орта, жалпы орта білім беру ұйымына қабылданғаны туралы бұйрық. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="154" w:name="z161"/>
       <w:bookmarkEnd w:id="153"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Мемлекеттік қызметтер көрсету пр</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>оцесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) іс-қимылы тәртібін сипаттау</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="155" w:name="z162"/>
       <w:bookmarkEnd w:id="154"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       4. Мемлекеттік қызметті көрсету бойынша рәсімді (әрекетті) бастау үшін Қазақстан Республикасы Білім және ғылым министрінің "Арнайы білі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">м беру саласындағы жергілікті атқарушы органдар көрсететін мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" 2015 жылғы 8 сәуірдегі № 174 бұйрығымен бекітілген "Арнайы жалпы білім беретін оқу бағдарламалары </w:t>
-[...7 lines deleted...]
-        <w:t>бойынша оқыту үшін мүмкіндіктері ше</w:t>
+        <w:t>м беру саласындағы жергілікті атқарушы органдар көрсететін мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" 2015 жылғы 8 сәуірдегі № 174 бұйрығымен бекітілген "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері ше</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ктеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына қабылдау" мемлекеттік көрсетілетін қызмет стандартының (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11047 болып тіркелген), (бұдан әрі - стандарт) 9-тармағында көрс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">етілген қажетті құжаттардың қоса берілуімен көрсетілетін қызметті алушының ата-анасының (заңды өкілінің), (бұдан әрі - көрсетілетін қызметті алушы) өтініші негіз болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="156" w:name="z163"/>
       <w:bookmarkEnd w:id="155"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      5. Мемлекеттік қызмет көрсету процесінің (әрекетінің) құрамына кіретін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>әрбір рәсімнің (әрекеттің) мазмұны мен оның нәтижесі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="157" w:name="z164"/>
       <w:bookmarkEnd w:id="156"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1) кеңсе көрсетілетін қызметті алушының қажетті құжаттарын қабылдайды және тіркейді, бұйрық жобасын әзірлейді және басшысының қарауына жібереді. 5 (бес) минут; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="158" w:name="z165"/>
       <w:bookmarkEnd w:id="157"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       2) басшы құжаттарды қарайды</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, бұйрыққа қол қояды және кеңсеге тіркеу үшін жібереді. 5 (бес) минут; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="159" w:name="z166"/>
       <w:bookmarkEnd w:id="158"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3) кеңсе бұйрықты тіркейді және оны көрсетілетін қызметті алушыға береді. 5 (бес) минут. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="160" w:name="z167"/>
       <w:bookmarkEnd w:id="159"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       6. Осы Регламенттің 5-тармағында көрсетілген 1-әрекет бойынша мемлекеттік қызмет</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсету рәсімінің нәтижесі бұйрық жобасын дайындап, басшыға жолдау болып табылады, бұл өз кезегінде 2-әрекеттің орындалуына негіз болады. Осы Регламенттің 5-тармағында көрсетілген 2-әрекеттің нәтижесі бұйрыққа басшының қол қоюы мен тіркеу үшін кеңсеге жол</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дау болып табылады, бұл 3-әрекеттің басталуына негіз болады. Осы Регламенттің 5-тармағында көрсетілген 3-әрекеттің нәтижесі бұйрықты тіркеу және оны қызмет алушыға беру болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="161" w:name="z168"/>
       <w:bookmarkEnd w:id="160"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Мемлекеттік қызметтерді көрсету процесінде көрсетілетін қызметті бе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>рушінің құрылымдық бөлімшелерінің (қызметкерлерінің) өзара іс-қимылы тәртібін сипаттау</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="162" w:name="z169"/>
       <w:bookmarkEnd w:id="161"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      7. Мемлекеттік қызмет көрсету процесіне қатысатын көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлердің) тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="163" w:name="z170"/>
       <w:bookmarkEnd w:id="162"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) кеңсе;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="164" w:name="z171"/>
       <w:bookmarkEnd w:id="163"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) бас</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="165" w:name="z172"/>
       <w:bookmarkEnd w:id="164"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       8. Көрсетілетін қызметті берушінің құрылымдық бөлімшелері (қызметкерлері) арасындағы рәсімдер (әрекеттер) реттілігінің сипаттамасы: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="166" w:name="z173"/>
       <w:bookmarkEnd w:id="165"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) кеңсе көрсетілетін қызметті алушының қажетті құжаттарын қабылдайды және тіркейді, бұйрық жобасын әзірле</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>йді және басшысының қарауына жібереді, 5 (бес) минут;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="167" w:name="z174"/>
       <w:bookmarkEnd w:id="166"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) басшы құжаттарды қарайды, бұйрыққа қол қояды және кеңсеге тіркеу үшін жібереді, 5 (бес) минут;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="168" w:name="z175"/>
       <w:bookmarkEnd w:id="167"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>      3) кеңсе бұйрықты тіркейді және оны көрсетілетін қызметті алушыға береді, 5 (бес) минут.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="169" w:name="z176"/>
       <w:bookmarkEnd w:id="168"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      9. Мемлекеттік қызмет көрсету процесінде рәсімдердің (іс-қимылдардың) реті, көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) өзара іс-қимылдарының толық сипаттамасы осы регламенттің қосымшасына сәйкес мемлекеттік қызмет кө</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>рсетудің бизнес-процестерінің анықтамалығында көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="170" w:name="z177"/>
       <w:bookmarkEnd w:id="169"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. "Азаматтарға арналған үкімет" мемлекеттік корпорациясымен және (немесе) өзге де көрсетілетін қызметті берушілермен өзара іс-қимыл тәртібін, сондай-ақ мемлекеттік қызмет көрсету процесінде ақпар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>аттық жүйелерді пайдалану тәртібін сипаттау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ескерту. Тарауының тақырыбы жаңа редакцияда - Қарағанды облысы әкімдігінің 20.06.2016 № 43/06 (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="171" w:name="z178"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10. Стандартқа сәйкес мемлекеттік қызмет автоматтандырылмаған және "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы арқылы көрсетілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Ескерту. 10-тармақ жаңа редакцияда - Қарағанды облысы әкімдігінің 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">.06.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 43/06</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="661"/>
         <w:gridCol w:w="9116"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0002670B">
+      <w:tr w:rsidR="001D7F54">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11449" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+          <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:bookmarkStart w:id="172" w:name="z179"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Арнайы жалпы білім беретін оқу бағдарламалары</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бойынша оқыту үшін мүмкіндіктері шектеулі</w:t>
             </w:r>
             <w:r>
               <w:br/>
@@ -5476,293 +5442,291 @@
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мемлекеттік көрсетілетін қызмет регламентіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkEnd w:id="172"/>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="173" w:name="z180"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына қабылдау" мемл</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>екеттік көрсетілетін қызметтің бизнес-процестерінің анықтамалығы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="174" w:name="z181"/>
       <w:bookmarkEnd w:id="173"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7124700" cy="5613400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="10" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7124700" cy="5613400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="175" w:name="z182"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7264400" cy="1409700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="11" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7264400" cy="1409700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002670B" w:rsidRDefault="00215500">
+    <w:p w:rsidR="001D7F54" w:rsidRDefault="0024689A">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0002670B" w:rsidSect="0002670B">
+    <w:sectPr w:rsidR="001D7F54" w:rsidSect="001D7F54">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="95"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="0002670B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00215500"/>
+    <w:rsidRoot w:val="001D7F54"/>
+    <w:rsid w:val="001D7F54"/>
+    <w:rsid w:val="0024689A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -6014,137 +5978,137 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0002670B"/>
+    <w:rsid w:val="001D7F54"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0002670B"/>
+    <w:rsid w:val="001D7F54"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="0002670B"/>
+    <w:rsid w:val="001D7F54"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="0002670B"/>
+    <w:rsid w:val="001D7F54"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00215500"/>
+    <w:rsid w:val="0024689A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00215500"/>
+    <w:rsid w:val="0024689A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -6405,51 +6369,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>23</Pages>
+  <Pages>3</Pages>
   <Words>5129</Words>
   <Characters>29240</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>243</Lines>
   <Paragraphs>68</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>34301</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>jadira</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>