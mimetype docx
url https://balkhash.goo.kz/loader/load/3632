--- v0 (2025-12-11)
+++ v1 (2026-03-05)
@@ -2,958 +2,277 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BE18CD" w:rsidRPr="00BE18CD" w:rsidRDefault="00BE18CD" w:rsidP="00BE18CD">
+    <w:p w:rsidR="0060547C" w:rsidRPr="00B95A40" w:rsidRDefault="0060547C" w:rsidP="00B95A40">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE18CD">
+      <w:r w:rsidRPr="00B95A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">№ 1 </w:t>
+        <w:t xml:space="preserve">Информация о проведении                                                              </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00B95A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ЖББОМ</w:t>
-[...166 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">          субботника  в ОСШ № 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE18CD" w:rsidRPr="00BE18CD" w:rsidRDefault="00BE18CD" w:rsidP="00BE18CD">
+    <w:p w:rsidR="0060547C" w:rsidRPr="00B95A40" w:rsidRDefault="0060547C" w:rsidP="00B95A40">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE18CD">
+      <w:r w:rsidRPr="00B95A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">№1 ЖОМ 5-11 </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BE18CD">
+    </w:p>
+    <w:p w:rsidR="00B95A40" w:rsidRDefault="0060547C" w:rsidP="00B95A40">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95A40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20 апреля  2019года - пров</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B95A40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>еден   субботник.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060547C" w:rsidRPr="00B95A40" w:rsidRDefault="0060547C" w:rsidP="00B95A40">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>сынып</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BE18CD">
+      </w:pPr>
+      <w:r w:rsidRPr="00B95A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Учащиеся  5-11 классов, нашей школы </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BE18CD">
+      <w:r w:rsidR="00A42361" w:rsidRPr="00B95A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>оқушылары</w:t>
+        <w:t xml:space="preserve">ОСШ №1 </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BE18CD">
+      <w:r w:rsidRPr="00B95A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>приняли активное участие  в субботнике.   В субботнике приняли участие</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BE18CD">
+      <w:r w:rsidRPr="00B95A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>сенбілікке</w:t>
+        <w:t> </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BE18CD">
+      <w:r w:rsidRPr="00B95A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> техперсонал школы и работники</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BE18CD">
+      <w:r w:rsidR="00906F75" w:rsidRPr="00B95A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>белсенді</w:t>
+        <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BE18CD">
+      <w:r w:rsidRPr="00B95A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Проведена работа по побелке деревьев, бордюров на территории школы.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BE18CD">
+      <w:r w:rsidR="006864DC" w:rsidRPr="00B95A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>қатысты</w:t>
+        <w:t xml:space="preserve">  Учащиеся школы на городской аллее сажали саженцы деревьев, убирали </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BE18CD">
+      <w:r w:rsidR="006864DC" w:rsidRPr="00B95A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">.   </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BE18CD">
+      <w:r w:rsidR="00BB1772" w:rsidRPr="00B95A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сенбілікке</w:t>
+        <w:t>м</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BE18CD">
+      <w:r w:rsidR="006864DC" w:rsidRPr="00B95A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>онумент «Вечный огонь».</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BE18CD">
+      <w:r w:rsidR="006864DC" w:rsidRPr="00B95A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>мектеп</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BE18CD">
+      <w:r w:rsidRPr="00B95A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...530 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Всего в субботнике участвовало 421 учащихся.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE18CD" w:rsidRDefault="00BE18CD" w:rsidP="00BE18CD">
-[...10 lines deleted...]
-    <w:p w:rsidR="00BB1772" w:rsidRDefault="00BB1772" w:rsidP="00BE18CD">
+    <w:p w:rsidR="00BB1772" w:rsidRDefault="00BB1772" w:rsidP="0060547C">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6161277D" wp14:editId="6734C5F1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>389646</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>233388</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4482611" cy="2523392"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\7.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\7.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
@@ -3196,51 +2515,50 @@
     <w:rsid w:val="00BB5C21"/>
     <w:rsid w:val="00BB6FB1"/>
     <w:rsid w:val="00BC035A"/>
     <w:rsid w:val="00BC0A50"/>
     <w:rsid w:val="00BC2FB5"/>
     <w:rsid w:val="00BC4444"/>
     <w:rsid w:val="00BC47AE"/>
     <w:rsid w:val="00BC47FC"/>
     <w:rsid w:val="00BC499E"/>
     <w:rsid w:val="00BC53D2"/>
     <w:rsid w:val="00BC56F1"/>
     <w:rsid w:val="00BC6078"/>
     <w:rsid w:val="00BC72EE"/>
     <w:rsid w:val="00BD12A3"/>
     <w:rsid w:val="00BD2823"/>
     <w:rsid w:val="00BD30C5"/>
     <w:rsid w:val="00BD4E6F"/>
     <w:rsid w:val="00BD50DD"/>
     <w:rsid w:val="00BD59AA"/>
     <w:rsid w:val="00BD78C3"/>
     <w:rsid w:val="00BD7A46"/>
     <w:rsid w:val="00BD7B06"/>
     <w:rsid w:val="00BD7C3A"/>
     <w:rsid w:val="00BD7CCC"/>
     <w:rsid w:val="00BD7F76"/>
-    <w:rsid w:val="00BE18CD"/>
     <w:rsid w:val="00BE2931"/>
     <w:rsid w:val="00BE2EDC"/>
     <w:rsid w:val="00BE4B63"/>
     <w:rsid w:val="00BE50B8"/>
     <w:rsid w:val="00BE5A59"/>
     <w:rsid w:val="00BE5CC7"/>
     <w:rsid w:val="00BE5E7C"/>
     <w:rsid w:val="00BE658B"/>
     <w:rsid w:val="00BE6BF4"/>
     <w:rsid w:val="00BE7469"/>
     <w:rsid w:val="00BE7915"/>
     <w:rsid w:val="00BE7BB2"/>
     <w:rsid w:val="00BF01F0"/>
     <w:rsid w:val="00BF21CD"/>
     <w:rsid w:val="00BF4704"/>
     <w:rsid w:val="00BF4B24"/>
     <w:rsid w:val="00BF5457"/>
     <w:rsid w:val="00BF5F8C"/>
     <w:rsid w:val="00BF6471"/>
     <w:rsid w:val="00BF665D"/>
     <w:rsid w:val="00BF6E88"/>
     <w:rsid w:val="00BF719A"/>
     <w:rsid w:val="00BF7C6B"/>
     <w:rsid w:val="00C019FA"/>
     <w:rsid w:val="00C0229F"/>
@@ -4669,77 +3987,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33D0A714-97E0-4E0C-9FD0-98E02484B12F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{986E1A7D-D8E5-4BBF-9629-34DD1B496756}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>364</Characters>
+  <Pages>1</Pages>
+  <Words>81</Words>
+  <Characters>466</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>426</CharactersWithSpaces>
+  <CharactersWithSpaces>546</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>