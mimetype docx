--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -3,6151 +3,772 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00FB5603" w:rsidRPr="00FB5603" w:rsidRDefault="00FB5603" w:rsidP="00FB5603">
+    <w:p w:rsidR="00F91E19" w:rsidRPr="00F91E19" w:rsidRDefault="00F91E19" w:rsidP="00D10E8E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информация о проделанной работе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E19" w:rsidRPr="00F91E19" w:rsidRDefault="00F91E19" w:rsidP="00D10E8E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по организации и проведению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">республиканской </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>информационной кампании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Безопасный интернет»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в КГУ «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОСШ№1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00245864" w:rsidRDefault="00F91E19" w:rsidP="00D10E8E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E19" w:rsidRPr="00F91E19" w:rsidRDefault="00F91E19" w:rsidP="00D10E8E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель:</w:t>
+      </w:r>
+      <w:r w:rsidR="00245864">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">привлечение внимания общества к защите ребенка от  отрицательного воздействия  информации, пропаганды и агитации, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>причиняющих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вред его здоровью.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E19" w:rsidRPr="00F91E19" w:rsidRDefault="00F91E19" w:rsidP="00D10E8E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школе были проведены разъяснительные работы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по усилению  контроля со стороны родителей за детьми во время их работы за  компьютером</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, возможности установки на персональные компьютеры, планшеты, смартфоны специальной услуги «Родительский контроль»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E19" w:rsidRPr="00F91E19" w:rsidRDefault="00F91E19" w:rsidP="00D10E8E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учителя информатики </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конакбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.К. разработала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тем</w:t>
+      </w:r>
+      <w:r w:rsidR="00245864">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атические буклеты для родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E19" w:rsidRPr="00F91E19" w:rsidRDefault="00F91E19" w:rsidP="00D10E8E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проведена общешкольная линейка на тему «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Полезный и безопасный интернет».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6578">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В школьной библиотеке 17 апреля 2019 г. согласно плану мероприятий республиканской информационной кампании «Безопасный интернет» прошла акция «Книга вместо интернета».</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6578">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цель данной акции – формирование интереса к чтению книг, повышение культуры пользования Интернет-ресурсами. В ходе акции сотрудники библиотеки призывали учащихся отказаться от пользования </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FB5603">
+      <w:r w:rsidRPr="005D6578">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>Атқарылған</w:t>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>web</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FB5603">
+      <w:r w:rsidRPr="005D6578">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FB5603">
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– сайтами в тех случаях, когда есть возможность вместо электронного источника информации воспользоваться книгой. Среди участников акции оказалось немало любителей чтения и активных пользователей библиотеки. Ребята познакомилис</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FB5603">
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь с новыми книжными выставками</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6578">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FB5603">
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, некоторые записались в библиотеку. Отр</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FB5603">
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">адно, что учащиеся нашли время </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6578">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FB5603">
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прийти и поучаствовать в акции. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D6578">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Хочется</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D6578">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:t>"№1 ЖББОМ" КММ "</w:t>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> надеется, что в результате проведенных мероприятий  некоторые из посетителей станут постоянными читателями библиотеки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00245864" w:rsidRPr="003211CF" w:rsidRDefault="00F91E19" w:rsidP="00D10E8E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педагог – психолог  школы</w:t>
+      </w:r>
+      <w:r w:rsidR="00245864">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Беляева А.В. провела беседу  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-9 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>классами на тему «Профилактика интернет зависимости»</w:t>
+      </w:r>
+      <w:r w:rsidR="00245864">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00245864" w:rsidRPr="003211CF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вред или благо </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00245864" w:rsidRPr="003211CF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>несут нам информационные технологии помогла</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00245864" w:rsidRPr="003211CF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выяснить дискуссия "Интернет: за и против", участниками которой стали школьники </w:t>
+      </w:r>
+      <w:r w:rsidR="00245864">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00245864" w:rsidRPr="003211CF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8-х классов. </w:t>
+      </w:r>
+      <w:r w:rsidR="00245864">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В ходе </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FB5603">
-[...6 lines deleted...]
-        <w:t>Қауіпсіз</w:t>
+      <w:r w:rsidR="00245864">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дебатного</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FB5603">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00245864">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> турнира </w:t>
+      </w:r>
+      <w:r w:rsidR="00245864" w:rsidRPr="003211CF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> две команды "защитники" и "обвинители" Интернета оценивали преимущества и недостатки виртуальной сети, аргументировано доказывали свою точку зрения. </w:t>
+      </w:r>
+      <w:r w:rsidR="00245864">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidR="00245864" w:rsidRPr="003211CF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ебат</w:t>
+      </w:r>
+      <w:r w:rsidR="00245864">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы </w:t>
+      </w:r>
+      <w:r w:rsidR="00245864" w:rsidRPr="003211CF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> состоял</w:t>
+      </w:r>
+      <w:r w:rsidR="00245864">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ись </w:t>
+      </w:r>
+      <w:r w:rsidR="00245864" w:rsidRPr="003211CF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из нескольких тематических блоков: положительные и отрицательные стороны Интернета, культура общения в социальных сетях, человек и компьютер, компьютерный сленг. Отвечая на вопрос о положительных и отрицательных характеристиках Интернета, ребята использовали красочные агитационные листы. Разные точки зрения позволили более объективно отразить проблемы организации безопасного поведения школьников в сети. </w:t>
+      </w:r>
+      <w:r w:rsidR="00245864" w:rsidRPr="003211CF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Конечно, наиболее весомые аргументы были высказаны в защиту Интернета, так как это и общение,</w:t>
+      </w:r>
+      <w:r w:rsidR="00245864">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и дополнительный заработок, он</w:t>
+      </w:r>
+      <w:r w:rsidR="00245864" w:rsidRPr="003211CF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лайн-игры. Дебаты проходили в теплой и дружеской обстановке и оставили о себе приятное впечатление. Все ребята очень старались и продемонстрировали хорошую подготовку по предмету "Информатика".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E19" w:rsidRPr="00F91E19" w:rsidRDefault="00245864" w:rsidP="00D10E8E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во всех классах п</w:t>
+      </w:r>
+      <w:r w:rsidR="00F91E19" w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рошли классные часы по вопросам защиты от отрицательного  воздействия социальных сетей «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FB5603">
-[...26 lines deleted...]
-        <w:t>еспубликалық</w:t>
+      <w:r w:rsidR="00F91E19" w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Медиабезопасность</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FB5603">
-[...116 lines deleted...]
-        <w:t>бойынша</w:t>
+      <w:r w:rsidR="00F91E19" w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», «Социальные сети: опасно ли это?», «Влияние социальных сетей на подростк</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F91E19" w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ов». </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F91E19" w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В школе ведется работа по блокировки и фильтрации </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F91E19" w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нежелательного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F91E19" w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контента.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FB5603" w:rsidRPr="00FB5603" w:rsidRDefault="00FB5603" w:rsidP="00FB5603">
+    <w:p w:rsidR="00F91E19" w:rsidRPr="00F91E19" w:rsidRDefault="00245864" w:rsidP="00D10E8E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F91E19" w:rsidRPr="00F91E19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В результате проведенных мероприятий повысился интернет – грамотность детей, родителей и педагогов, осведомленность о принципах безопасности интернета, формировалось чувства ответственности и уважения к собеседникам в сети интернет.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB5603" w:rsidRPr="00FB5603" w:rsidRDefault="00FB5603" w:rsidP="00FB5603">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...748 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...5036 lines deleted...]
-        <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57FF2F17" wp14:editId="73BE7BBE">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-697865</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>5080</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3474085" cy="2602230"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\Безопасный интернет\2.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\Безопасный интернет\2.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
@@ -6156,58 +777,58 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3474085" cy="2602230"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00FB5603">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D9E1890" wp14:editId="652145EB">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2901315</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>5080</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3474085" cy="2602230"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\Безопасный интернет\index.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\Безопасный интернет\index.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
@@ -6217,123 +838,123 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3474085" cy="2602230"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2215"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB5603">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00701A48" w:rsidP="00245864">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FB5603">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00701A48" w:rsidP="00245864">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48844115" wp14:editId="14C18E02">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-697865</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>358775</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3849370" cy="2543810"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Аселя\Desktop\122.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Аселя\Desktop\122.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
@@ -6343,65 +964,65 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3849370" cy="2543810"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00701A48" w:rsidP="00245864">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FB5603">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00701A48" w:rsidP="00245864">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6071B239" wp14:editId="04CF2A33">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3288030</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>122555</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3002280" cy="2262505"/>
             <wp:effectExtent l="19050" t="0" r="7620" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="8" name="Рисунок 8" descr="C:\Users\Аселя\Desktop\99.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Users\Аселя\Desktop\99.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
@@ -6411,138 +1032,139 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3002280" cy="2262505"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00380D66" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00380D66" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1662"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB5603">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1662"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1662"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1662"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1662"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00701A48" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRDefault="00701A48" w:rsidP="00245864">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1662"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB5603">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A9292D0" wp14:editId="0416F674">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-826770</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>123825</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3544570" cy="2660650"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\Аселя\Desktop\665.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Аселя\Desktop\665.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
@@ -6551,58 +1173,58 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3544570" cy="2660650"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00245864" w:rsidRPr="00FB5603">
+      <w:r w:rsidR="00245864">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7FF97F27" wp14:editId="218FF228">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2995100</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>123972</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3263412" cy="2450123"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name="Рисунок 6" descr="C:\Users\Аселя\Desktop\5566.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Аселя\Desktop\5566.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
@@ -6612,116 +1234,116 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3263412" cy="2450123"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1662"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FB5603">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A49AD18" wp14:editId="67822CE9">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2995735</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>360240</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3180715" cy="2379785"/>
             <wp:effectExtent l="19050" t="0" r="635" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Рисунок 7" descr="C:\Users\Аселя\Desktop\78.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\Аселя\Desktop\78.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13"/>
@@ -6731,65 +1353,65 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3180715" cy="2379785"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FB5603">
+    <w:p w:rsidR="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0801D385" wp14:editId="491C45DF">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-826296</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>299574</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3661996" cy="2063261"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Рисунок 5" descr="C:\Users\Аселя\Desktop\77.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Аселя\Desktop\77.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
@@ -6799,115 +1421,115 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3661996" cy="2063261"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3157"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB5603">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00701A48" w:rsidP="00245864">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FB5603">
+    <w:p w:rsidR="00245864" w:rsidRDefault="00701A48" w:rsidP="00245864">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5CB14A76" wp14:editId="18827187">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>216731</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>326244</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4544060" cy="2555631"/>
             <wp:effectExtent l="19050" t="0" r="8890" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="9" name="Рисунок 9" descr="C:\Users\Аселя\Desktop\565.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\Аселя\Desktop\565.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
@@ -6917,245 +1539,245 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4544060" cy="2555631"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1883"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB5603">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1883"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB5603">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2474"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB5603">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidRDefault="00245864" w:rsidP="00245864">
+    <w:p w:rsidR="00245864" w:rsidRPr="00245864" w:rsidRDefault="00245864" w:rsidP="00245864">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3434"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB5603">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00245864" w:rsidRPr="00FB5603" w:rsidSect="00380D66">
+    <w:sectPr w:rsidR="00245864" w:rsidRPr="00245864" w:rsidSect="00380D66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D573AA" w:rsidRDefault="00D573AA" w:rsidP="00D10E8E">
+    <w:p w:rsidR="008D15D3" w:rsidRDefault="008D15D3" w:rsidP="00D10E8E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D573AA" w:rsidRDefault="00D573AA" w:rsidP="00D10E8E">
+    <w:p w:rsidR="008D15D3" w:rsidRDefault="008D15D3" w:rsidP="00D10E8E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D573AA" w:rsidRDefault="00D573AA" w:rsidP="00D10E8E">
+    <w:p w:rsidR="008D15D3" w:rsidRDefault="008D15D3" w:rsidP="00D10E8E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D573AA" w:rsidRDefault="00D573AA" w:rsidP="00D10E8E">
+    <w:p w:rsidR="008D15D3" w:rsidRDefault="008D15D3" w:rsidP="00D10E8E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="81"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -8527,50 +3149,51 @@
     <w:rsid w:val="008A312F"/>
     <w:rsid w:val="008A38D0"/>
     <w:rsid w:val="008A52D6"/>
     <w:rsid w:val="008A58EE"/>
     <w:rsid w:val="008A78F5"/>
     <w:rsid w:val="008B068B"/>
     <w:rsid w:val="008B0C25"/>
     <w:rsid w:val="008B1A57"/>
     <w:rsid w:val="008B458D"/>
     <w:rsid w:val="008B49A6"/>
     <w:rsid w:val="008B5450"/>
     <w:rsid w:val="008B5714"/>
     <w:rsid w:val="008B5A0C"/>
     <w:rsid w:val="008B65F2"/>
     <w:rsid w:val="008B69A5"/>
     <w:rsid w:val="008C0F34"/>
     <w:rsid w:val="008C1560"/>
     <w:rsid w:val="008C1770"/>
     <w:rsid w:val="008C3229"/>
     <w:rsid w:val="008C4020"/>
     <w:rsid w:val="008C52EE"/>
     <w:rsid w:val="008C580E"/>
     <w:rsid w:val="008C6BD6"/>
     <w:rsid w:val="008D097E"/>
     <w:rsid w:val="008D1209"/>
+    <w:rsid w:val="008D15D3"/>
     <w:rsid w:val="008D2C75"/>
     <w:rsid w:val="008D2F74"/>
     <w:rsid w:val="008D31DA"/>
     <w:rsid w:val="008D43E1"/>
     <w:rsid w:val="008D4C4E"/>
     <w:rsid w:val="008D604A"/>
     <w:rsid w:val="008D6306"/>
     <w:rsid w:val="008D6C9F"/>
     <w:rsid w:val="008D7410"/>
     <w:rsid w:val="008E0EA7"/>
     <w:rsid w:val="008E144E"/>
     <w:rsid w:val="008E25FB"/>
     <w:rsid w:val="008E2A9F"/>
     <w:rsid w:val="008E3D77"/>
     <w:rsid w:val="008E3D95"/>
     <w:rsid w:val="008E3DEC"/>
     <w:rsid w:val="008E4D85"/>
     <w:rsid w:val="008E515F"/>
     <w:rsid w:val="008E5392"/>
     <w:rsid w:val="008E5997"/>
     <w:rsid w:val="008E7072"/>
     <w:rsid w:val="008E715D"/>
     <w:rsid w:val="008E7F2A"/>
     <w:rsid w:val="008F1094"/>
     <w:rsid w:val="008F1664"/>
@@ -9272,51 +3895,50 @@
     <w:rsid w:val="00D338B8"/>
     <w:rsid w:val="00D33E0F"/>
     <w:rsid w:val="00D3401C"/>
     <w:rsid w:val="00D347F5"/>
     <w:rsid w:val="00D34C46"/>
     <w:rsid w:val="00D34CE7"/>
     <w:rsid w:val="00D363BA"/>
     <w:rsid w:val="00D36614"/>
     <w:rsid w:val="00D414C7"/>
     <w:rsid w:val="00D41D65"/>
     <w:rsid w:val="00D4278F"/>
     <w:rsid w:val="00D44D39"/>
     <w:rsid w:val="00D51282"/>
     <w:rsid w:val="00D512E1"/>
     <w:rsid w:val="00D51494"/>
     <w:rsid w:val="00D5189D"/>
     <w:rsid w:val="00D5284F"/>
     <w:rsid w:val="00D53352"/>
     <w:rsid w:val="00D5379B"/>
     <w:rsid w:val="00D53B7E"/>
     <w:rsid w:val="00D53ECF"/>
     <w:rsid w:val="00D553D0"/>
     <w:rsid w:val="00D55FED"/>
     <w:rsid w:val="00D56DDB"/>
     <w:rsid w:val="00D57000"/>
-    <w:rsid w:val="00D573AA"/>
     <w:rsid w:val="00D60B19"/>
     <w:rsid w:val="00D63D09"/>
     <w:rsid w:val="00D65A2A"/>
     <w:rsid w:val="00D65F16"/>
     <w:rsid w:val="00D66BF9"/>
     <w:rsid w:val="00D67470"/>
     <w:rsid w:val="00D7050C"/>
     <w:rsid w:val="00D71933"/>
     <w:rsid w:val="00D71C9D"/>
     <w:rsid w:val="00D72AA0"/>
     <w:rsid w:val="00D73902"/>
     <w:rsid w:val="00D741F1"/>
     <w:rsid w:val="00D758D6"/>
     <w:rsid w:val="00D7688E"/>
     <w:rsid w:val="00D770FD"/>
     <w:rsid w:val="00D77153"/>
     <w:rsid w:val="00D816FA"/>
     <w:rsid w:val="00D83010"/>
     <w:rsid w:val="00D83270"/>
     <w:rsid w:val="00D835C4"/>
     <w:rsid w:val="00D83C94"/>
     <w:rsid w:val="00D84554"/>
     <w:rsid w:val="00D848A0"/>
     <w:rsid w:val="00D860EF"/>
     <w:rsid w:val="00D86F18"/>
@@ -9623,51 +4245,50 @@
     <w:rsid w:val="00F9421C"/>
     <w:rsid w:val="00F943B3"/>
     <w:rsid w:val="00F94D9E"/>
     <w:rsid w:val="00F952B4"/>
     <w:rsid w:val="00F95C8A"/>
     <w:rsid w:val="00F96BCF"/>
     <w:rsid w:val="00F9735F"/>
     <w:rsid w:val="00F97FB4"/>
     <w:rsid w:val="00FA00B6"/>
     <w:rsid w:val="00FA146F"/>
     <w:rsid w:val="00FA1F9A"/>
     <w:rsid w:val="00FA2550"/>
     <w:rsid w:val="00FA29D3"/>
     <w:rsid w:val="00FA325A"/>
     <w:rsid w:val="00FA5264"/>
     <w:rsid w:val="00FA640B"/>
     <w:rsid w:val="00FA66CF"/>
     <w:rsid w:val="00FA6FA0"/>
     <w:rsid w:val="00FB0D97"/>
     <w:rsid w:val="00FB1CF6"/>
     <w:rsid w:val="00FB1F57"/>
     <w:rsid w:val="00FB26B7"/>
     <w:rsid w:val="00FB2878"/>
     <w:rsid w:val="00FB3567"/>
     <w:rsid w:val="00FB4F66"/>
-    <w:rsid w:val="00FB5603"/>
     <w:rsid w:val="00FB5E3D"/>
     <w:rsid w:val="00FB65C7"/>
     <w:rsid w:val="00FB75F9"/>
     <w:rsid w:val="00FB7A23"/>
     <w:rsid w:val="00FC0520"/>
     <w:rsid w:val="00FC1AD1"/>
     <w:rsid w:val="00FC207B"/>
     <w:rsid w:val="00FC5D4D"/>
     <w:rsid w:val="00FC60E2"/>
     <w:rsid w:val="00FC6D26"/>
     <w:rsid w:val="00FC7B02"/>
     <w:rsid w:val="00FD195F"/>
     <w:rsid w:val="00FD2E8C"/>
     <w:rsid w:val="00FD4F86"/>
     <w:rsid w:val="00FD5CF0"/>
     <w:rsid w:val="00FD72F1"/>
     <w:rsid w:val="00FE0402"/>
     <w:rsid w:val="00FE12F2"/>
     <w:rsid w:val="00FE13F1"/>
     <w:rsid w:val="00FE1CEA"/>
     <w:rsid w:val="00FE1DF6"/>
     <w:rsid w:val="00FE2643"/>
     <w:rsid w:val="00FE2D36"/>
     <w:rsid w:val="00FE3408"/>
     <w:rsid w:val="00FE3C1D"/>
@@ -10609,66 +5230,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>468</Words>
-  <Characters>2669</Characters>
+  <Words>515</Words>
+  <Characters>2938</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3131</CharactersWithSpaces>
+  <CharactersWithSpaces>3447</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>