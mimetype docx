--- v0 (2025-12-17)
+++ v1 (2026-01-07)
@@ -1,284 +1,1369 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BE1DD6" w:rsidRPr="00CC2ED4" w:rsidRDefault="00BE1DD6" w:rsidP="00BE1DD6">
+    <w:p w:rsidR="007C5734" w:rsidRPr="007C5734" w:rsidRDefault="007C5734" w:rsidP="007C5734">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC2ED4">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Информация о проведенной профилактической беседе                                   по противодействию религи</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CC2ED4" w:rsidRPr="00CC2ED4">
+        <w:t>Діни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>озного экстремизма и терроризма</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> экстремизм мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>терроризмге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профилактикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әңгіме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00BE1DD6" w:rsidRPr="00CC2ED4" w:rsidRDefault="00BE1DD6" w:rsidP="00CC2ED4">
+    <w:p w:rsidR="00BE1DD6" w:rsidRPr="007C5734" w:rsidRDefault="007C5734" w:rsidP="007C5734">
       <w:pPr>
-        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">09.04.2019 ж.№1 ЖББОМ 8 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқушыларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>діни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экстремизм мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лаңкестікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсіндіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тобымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кездесуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастырылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балқаш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конфессияаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатынастар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ортал</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" КММ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж. Х. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жанабергенова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>толеранттылықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рөлін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрбір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қазақстандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> патриотизм </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сезімінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маңыздылығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оқушыларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күмәнді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>топтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қосылмау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қандай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туындаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалімдермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құқық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>органдарымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тез </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5734">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE1DD6" w:rsidRPr="00CC2ED4" w:rsidRDefault="007C5734" w:rsidP="00BE1DD6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC2ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...123 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D14FCDE" wp14:editId="19359F1A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D770F3C" wp14:editId="4B903608">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>291465</wp:posOffset>
+              <wp:posOffset>443865</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>62230</wp:posOffset>
+              <wp:posOffset>251460</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5362575" cy="3019425"/>
-            <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\рел1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\рел1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5362575" cy="3019425"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="00BE1DD6" w:rsidRPr="00CC2ED4" w:rsidRDefault="00BE1DD6" w:rsidP="00BE1DD6">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BE1DD6" w:rsidRPr="00CC2ED4" w:rsidRDefault="00BE1DD6" w:rsidP="00BE1DD6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BE1DD6" w:rsidRPr="00CC2ED4" w:rsidRDefault="00BE1DD6" w:rsidP="00BE1DD6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
@@ -1599,50 +2684,51 @@
     <w:rsid w:val="00792EEF"/>
     <w:rsid w:val="0079488E"/>
     <w:rsid w:val="0079529F"/>
     <w:rsid w:val="007954AE"/>
     <w:rsid w:val="00795DA0"/>
     <w:rsid w:val="00797103"/>
     <w:rsid w:val="0079733F"/>
     <w:rsid w:val="007A1DE7"/>
     <w:rsid w:val="007A32F0"/>
     <w:rsid w:val="007A4926"/>
     <w:rsid w:val="007A53E6"/>
     <w:rsid w:val="007A5780"/>
     <w:rsid w:val="007A70DE"/>
     <w:rsid w:val="007A7236"/>
     <w:rsid w:val="007B08FE"/>
     <w:rsid w:val="007B1005"/>
     <w:rsid w:val="007B194B"/>
     <w:rsid w:val="007B3F9E"/>
     <w:rsid w:val="007B54C2"/>
     <w:rsid w:val="007B668E"/>
     <w:rsid w:val="007C20B1"/>
     <w:rsid w:val="007C2EF4"/>
     <w:rsid w:val="007C3098"/>
     <w:rsid w:val="007C4219"/>
     <w:rsid w:val="007C4463"/>
+    <w:rsid w:val="007C5734"/>
     <w:rsid w:val="007C5B11"/>
     <w:rsid w:val="007C71E5"/>
     <w:rsid w:val="007C7B22"/>
     <w:rsid w:val="007D12B8"/>
     <w:rsid w:val="007D3C5B"/>
     <w:rsid w:val="007D525B"/>
     <w:rsid w:val="007D5BA7"/>
     <w:rsid w:val="007D6273"/>
     <w:rsid w:val="007E0194"/>
     <w:rsid w:val="007E0CCF"/>
     <w:rsid w:val="007E1A71"/>
     <w:rsid w:val="007E1DF8"/>
     <w:rsid w:val="007E4F50"/>
     <w:rsid w:val="007E54B8"/>
     <w:rsid w:val="007E622D"/>
     <w:rsid w:val="007E6E61"/>
     <w:rsid w:val="007F020D"/>
     <w:rsid w:val="007F2C21"/>
     <w:rsid w:val="007F2CC7"/>
     <w:rsid w:val="007F307C"/>
     <w:rsid w:val="007F309F"/>
     <w:rsid w:val="007F4B6F"/>
     <w:rsid w:val="007F4BB9"/>
     <w:rsid w:val="007F604E"/>
     <w:rsid w:val="007F6768"/>
@@ -3543,66 +4629,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>111</Words>
-  <Characters>638</Characters>
+  <Words>103</Words>
+  <Characters>588</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>748</CharactersWithSpaces>
+  <CharactersWithSpaces>690</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>