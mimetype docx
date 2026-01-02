--- v0 (2026-01-02)
+++ v1 (2026-01-02)
@@ -3,445 +3,2765 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00AC56CE" w:rsidRPr="00AC56CE" w:rsidRDefault="00AC56CE" w:rsidP="00AC56CE">
+    <w:p w:rsidR="00170917" w:rsidRDefault="00170917" w:rsidP="00170917">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC56CE">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">ю науки и космонавтики в ОСШ№1 </w:t>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЖББОМ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғылым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> космонавтика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күніне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC56CE" w:rsidRDefault="003912A1" w:rsidP="00C67FB5">
+    <w:p w:rsidR="00170917" w:rsidRPr="00170917" w:rsidRDefault="00170917" w:rsidP="00170917">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00AC56CE" w:rsidRPr="00170917" w:rsidRDefault="00170917" w:rsidP="00170917">
+      <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F90BFB">
-[...171 lines deleted...]
-      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
-[...80 lines deleted...]
-    <w:p w:rsidR="00AC56CE" w:rsidRDefault="00AC56CE" w:rsidP="00AC56CE">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F4077E2" wp14:editId="2743E2AF">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>681990</wp:posOffset>
+              <wp:posOffset>843915</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>40640</wp:posOffset>
+              <wp:posOffset>4082415</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3883025" cy="2447925"/>
-            <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="9525"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\День космонавтики\22.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\День космонавтики\22.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId7"/>
                     <a:srcRect b="15931"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3883025" cy="2447925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бүгін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәуірде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғылым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> космонавтика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күніне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сағаттарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғарышқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұшуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>игеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарихы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғарыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпаратпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>танысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дәл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жерінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғарышқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғарышкер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Юрий Гагарин </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұшып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кетті,ал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Байқоңыр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңестік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>содан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ресейлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шетелдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кемелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғарыштық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айлақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғарышкері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Талғат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мұсабаев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Гиннестің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рекордтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кітабына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>енгізілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ешкім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұшу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғарышта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәуліктен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>артық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сыныптан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-шараларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білімдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өздерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғарыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көзімен"суреттерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бекітті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 9 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқушылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> физика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғарышкерлер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күніне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дәріс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабағын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дайындады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қозғалды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғарыштық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өмірбаян</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғарышқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұшуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дайындық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орбиталық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>станциялар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғарыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>игерудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>магистральды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ғарышкерлер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күніне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отанымыздың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетістіктерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мақтануға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғарыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызығушылығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арттыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00170917">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! </w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00AC56CE" w:rsidRDefault="00AC56CE" w:rsidP="00AC56CE">
       <w:pPr>
         <w:ind w:firstLine="708"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC56CE" w:rsidRPr="00AC56CE" w:rsidRDefault="00AC56CE" w:rsidP="00AC56CE"/>
     <w:p w:rsidR="00AC56CE" w:rsidRPr="00AC56CE" w:rsidRDefault="00AC56CE" w:rsidP="00AC56CE"/>
     <w:p w:rsidR="00AC56CE" w:rsidRPr="00AC56CE" w:rsidRDefault="00AC56CE" w:rsidP="00AC56CE"/>
     <w:p w:rsidR="00AC56CE" w:rsidRPr="00AC56CE" w:rsidRDefault="00AC56CE" w:rsidP="00AC56CE"/>
     <w:p w:rsidR="00AC56CE" w:rsidRPr="00AC56CE" w:rsidRDefault="00AC56CE" w:rsidP="00AC56CE"/>
     <w:p w:rsidR="00AC56CE" w:rsidRPr="00AC56CE" w:rsidRDefault="00AC56CE" w:rsidP="00AC56CE"/>
     <w:p w:rsidR="00AC56CE" w:rsidRDefault="00AC56CE" w:rsidP="00AC56CE">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3177540</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>141605</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2867025" cy="2124075"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Аселя\Desktop\День космонавтики\3.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Аселя\Desktop\День космонавтики\3.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9"/>
+                    <a:blip r:embed="rId8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2867025" cy="2124075"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -455,51 +2775,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-765810</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>141605</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3724275" cy="2066925"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\День космонавтики\33.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\День космонавтики\33.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
+                    <a:blip r:embed="rId9"/>
                     <a:srcRect t="18089" b="7850"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3724275" cy="2066925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -551,51 +2871,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3084830</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-548640</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3057525" cy="2286000"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Рисунок 5" descr="C:\Users\Аселя\Desktop\День космонавтики\99.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Аселя\Desktop\День космонавтики\99.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId10"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3057525" cy="2286000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -613,51 +2933,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-984885</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>81915</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4069715" cy="2286000"/>
             <wp:effectExtent l="19050" t="0" r="6985" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\Аселя\Desktop\День космонавтики\77.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Аселя\Desktop\День космонавтики\77.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12"/>
+                    <a:blip r:embed="rId11"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4069715" cy="2286000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -697,51 +3017,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>129540</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>297180</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5019675" cy="2657475"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name="Рисунок 6" descr="C:\Users\Аселя\Desktop\День космонавтики\1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Аселя\Desktop\День космонавтики\1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13"/>
+                    <a:blip r:embed="rId12"/>
                     <a:srcRect t="17104" b="12126"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5019675" cy="2657475"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -767,165 +3087,165 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>15240</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1377950</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5445125" cy="3143250"/>
             <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Рисунок 7" descr="C:\Users\Аселя\Desktop\День космонавтики\888.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\Аселя\Desktop\День космонавтики\888.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14"/>
+                    <a:blip r:embed="rId13"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5445125" cy="3143250"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AC56CE" w:rsidRPr="00AC56CE" w:rsidSect="00380D66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009A3359" w:rsidRDefault="009A3359" w:rsidP="00AC56CE">
+    <w:p w:rsidR="00CC257D" w:rsidRDefault="00CC257D" w:rsidP="00AC56CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009A3359" w:rsidRDefault="009A3359" w:rsidP="00AC56CE">
+    <w:p w:rsidR="00CC257D" w:rsidRDefault="00CC257D" w:rsidP="00AC56CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009A3359" w:rsidRDefault="009A3359" w:rsidP="00AC56CE">
+    <w:p w:rsidR="00CC257D" w:rsidRDefault="00CC257D" w:rsidP="00AC56CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009A3359" w:rsidRDefault="009A3359" w:rsidP="00AC56CE">
+    <w:p w:rsidR="00CC257D" w:rsidRDefault="00CC257D" w:rsidP="00AC56CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -1152,50 +3472,51 @@
     <w:rsid w:val="00140795"/>
     <w:rsid w:val="00143241"/>
     <w:rsid w:val="001439FA"/>
     <w:rsid w:val="00143D14"/>
     <w:rsid w:val="001470CD"/>
     <w:rsid w:val="00150D1A"/>
     <w:rsid w:val="0015122E"/>
     <w:rsid w:val="0015136E"/>
     <w:rsid w:val="00151677"/>
     <w:rsid w:val="00152B5A"/>
     <w:rsid w:val="001535D4"/>
     <w:rsid w:val="00153E2E"/>
     <w:rsid w:val="00155CCF"/>
     <w:rsid w:val="00156B9F"/>
     <w:rsid w:val="00156EBE"/>
     <w:rsid w:val="00157993"/>
     <w:rsid w:val="00163FA8"/>
     <w:rsid w:val="0016446B"/>
     <w:rsid w:val="001654F4"/>
     <w:rsid w:val="00166190"/>
     <w:rsid w:val="001666BD"/>
     <w:rsid w:val="00166752"/>
     <w:rsid w:val="00166DAE"/>
     <w:rsid w:val="00166DE8"/>
     <w:rsid w:val="001675B2"/>
+    <w:rsid w:val="00170917"/>
     <w:rsid w:val="00171618"/>
     <w:rsid w:val="001727E7"/>
     <w:rsid w:val="00173B3F"/>
     <w:rsid w:val="00174362"/>
     <w:rsid w:val="00174472"/>
     <w:rsid w:val="00175C4C"/>
     <w:rsid w:val="001761E3"/>
     <w:rsid w:val="00176BD0"/>
     <w:rsid w:val="00181793"/>
     <w:rsid w:val="0018191F"/>
     <w:rsid w:val="00182CA3"/>
     <w:rsid w:val="00184DA2"/>
     <w:rsid w:val="00185147"/>
     <w:rsid w:val="00185ABC"/>
     <w:rsid w:val="00187A97"/>
     <w:rsid w:val="00187D26"/>
     <w:rsid w:val="0019052E"/>
     <w:rsid w:val="00190EE9"/>
     <w:rsid w:val="0019109B"/>
     <w:rsid w:val="001917B7"/>
     <w:rsid w:val="00191D30"/>
     <w:rsid w:val="0019366B"/>
     <w:rsid w:val="001936C5"/>
     <w:rsid w:val="00193C7A"/>
     <w:rsid w:val="00194600"/>
@@ -2295,51 +4616,50 @@
     <w:rsid w:val="009727A8"/>
     <w:rsid w:val="00972D45"/>
     <w:rsid w:val="0097333F"/>
     <w:rsid w:val="009768BC"/>
     <w:rsid w:val="00977549"/>
     <w:rsid w:val="009812EF"/>
     <w:rsid w:val="0098177B"/>
     <w:rsid w:val="0098188F"/>
     <w:rsid w:val="00981E24"/>
     <w:rsid w:val="009825D9"/>
     <w:rsid w:val="00983459"/>
     <w:rsid w:val="00984D42"/>
     <w:rsid w:val="00984FF8"/>
     <w:rsid w:val="00985BA6"/>
     <w:rsid w:val="00987CA8"/>
     <w:rsid w:val="00990839"/>
     <w:rsid w:val="009919B3"/>
     <w:rsid w:val="00991C1F"/>
     <w:rsid w:val="0099223A"/>
     <w:rsid w:val="00992CB7"/>
     <w:rsid w:val="009943D9"/>
     <w:rsid w:val="009944A4"/>
     <w:rsid w:val="0099627C"/>
     <w:rsid w:val="00996EA4"/>
     <w:rsid w:val="009A139B"/>
-    <w:rsid w:val="009A3359"/>
     <w:rsid w:val="009A36F5"/>
     <w:rsid w:val="009A3A44"/>
     <w:rsid w:val="009A5009"/>
     <w:rsid w:val="009A6162"/>
     <w:rsid w:val="009A6499"/>
     <w:rsid w:val="009A70F3"/>
     <w:rsid w:val="009A76E6"/>
     <w:rsid w:val="009A7861"/>
     <w:rsid w:val="009A7E37"/>
     <w:rsid w:val="009B1878"/>
     <w:rsid w:val="009B2BAF"/>
     <w:rsid w:val="009B3987"/>
     <w:rsid w:val="009B4617"/>
     <w:rsid w:val="009B5BD6"/>
     <w:rsid w:val="009B6955"/>
     <w:rsid w:val="009B7413"/>
     <w:rsid w:val="009C13E3"/>
     <w:rsid w:val="009C2465"/>
     <w:rsid w:val="009C2BCE"/>
     <w:rsid w:val="009C4060"/>
     <w:rsid w:val="009C414F"/>
     <w:rsid w:val="009C6858"/>
     <w:rsid w:val="009C704A"/>
     <w:rsid w:val="009D14EB"/>
     <w:rsid w:val="009D367D"/>
@@ -2756,50 +5076,51 @@
     <w:rsid w:val="00CA0E99"/>
     <w:rsid w:val="00CA1402"/>
     <w:rsid w:val="00CA15F6"/>
     <w:rsid w:val="00CA1E59"/>
     <w:rsid w:val="00CA4AC8"/>
     <w:rsid w:val="00CA66A1"/>
     <w:rsid w:val="00CA6A3D"/>
     <w:rsid w:val="00CB0048"/>
     <w:rsid w:val="00CB0053"/>
     <w:rsid w:val="00CB0457"/>
     <w:rsid w:val="00CB058D"/>
     <w:rsid w:val="00CB18DF"/>
     <w:rsid w:val="00CB278B"/>
     <w:rsid w:val="00CB382A"/>
     <w:rsid w:val="00CB3C58"/>
     <w:rsid w:val="00CB5622"/>
     <w:rsid w:val="00CB5D1E"/>
     <w:rsid w:val="00CB6DF1"/>
     <w:rsid w:val="00CB7655"/>
     <w:rsid w:val="00CB78B1"/>
     <w:rsid w:val="00CB7961"/>
     <w:rsid w:val="00CB7B9D"/>
     <w:rsid w:val="00CC086D"/>
     <w:rsid w:val="00CC1A36"/>
     <w:rsid w:val="00CC1C7D"/>
+    <w:rsid w:val="00CC257D"/>
     <w:rsid w:val="00CC2FCE"/>
     <w:rsid w:val="00CC4053"/>
     <w:rsid w:val="00CC4662"/>
     <w:rsid w:val="00CC4706"/>
     <w:rsid w:val="00CC4ACC"/>
     <w:rsid w:val="00CC4F3A"/>
     <w:rsid w:val="00CC53EF"/>
     <w:rsid w:val="00CC6439"/>
     <w:rsid w:val="00CD0260"/>
     <w:rsid w:val="00CD07EF"/>
     <w:rsid w:val="00CD0835"/>
     <w:rsid w:val="00CD0BE2"/>
     <w:rsid w:val="00CD72E0"/>
     <w:rsid w:val="00CD7E09"/>
     <w:rsid w:val="00CE0A60"/>
     <w:rsid w:val="00CE0FCE"/>
     <w:rsid w:val="00CE1C96"/>
     <w:rsid w:val="00CE1FEC"/>
     <w:rsid w:val="00CE3B29"/>
     <w:rsid w:val="00CE4389"/>
     <w:rsid w:val="00CE5BE4"/>
     <w:rsid w:val="00CE61D7"/>
     <w:rsid w:val="00CE62D4"/>
     <w:rsid w:val="00CE6647"/>
     <w:rsid w:val="00CE6F37"/>
@@ -3867,51 +6188,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2094622133">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.calend.ru/person/1812/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4158,66 +6479,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>208</Words>
-  <Characters>1186</Characters>
+  <Words>187</Words>
+  <Characters>1066</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1392</CharactersWithSpaces>
+  <CharactersWithSpaces>1251</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>