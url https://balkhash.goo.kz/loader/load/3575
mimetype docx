--- v0 (2025-12-17)
+++ v1 (2026-01-09)
@@ -3,8092 +3,817 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00DB3654" w:rsidRPr="00265DBF" w:rsidRDefault="00DB3654" w:rsidP="00DB3654">
+    <w:p w:rsidR="00126C1E" w:rsidRPr="006F596A" w:rsidRDefault="00126C1E" w:rsidP="00126C1E">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00265DBF">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="006F596A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">№1 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00265DBF">
+        <w:t xml:space="preserve">Информация о проведенных мероприятиях                                                        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126C1E" w:rsidRPr="006F596A" w:rsidRDefault="00126C1E" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ЖББОМ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00265DBF">
+      </w:pPr>
+      <w:r w:rsidRPr="006F596A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>на весенних каникулах в ОСШ№1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126C1E" w:rsidRPr="006F596A" w:rsidRDefault="00126C1E" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F596A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2019уч</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F596A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F596A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>од.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126C1E" w:rsidRPr="00126C1E" w:rsidRDefault="00126C1E" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Традиционно в дни каникул педагогическим коллективом школы были запланированы  мероприятия разной направленности с учётом интересов обучающихся. В план были включены разнообразные по содержанию и направлениям мероприятия: игровые, интеллектуальные, конкурсные программы, профилактические беседы, физкультурно-оздоровительные мероприятия, организованы прогулки и игры на свежем воздухе. В течение всего каникулярного времени для ребят были открыты двери спортзала, библиотеки, актового зала. С целью укрепления физического здоровья учащихся большое внимание уделялось организации спортивно-массовой работы. В течение каникул согласно расписанию работали спортивные секции. Участие детей в различных мероприятиях повысило социальную активность, дало им уверенность в своих силах и талантах.  Во время весенних каникул не оставлены без внимания были и проблемные темы. Был проведён рейд «Внимание, каникулы» - посещение неблагополучных семей классными руководителями и социальным педагогом. Перед уходом на каникулы со всеми учащимися школы были проведены беседы о соблюдении правил техники безопасности и безопасного поведения дома и в общественных местах, во время экскурсий и на озере. Учащимся напомнили об основных правилах дорожного движения и необходимости их неукоснительного соблюдения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126C1E" w:rsidRDefault="00126C1E" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Веселые старты» - под таким названием прошли  спортивно-игровые программы  для детей 0-1,4-8 классов. Цель мероприятий – пропаганда здорового образа жизни, привлечение детей к занятиям физической культурой и спортом. Накал страстей и здоровый соревновательный дух сопровождали состязания на протяжении всех этапов. Ребята померились силами, проявили смекалку и ловкость в веселых эстафетах. Праздники  прошли  весело и задорно: команды продемонстрировали свои спортивные умения, а также получили заряд бодрости и массу положительных эмоций. А счастливые от восторга глаза детей – лучшая награда всем организаторам праздника… Интеллектуальные игры  «Что? Где? Когда?», «Хочу все знать», «Звездный час», настольные игры развивали у детей познавательные  и творческие способности.                                                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126C1E" w:rsidRPr="00126C1E" w:rsidRDefault="00126C1E" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Библиотекарем школы </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00265DBF">
-[...6 lines deleted...]
-        <w:t>көктемгі</w:t>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кашимбековой</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00265DBF">
-[...98 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Р.К. проведен увлекательный урок «Книгу прочитаешь, весь мир узнаешь», где учащиеся познакомились с разнообразием книг в мире. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126C1E" w:rsidRDefault="00126C1E" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Проведена викторина «Правила дорожного движения – закон для всех». Участников ждали интересные конкурсы с загадками, пословицами,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> трудными вопросами. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Беседа  «Все профессии важны »,  среди 9-х классов, поможет учащимся </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00265DBF">
-[...6 lines deleted...]
-        <w:t>туралы</w:t>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соориентироваться</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00265DBF">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и определиться  в выборе будущей профессии. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126C1E" w:rsidRPr="00126C1E" w:rsidRDefault="00126C1E" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Интересное внеклассное мероприятие для учащихся 2классов, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">провела  классный руководитель  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ертысхан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.Е.  Команды в игровой форме выполняли</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> задания: угадывали сказочных героев по изображению, разгадывали загадки.                                                                         Во ДШ состоялся городской конкурс национальных игр, с целью познакомить подрастающее поколение с игровыми традициями казахского народа. Большой интерес среди ребят школьного возраста вызвали соревнования </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...358 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DB3654">
-[...5 lines deleted...]
-        <w:t>Жоспар</w:t>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асы</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DB3654">
-[...5 lines deleted...]
-        <w:t>ға</w:t>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ату, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DB3654">
-[...5 lines deleted...]
-        <w:t>мазмұны</w:t>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күресі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DB3654">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> мен </w:t>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DB3654">
-[...5 lines deleted...]
-        <w:t>бағыттары</w:t>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тоғыз</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DB3654">
-[...5 lines deleted...]
-        <w:t>бойынша</w:t>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құмалақ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DB3654">
-[...15 lines deleted...]
-        <w:t>үрлі</w:t>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарту</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.. В ходе упорной борьбы наша сборная команда заняла второе место!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126C1E" w:rsidRPr="00126C1E" w:rsidRDefault="00126C1E" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Городской конкурс «Маленькая принцесса -2019».  В ходе конкурса участницы должны были проявить свои таланты, артистизм, чувство стиля, умение держать себя на сцене и красиво двигаться. Ученица                 1 «Б» класса   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мукатаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DB3654">
-[...5 lines deleted...]
-        <w:t>іс-шаралар</w:t>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рузана</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DB3654">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,  заняла 2 место</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126C1E" w:rsidRPr="00126C1E" w:rsidRDefault="00126C1E" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DB3654">
-[...5 lines deleted...]
-        <w:t>енгізілді</w:t>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Попировская</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DB3654">
-[...7170 lines deleted...]
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Влада   ученица 6 «Г» класса,  заняла  2  место в городском  фестивале по запуску воздушных змеев. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126C1E" w:rsidRPr="00126C1E" w:rsidRDefault="00126C1E" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В городском конкурсе по робототехнике наша школа заняла 2 место.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126C1E" w:rsidRPr="00126C1E" w:rsidRDefault="00126C1E" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Учащиеся 7 «Б» класса участвовали в экологической акции «Лучший домик для птиц» и заняли 1 место.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00913CC1" w:rsidRPr="00126C1E" w:rsidRDefault="00126C1E" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="496B2A0D" wp14:editId="2F390F50">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="710BC087" wp14:editId="6AE5E0A5">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2998470</wp:posOffset>
+              <wp:posOffset>3075814</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>326390</wp:posOffset>
+              <wp:posOffset>2102358</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="3187065" cy="2389505"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:extent cx="2584704" cy="1937800"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="5715"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name="Рисунок 6" descr="C:\Users\Аселя\Desktop\весен.каникулы\i22.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Аселя\Desktop\весен.каникулы\i22.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3187065" cy="2389505"/>
+                      <a:ext cx="2587350" cy="1939784"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251613184" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B0D3AB1" wp14:editId="05916ED9">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251613184" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09FFC609" wp14:editId="345D0EC1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-525145</wp:posOffset>
+              <wp:posOffset>15240</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>326390</wp:posOffset>
+              <wp:posOffset>2105025</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="3053080" cy="2291715"/>
+            <wp:extent cx="2669540" cy="2004060"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Рисунок 5" descr="C:\Users\Аселя\Desktop\весен.каникулы\нац2.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Аселя\Desktop\весен.каникулы\нац2.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3053080" cy="2291715"/>
+                      <a:ext cx="2669540" cy="2004060"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-[...55 lines deleted...]
-    <w:p w:rsidR="00913CC1" w:rsidRPr="00DB3654" w:rsidRDefault="00B202F1" w:rsidP="00B202F1">
+      <w:r w:rsidRPr="00126C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во время весенних каникул учащиеся школ № 5,4,7 посетили школьный музей, который является центром патриотического, нравственного и гражданского воспитания школьников. Цель экскурсии – формирование у учащихся гражданско-патриотических качеств, расширение кругозора и воспитание познавательных интересов и способностей. Для детей была проведена очень интересная и познавательная экскурсия по залу музея с разными экспозициями. Учащиеся с удовольствием слушали, с любопытством рассматривали экспонаты. Дети были в восторге от посещения музея. Осталось много впечатлений от увиденных экспонатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00913CC1" w:rsidRPr="00126C1E" w:rsidRDefault="00913CC1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00913CC1" w:rsidRPr="00126C1E" w:rsidRDefault="00913CC1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00913CC1" w:rsidRPr="00126C1E" w:rsidRDefault="00913CC1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00913CC1" w:rsidRPr="00126C1E" w:rsidRDefault="00913CC1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00913CC1" w:rsidRPr="00126C1E" w:rsidRDefault="00B202F1" w:rsidP="00126C1E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1594"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="37562671" wp14:editId="7F0D8BF2">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="247BCABF" wp14:editId="3C1DD335">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1948053</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-12065</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2178685" cy="2926080"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="8" name="Рисунок 8" descr="C:\Users\Аселя\Desktop\1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Users\Аселя\Desktop\1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
@@ -8097,59 +822,59 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2178685" cy="2926080"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251636736" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45BECD62" wp14:editId="43D9F5DA">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251636736" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F3C7F94" wp14:editId="2EF73D1D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4401820</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-6350</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2004695" cy="2913380"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="9" name="Рисунок 9" descr="C:\Users\Аселя\Desktop\4.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\Аселя\Desktop\4.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
@@ -8158,59 +883,59 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2004695" cy="2913380"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251624448" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BB99074" wp14:editId="38E766F7">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251624448" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DF04E09" wp14:editId="66EE9A91">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-688975</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-185420</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2309495" cy="3084195"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Рисунок 7" descr="C:\Users\Аселя\Desktop\весен.каникулы\мал.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\Аселя\Desktop\весен.каникулы\мал.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
@@ -8220,157 +945,157 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2309495" cy="3084195"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00913CC1" w:rsidRPr="00DB3654" w:rsidRDefault="00913CC1" w:rsidP="00B202F1">
-[...43 lines deleted...]
-    <w:p w:rsidR="00913CC1" w:rsidRPr="00DB3654" w:rsidRDefault="00913CC1" w:rsidP="00B202F1">
+    <w:p w:rsidR="00913CC1" w:rsidRPr="00126C1E" w:rsidRDefault="00913CC1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00913CC1" w:rsidRPr="00126C1E" w:rsidRDefault="00913CC1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00913CC1" w:rsidRPr="00126C1E" w:rsidRDefault="00913CC1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00913CC1" w:rsidRPr="00126C1E" w:rsidRDefault="00913CC1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00913CC1" w:rsidRPr="00126C1E" w:rsidRDefault="00913CC1" w:rsidP="00126C1E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5875"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00913CC1" w:rsidRPr="00DB3654" w:rsidRDefault="00913CC1" w:rsidP="00B202F1">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00DB3654">
+    <w:p w:rsidR="00913CC1" w:rsidRPr="00126C1E" w:rsidRDefault="00913CC1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00913CC1" w:rsidRPr="00126C1E" w:rsidRDefault="00913CC1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00913CC1" w:rsidRPr="00126C1E" w:rsidRDefault="00B202F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2065EDBF" wp14:editId="015E6DF7">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AAC8AB5" wp14:editId="78524061">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3674745</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>284481</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2645664" cy="1865376"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="11" name="Рисунок 11" descr="C:\Users\Аселя\Desktop\7.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 11" descr="C:\Users\Аселя\Desktop\7.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12" cstate="print"/>
@@ -8382,59 +1107,59 @@
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2650490" cy="1868779"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251641856" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EAD4B57" wp14:editId="792FFB54">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251641856" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="067CC865" wp14:editId="7C20879B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-793750</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>343535</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2406650" cy="1804035"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="10" name="Рисунок 10" descr="C:\Users\Аселя\Desktop\6.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 10" descr="C:\Users\Аселя\Desktop\6.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13" cstate="print"/>
@@ -8444,72 +1169,72 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2406650" cy="1804035"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00913CC1" w:rsidRPr="00DB3654" w:rsidRDefault="00B202F1" w:rsidP="00B202F1">
+    <w:p w:rsidR="00913CC1" w:rsidRPr="00126C1E" w:rsidRDefault="00B202F1" w:rsidP="00126C1E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6701"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40C9D019" wp14:editId="194113A5">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06FF3900" wp14:editId="083A79DD">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1784985</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>56642</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1755648" cy="1731264"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="13" name="Рисунок 12" descr="C:\Users\Аселя\Desktop\3.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 12" descr="C:\Users\Аселя\Desktop\3.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14" cstate="print"/>
@@ -8524,133 +1249,133 @@
                       <a:ext cx="1759615" cy="1735176"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00913CC1" w:rsidRPr="00DB3654">
+      <w:r w:rsidR="00913CC1" w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00913CC1" w:rsidRPr="00DB3654" w:rsidRDefault="00913CC1" w:rsidP="00B202F1">
-[...10 lines deleted...]
-    <w:p w:rsidR="00E926F3" w:rsidRPr="00DB3654" w:rsidRDefault="00913CC1" w:rsidP="00B202F1">
+    <w:p w:rsidR="00913CC1" w:rsidRPr="00126C1E" w:rsidRDefault="00913CC1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00913CC1" w:rsidP="00126C1E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7354"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E926F3" w:rsidRPr="00DB3654" w:rsidRDefault="00E926F3" w:rsidP="00B202F1">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00DB3654">
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00B202F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="709B5C22" wp14:editId="132A713A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4661C3FD" wp14:editId="2FA89D4C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2931033</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>318262</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2950464" cy="1959035"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="15" name="Рисунок 14" descr="C:\Users\Аселя\Desktop\9.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 14" descr="C:\Users\Аселя\Desktop\9.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
@@ -8662,59 +1387,59 @@
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2955290" cy="1962239"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E466EB2" wp14:editId="4F119E72">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72A74506" wp14:editId="160FDDE9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-878840</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>316230</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3260090" cy="1962785"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="14" name="Рисунок 13" descr="C:\Users\Аселя\Desktop\2.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 13" descr="C:\Users\Аселя\Desktop\2.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16"/>
@@ -8724,166 +1449,166 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3260090" cy="1962785"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E926F3" w:rsidRPr="00DB3654" w:rsidRDefault="00E926F3" w:rsidP="00B202F1">
-[...32 lines deleted...]
-    <w:p w:rsidR="00E926F3" w:rsidRPr="00DB3654" w:rsidRDefault="00E926F3" w:rsidP="00B202F1">
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1286"/>
           <w:tab w:val="left" w:pos="3744"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E926F3" w:rsidRPr="00DB3654" w:rsidRDefault="00E926F3" w:rsidP="00B202F1">
-[...42 lines deleted...]
-      <w:r w:rsidRPr="00DB3654">
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71F857F3" wp14:editId="5F52EBA1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79C0E851" wp14:editId="789D5FDC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3309620</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-427990</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2576830" cy="1913890"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="18" name="Рисунок 17" descr="C:\Users\Аселя\Desktop\11.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 17" descr="C:\Users\Аселя\Desktop\11.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17" cstate="print"/>
@@ -8892,59 +1617,59 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2576830" cy="1913890"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B265E20" wp14:editId="59F5B4E9">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4873859D" wp14:editId="12D9BA45">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1779270</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-452120</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1468120" cy="1938020"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="17" name="Рисунок 16" descr="C:\Users\Аселя\Desktop\8.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 16" descr="C:\Users\Аселя\Desktop\8.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18" cstate="print"/>
@@ -8953,59 +1678,59 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1468120" cy="1938020"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="422A2CD4" wp14:editId="6706A737">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45CBA190" wp14:editId="3001E981">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-951865</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-391160</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2516505" cy="1877060"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="16" name="Рисунок 15" descr="C:\Users\Аселя\Desktop\10.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 15" descr="C:\Users\Аселя\Desktop\10.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19" cstate="print"/>
@@ -9015,109 +1740,109 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2516505" cy="1877060"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00913CC1" w:rsidRPr="00DB3654" w:rsidRDefault="00E926F3" w:rsidP="00B202F1">
+    <w:p w:rsidR="00913CC1" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6029"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E926F3" w:rsidRPr="00DB3654" w:rsidRDefault="00E926F3" w:rsidP="00B202F1">
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6029"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E926F3" w:rsidRPr="00DB3654" w:rsidRDefault="00B202F1" w:rsidP="00B202F1">
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00B202F1" w:rsidP="00126C1E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6029"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0549DFE5" wp14:editId="7E1F11C7">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5467CBAF" wp14:editId="2CFDDFE7">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2571750</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-538480</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3189605" cy="2401570"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="20" name="Рисунок 19" descr="C:\Users\Аселя\Desktop\132.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 19" descr="C:\Users\Аселя\Desktop\132.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20"/>
@@ -9126,59 +1851,59 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3189605" cy="2401570"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08FA0B56" wp14:editId="7B91A872">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="228366E7" wp14:editId="260F786C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-890905</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-539115</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3296920" cy="2474595"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="19" name="Рисунок 18" descr="C:\Users\Аселя\Desktop\12.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 18" descr="C:\Users\Аселя\Desktop\12.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21"/>
@@ -9188,113 +1913,113 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3296920" cy="2474595"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E926F3" w:rsidRPr="00DB3654" w:rsidRDefault="00E926F3" w:rsidP="00B202F1">
-[...53 lines deleted...]
-      <w:r w:rsidRPr="00DB3654">
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00B202F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1DF82530" wp14:editId="53B75B02">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A8B8C2B" wp14:editId="168D2BA9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2662809</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>346837</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3108960" cy="1923175"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="22" name="Рисунок 21" descr="C:\Users\Аселя\Desktop\16.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 21" descr="C:\Users\Аселя\Desktop\16.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22"/>
@@ -9306,59 +2031,59 @@
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3113455" cy="1925955"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C2B3AE3" wp14:editId="617EE42A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40D0A44C" wp14:editId="1F3BD067">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-890905</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>344805</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3296920" cy="1852930"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="21" name="Рисунок 20" descr="C:\Users\Аселя\Desktop\15.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 20" descr="C:\Users\Аселя\Desktop\15.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23"/>
@@ -9368,135 +2093,135 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3296920" cy="1852930"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E926F3" w:rsidRPr="00DB3654" w:rsidRDefault="00E926F3" w:rsidP="00B202F1">
-[...75 lines deleted...]
-      <w:r w:rsidRPr="00DB3654">
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00B202F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C0406F5" wp14:editId="218BCDD5">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54B6BC42" wp14:editId="01611CB4">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-713105</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>22225</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3114675" cy="1758950"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="23" name="Рисунок 22" descr="C:\Users\Аселя\Desktop\18.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 22" descr="C:\Users\Аселя\Desktop\18.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24"/>
@@ -9505,59 +2230,59 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3114675" cy="1758950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251704320" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B641C47" wp14:editId="1A9D969A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251704320" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0596C803" wp14:editId="0483CB6C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2657475</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>19050</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3362325" cy="1893570"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="24" name="Рисунок 23" descr="C:\Users\Аселя\Desktop\17.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 23" descr="C:\Users\Аселя\Desktop\17.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25"/>
@@ -9567,124 +2292,124 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3362325" cy="1893570"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E926F3" w:rsidRPr="00DB3654" w:rsidRDefault="00E926F3" w:rsidP="00B202F1">
-[...64 lines deleted...]
-      <w:r w:rsidRPr="00DB3654">
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E926F3" w:rsidRPr="00126C1E" w:rsidRDefault="00E926F3" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="00B202F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AA75E60" wp14:editId="71DC46D7">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F1FB347" wp14:editId="0E2D7879">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2778760</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>93980</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3394710" cy="2535555"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\весен.каникулы\1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\весен.каникулы\1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId26"/>
@@ -9693,59 +2418,59 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3394710" cy="2535555"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251593728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A968843" wp14:editId="6BF64A61">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251593728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01737B86" wp14:editId="465674AF">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-720725</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>93980</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3357880" cy="2511425"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\весен.каникулы\4.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\весен.каникулы\4.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId27"/>
@@ -9755,146 +2480,146 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3357880" cy="2511425"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A14F1" w:rsidRPr="00DB3654" w:rsidRDefault="008A14F1" w:rsidP="00B202F1">
-[...86 lines deleted...]
-      <w:r w:rsidRPr="00DB3654">
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="007A3DF1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251603968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6290557C" wp14:editId="562C65C4">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251603968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DC72F78" wp14:editId="5D75085A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-683260</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>288925</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3053080" cy="2303780"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Аселя\Desktop\весен.каникулы\6.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Аселя\Desktop\весен.каникулы\6.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId28"/>
@@ -9903,59 +2628,59 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3053080" cy="2303780"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251608064" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0048E361" wp14:editId="0747A52F">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251608064" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DCE44FA" wp14:editId="1D391452">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2852420</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>288925</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3284855" cy="2462530"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\Аселя\Desktop\весен.каникулы\71.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Аселя\Desktop\весен.каникулы\71.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId29"/>
@@ -9965,146 +2690,146 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3284855" cy="2462530"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A14F1" w:rsidRPr="00DB3654" w:rsidRDefault="008A14F1" w:rsidP="00B202F1">
-[...86 lines deleted...]
-      <w:r w:rsidRPr="00DB3654">
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="007A3DF1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251713536" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62989E3E" wp14:editId="13FB9226">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251713536" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31CD5E0A" wp14:editId="2E9D6DB7">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-683260</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>49530</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3260090" cy="2438400"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="26" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\21.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\21.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId30"/>
@@ -10113,59 +2838,59 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3260090" cy="2438400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251717632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="352279FF" wp14:editId="06AEFC57">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251717632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6886D547" wp14:editId="17B0EFCB">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2998470</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>196215</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3053080" cy="2291715"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="28" name="Рисунок 3" descr="C:\Users\Аселя\Desktop\22.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Аселя\Desktop\22.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId31"/>
@@ -10175,135 +2900,135 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3053080" cy="2291715"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A14F1" w:rsidRPr="00DB3654" w:rsidRDefault="008A14F1" w:rsidP="00B202F1">
-[...75 lines deleted...]
-      <w:r w:rsidRPr="00DB3654">
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="008A14F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidRDefault="00B202F1" w:rsidP="00126C1E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02133AC6" wp14:editId="36C27501">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79EC00E8" wp14:editId="6DEBAD07">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3535045</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>280797</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2516505" cy="1889760"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="30" name="Рисунок 6" descr="C:\Users\Аселя\Desktop\24.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Аселя\Desktop\24.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId32" cstate="print"/>
@@ -10312,59 +3037,59 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2516505" cy="1889760"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00DB3654">
+      <w:r w:rsidRPr="00126C1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251709440" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D0F6E3F" wp14:editId="34055149">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251709440" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0559E35A" wp14:editId="6473A645">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-678180</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>222885</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3998595" cy="1972945"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="25" name="Рисунок 24" descr="C:\Users\Аселя\Desktop\20.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 24" descr="C:\Users\Аселя\Desktop\20.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId33"/>
@@ -10377,132 +3102,132 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3998595" cy="1972945"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008A14F1" w:rsidRPr="00DB3654" w:rsidSect="00380D66">
+    <w:sectPr w:rsidR="008A14F1" w:rsidRPr="00126C1E" w:rsidSect="00126C1E">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00255E37" w:rsidRDefault="00255E37" w:rsidP="008A14F1">
+    <w:p w:rsidR="00846122" w:rsidRDefault="00846122" w:rsidP="008A14F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00255E37" w:rsidRDefault="00255E37" w:rsidP="008A14F1">
+    <w:p w:rsidR="00846122" w:rsidRDefault="00846122" w:rsidP="008A14F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00255E37" w:rsidRDefault="00255E37" w:rsidP="008A14F1">
+    <w:p w:rsidR="00846122" w:rsidRDefault="00846122" w:rsidP="008A14F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00255E37" w:rsidRDefault="00255E37" w:rsidP="008A14F1">
+    <w:p w:rsidR="00846122" w:rsidRDefault="00846122" w:rsidP="008A14F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="78"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -10676,50 +3401,51 @@
     <w:rsid w:val="00100F3D"/>
     <w:rsid w:val="00100F9F"/>
     <w:rsid w:val="00102955"/>
     <w:rsid w:val="00103D4D"/>
     <w:rsid w:val="00104C04"/>
     <w:rsid w:val="00104C99"/>
     <w:rsid w:val="00104E4C"/>
     <w:rsid w:val="0010633E"/>
     <w:rsid w:val="0010695C"/>
     <w:rsid w:val="00106BC2"/>
     <w:rsid w:val="00106EDE"/>
     <w:rsid w:val="00110110"/>
     <w:rsid w:val="0011030F"/>
     <w:rsid w:val="00110D08"/>
     <w:rsid w:val="00111510"/>
     <w:rsid w:val="0011243F"/>
     <w:rsid w:val="001136F3"/>
     <w:rsid w:val="00114D56"/>
     <w:rsid w:val="00120887"/>
     <w:rsid w:val="00121193"/>
     <w:rsid w:val="001214DE"/>
     <w:rsid w:val="00121991"/>
     <w:rsid w:val="00121C57"/>
     <w:rsid w:val="00122799"/>
     <w:rsid w:val="00123701"/>
+    <w:rsid w:val="00126C1E"/>
     <w:rsid w:val="00126DCA"/>
     <w:rsid w:val="001270D2"/>
     <w:rsid w:val="001272C6"/>
     <w:rsid w:val="00127999"/>
     <w:rsid w:val="001300D1"/>
     <w:rsid w:val="00130747"/>
     <w:rsid w:val="001309AF"/>
     <w:rsid w:val="001319EB"/>
     <w:rsid w:val="00131DCB"/>
     <w:rsid w:val="0013242F"/>
     <w:rsid w:val="00134311"/>
     <w:rsid w:val="001343E3"/>
     <w:rsid w:val="00134B0E"/>
     <w:rsid w:val="0013607C"/>
     <w:rsid w:val="00136390"/>
     <w:rsid w:val="00136CB4"/>
     <w:rsid w:val="00136CD2"/>
     <w:rsid w:val="0014049E"/>
     <w:rsid w:val="00140795"/>
     <w:rsid w:val="00143241"/>
     <w:rsid w:val="001439FA"/>
     <w:rsid w:val="00143D14"/>
     <w:rsid w:val="00150D1A"/>
     <w:rsid w:val="0015122E"/>
     <w:rsid w:val="0015136E"/>
@@ -10841,51 +3567,50 @@
     <w:rsid w:val="00222D2C"/>
     <w:rsid w:val="00223588"/>
     <w:rsid w:val="0022424D"/>
     <w:rsid w:val="002242D9"/>
     <w:rsid w:val="00224812"/>
     <w:rsid w:val="00224BC9"/>
     <w:rsid w:val="002256F2"/>
     <w:rsid w:val="00227D32"/>
     <w:rsid w:val="0023190D"/>
     <w:rsid w:val="00232AD4"/>
     <w:rsid w:val="0023384C"/>
     <w:rsid w:val="0023466E"/>
     <w:rsid w:val="00234C3E"/>
     <w:rsid w:val="00235222"/>
     <w:rsid w:val="0023555A"/>
     <w:rsid w:val="00236813"/>
     <w:rsid w:val="00237B61"/>
     <w:rsid w:val="002418FA"/>
     <w:rsid w:val="00242360"/>
     <w:rsid w:val="00244299"/>
     <w:rsid w:val="00246861"/>
     <w:rsid w:val="00246DF7"/>
     <w:rsid w:val="002501BB"/>
     <w:rsid w:val="002543C1"/>
     <w:rsid w:val="00255802"/>
-    <w:rsid w:val="00255E37"/>
     <w:rsid w:val="0025606C"/>
     <w:rsid w:val="00261237"/>
     <w:rsid w:val="002631E2"/>
     <w:rsid w:val="002639B1"/>
     <w:rsid w:val="00264A47"/>
     <w:rsid w:val="002653A2"/>
     <w:rsid w:val="00265440"/>
     <w:rsid w:val="0026548C"/>
     <w:rsid w:val="00265C4C"/>
     <w:rsid w:val="00265DBF"/>
     <w:rsid w:val="002666A3"/>
     <w:rsid w:val="00267688"/>
     <w:rsid w:val="00267757"/>
     <w:rsid w:val="00270D6B"/>
     <w:rsid w:val="00271B5D"/>
     <w:rsid w:val="00271ED8"/>
     <w:rsid w:val="00273AC4"/>
     <w:rsid w:val="002741A1"/>
     <w:rsid w:val="00275E08"/>
     <w:rsid w:val="0027796E"/>
     <w:rsid w:val="00277BD3"/>
     <w:rsid w:val="00280129"/>
     <w:rsid w:val="002806D6"/>
     <w:rsid w:val="0028167E"/>
     <w:rsid w:val="00282EC0"/>
@@ -11457,50 +4182,51 @@
     <w:rsid w:val="006C778B"/>
     <w:rsid w:val="006D022F"/>
     <w:rsid w:val="006D0238"/>
     <w:rsid w:val="006D0A62"/>
     <w:rsid w:val="006D2D81"/>
     <w:rsid w:val="006D3AD8"/>
     <w:rsid w:val="006D4057"/>
     <w:rsid w:val="006D48FE"/>
     <w:rsid w:val="006D4FBB"/>
     <w:rsid w:val="006D6AB3"/>
     <w:rsid w:val="006D706C"/>
     <w:rsid w:val="006E1C30"/>
     <w:rsid w:val="006E22A7"/>
     <w:rsid w:val="006E2ABD"/>
     <w:rsid w:val="006E3976"/>
     <w:rsid w:val="006E3FCE"/>
     <w:rsid w:val="006E47C7"/>
     <w:rsid w:val="006E5331"/>
     <w:rsid w:val="006E7687"/>
     <w:rsid w:val="006E7772"/>
     <w:rsid w:val="006F0EB6"/>
     <w:rsid w:val="006F27CF"/>
     <w:rsid w:val="006F3427"/>
     <w:rsid w:val="006F4307"/>
     <w:rsid w:val="006F4B03"/>
+    <w:rsid w:val="006F596A"/>
     <w:rsid w:val="006F6002"/>
     <w:rsid w:val="006F7EB2"/>
     <w:rsid w:val="0070223C"/>
     <w:rsid w:val="00715516"/>
     <w:rsid w:val="00715AAF"/>
     <w:rsid w:val="007162C8"/>
     <w:rsid w:val="0071638A"/>
     <w:rsid w:val="0072051F"/>
     <w:rsid w:val="00721057"/>
     <w:rsid w:val="00721144"/>
     <w:rsid w:val="00721755"/>
     <w:rsid w:val="00721868"/>
     <w:rsid w:val="00721B46"/>
     <w:rsid w:val="00723045"/>
     <w:rsid w:val="00723930"/>
     <w:rsid w:val="00723E9B"/>
     <w:rsid w:val="007247E3"/>
     <w:rsid w:val="007256C0"/>
     <w:rsid w:val="00726C5F"/>
     <w:rsid w:val="007270AD"/>
     <w:rsid w:val="007275AD"/>
     <w:rsid w:val="00727B54"/>
     <w:rsid w:val="007302B9"/>
     <w:rsid w:val="00730905"/>
     <w:rsid w:val="007310F2"/>
@@ -11621,50 +4347,51 @@
     <w:rsid w:val="00810A1A"/>
     <w:rsid w:val="00811F15"/>
     <w:rsid w:val="008139F3"/>
     <w:rsid w:val="00814028"/>
     <w:rsid w:val="0081608B"/>
     <w:rsid w:val="0081613A"/>
     <w:rsid w:val="008168B0"/>
     <w:rsid w:val="008218EF"/>
     <w:rsid w:val="008240C5"/>
     <w:rsid w:val="00825DF2"/>
     <w:rsid w:val="00826C42"/>
     <w:rsid w:val="00827243"/>
     <w:rsid w:val="00827650"/>
     <w:rsid w:val="008302F8"/>
     <w:rsid w:val="0083179B"/>
     <w:rsid w:val="00832D0C"/>
     <w:rsid w:val="00833729"/>
     <w:rsid w:val="0083548E"/>
     <w:rsid w:val="00836B93"/>
     <w:rsid w:val="00840820"/>
     <w:rsid w:val="0084083B"/>
     <w:rsid w:val="0084153B"/>
     <w:rsid w:val="00842F8E"/>
     <w:rsid w:val="00844E9C"/>
     <w:rsid w:val="00845A17"/>
+    <w:rsid w:val="00846122"/>
     <w:rsid w:val="00846628"/>
     <w:rsid w:val="00846A82"/>
     <w:rsid w:val="00847AE1"/>
     <w:rsid w:val="00850A39"/>
     <w:rsid w:val="0085107B"/>
     <w:rsid w:val="00852F6F"/>
     <w:rsid w:val="0085310A"/>
     <w:rsid w:val="008538EA"/>
     <w:rsid w:val="00855601"/>
     <w:rsid w:val="00856605"/>
     <w:rsid w:val="00856854"/>
     <w:rsid w:val="00856F04"/>
     <w:rsid w:val="008577D5"/>
     <w:rsid w:val="0086148C"/>
     <w:rsid w:val="00861C04"/>
     <w:rsid w:val="00863178"/>
     <w:rsid w:val="00863F72"/>
     <w:rsid w:val="008642AF"/>
     <w:rsid w:val="008643D3"/>
     <w:rsid w:val="008650A6"/>
     <w:rsid w:val="00866806"/>
     <w:rsid w:val="00870B25"/>
     <w:rsid w:val="008721E7"/>
     <w:rsid w:val="0087410D"/>
     <w:rsid w:val="008754BE"/>
@@ -13651,66 +6378,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>635</Words>
-  <Characters>3620</Characters>
+  <Words>679</Words>
+  <Characters>3874</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4247</CharactersWithSpaces>
+  <CharactersWithSpaces>4544</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>