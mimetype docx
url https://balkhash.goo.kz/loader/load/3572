--- v0 (2025-12-09)
+++ v1 (2026-01-01)
@@ -1,1656 +1,405 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00421307" w:rsidRPr="00421307" w:rsidRDefault="00421307" w:rsidP="00421307">
+    <w:p w:rsidR="00372961" w:rsidRDefault="009A337A" w:rsidP="009A337A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13 апреля   в школе  подведены </w:t>
+      </w:r>
+      <w:r w:rsidR="00372961">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> итоги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ранее  объявленного  детского конкурса поделок  «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Очу</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>мелые</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ручки»!</w:t>
+      </w:r>
+      <w:r w:rsidR="00372961" w:rsidRPr="00372961">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00372961" w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Цель конкурса: создать эстетическое   оформление  школьной столовой</w:t>
+      </w:r>
+      <w:r w:rsidR="00372961">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00372961" w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  силами родителей и учащихся школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A337A" w:rsidRPr="005E66D5" w:rsidRDefault="009A337A" w:rsidP="009A337A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2580C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Спонсором  конкурса </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  выступил  ИП Гультяев  А.В. , который предоставил  победителям сертификаты на сумму  2000, 3000, 5000 на  посещение  торгового  центра «</w:t>
+      </w:r>
+      <w:r w:rsidR="00372961">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>униор»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A337A" w:rsidRDefault="009A337A" w:rsidP="00587709">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Критерии и условия были таковы: в конкурсе могли  принять участие дети в возрасте от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лет. </w:t>
+      </w:r>
+      <w:r w:rsidR="00503EDC" w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ребятам   совместно  с родителями   </w:t>
+      </w:r>
+      <w:r w:rsidR="00372961">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>изготовили</w:t>
+      </w:r>
+      <w:r w:rsidR="00503EDC" w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  объемн</w:t>
+      </w:r>
+      <w:r w:rsidR="00372961">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ые </w:t>
+      </w:r>
+      <w:r w:rsidR="00503EDC" w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> картин</w:t>
+      </w:r>
+      <w:r w:rsidR="00372961">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы из </w:t>
+      </w:r>
+      <w:r w:rsidR="00503EDC" w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фруктов и   овощей.   </w:t>
+      </w:r>
+      <w:r w:rsidR="00587709" w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>По итогам  конкурса:  1 место-  Акжолтаева Салима (ученица  2  класса), 2 место- Голикова  Валерия ( ПК), 3 место- Шоланов Адэль (ПК). Также  остальным учащимся  были вручены  памятные подарки</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2580C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и грамоты </w:t>
+      </w:r>
+      <w:r w:rsidR="00587709" w:rsidRPr="005E66D5">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от школы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E3B44" w:rsidRDefault="004E3B44" w:rsidP="004E3B44">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-709"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...2 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00421307">
-[...1584 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E91DAAE" wp14:editId="6C7F4423">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2971800" cy="2140312"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\конкурс питание\Рисунок1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\конкурс питание\Рисунок1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
@@ -1666,51 +415,51 @@
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6965E787" wp14:editId="057006C7">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3276599" cy="2190750"/>
             <wp:effectExtent l="19050" t="0" r="1" b="0"/>
             <wp:docPr id="3" name="Рисунок 2" descr="C:\Users\Зере\Desktop\конкурс питание\IMG_3232.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\конкурс питание\IMG_3232.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
@@ -2404,51 +1153,50 @@
     <w:rsid w:val="003C73BB"/>
     <w:rsid w:val="003C7DF1"/>
     <w:rsid w:val="003D065F"/>
     <w:rsid w:val="003D0E56"/>
     <w:rsid w:val="003E0B7D"/>
     <w:rsid w:val="003E1D41"/>
     <w:rsid w:val="003E2CD7"/>
     <w:rsid w:val="003E768C"/>
     <w:rsid w:val="003E7FE9"/>
     <w:rsid w:val="003F0238"/>
     <w:rsid w:val="003F0CAA"/>
     <w:rsid w:val="003F18FB"/>
     <w:rsid w:val="003F2CA1"/>
     <w:rsid w:val="003F4B3D"/>
     <w:rsid w:val="003F4DD5"/>
     <w:rsid w:val="003F5F83"/>
     <w:rsid w:val="003F65F3"/>
     <w:rsid w:val="003F6CEB"/>
     <w:rsid w:val="00401307"/>
     <w:rsid w:val="00403019"/>
     <w:rsid w:val="004032B0"/>
     <w:rsid w:val="00403FCB"/>
     <w:rsid w:val="00414D0E"/>
     <w:rsid w:val="00416921"/>
     <w:rsid w:val="00416ABD"/>
-    <w:rsid w:val="00421307"/>
     <w:rsid w:val="00421373"/>
     <w:rsid w:val="00422EC5"/>
     <w:rsid w:val="00422F70"/>
     <w:rsid w:val="0042351C"/>
     <w:rsid w:val="004316FC"/>
     <w:rsid w:val="00431C89"/>
     <w:rsid w:val="00432580"/>
     <w:rsid w:val="00432F89"/>
     <w:rsid w:val="00433B28"/>
     <w:rsid w:val="00433CD5"/>
     <w:rsid w:val="0043417A"/>
     <w:rsid w:val="00434717"/>
     <w:rsid w:val="00434D14"/>
     <w:rsid w:val="00435E89"/>
     <w:rsid w:val="00436D24"/>
     <w:rsid w:val="00436D69"/>
     <w:rsid w:val="00437456"/>
     <w:rsid w:val="00442EC4"/>
     <w:rsid w:val="0044344C"/>
     <w:rsid w:val="00443EFB"/>
     <w:rsid w:val="0044454F"/>
     <w:rsid w:val="00446303"/>
     <w:rsid w:val="004501DD"/>
     <w:rsid w:val="00451DB9"/>
     <w:rsid w:val="00452352"/>