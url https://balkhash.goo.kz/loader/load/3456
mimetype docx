--- v0 (2025-12-17)
+++ v1 (2026-01-07)
@@ -1,1235 +1,472 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BE66A7" w:rsidRPr="00BE66A7" w:rsidRDefault="00BE66A7" w:rsidP="00BE66A7">
+    <w:p w:rsidR="006778BE" w:rsidRDefault="00AB30D0" w:rsidP="0095464D">
       <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...114 lines deleted...]
-        <w:t>Бі</w:t>
+      <w:r w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С целью воспитания чувства любви и гордости за свою многонациональную Родину - Республику Казахстан, развития  представления об уважительном отношении к стране и государственным символам, в </w:t>
+      </w:r>
+      <w:r w:rsidR="00780FB6" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОСШ№1 </w:t>
+      </w:r>
+      <w:r w:rsidR="006951C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в феврале 2019г. </w:t>
+      </w:r>
+      <w:r w:rsidR="001134F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прошли </w:t>
+      </w:r>
+      <w:r w:rsidR="006778BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>классные часы, игры, тестирование среди учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB30D0" w:rsidRPr="00047EDB" w:rsidRDefault="0026683A" w:rsidP="0095464D">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="001134F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Интеллектуально-познавательная игра  «</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00BE66A7">
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001134F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Страна</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00BE66A7">
-[...682 lines deleted...]
-        <w:t>дайындалды</w:t>
+      <w:r w:rsidR="001134F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в которой мы живем» начала</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB30D0" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сь с исполнения гимна Республики Казахстан и просмотра видеоролика. Для школьников </w:t>
+      </w:r>
+      <w:r w:rsidR="001134F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">были подготовлены вопросы </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB30D0" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на знание государственных символов. </w:t>
+      </w:r>
+      <w:r w:rsidR="001134F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Игра </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB30D0" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прошла интересно, </w:t>
+      </w:r>
+      <w:r w:rsidR="00047EDB" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учащиеся 4</w:t>
+      </w:r>
+      <w:r w:rsidR="006778BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «А»</w:t>
+      </w:r>
+      <w:r w:rsidR="00047EDB" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класса </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB30D0" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>активн</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:proofErr w:type="spellEnd"/>
-[...330 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00AB30D0" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о принимали участие, проверяя свои знания. П</w:t>
+      </w:r>
+      <w:r w:rsidR="00047EDB" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о итогам мероприятия победители </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB30D0" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получили грамоты.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0026683A" w:rsidRPr="0026683A" w:rsidRDefault="00BE66A7" w:rsidP="00BE66A7">
+    <w:p w:rsidR="0026683A" w:rsidRDefault="0026683A" w:rsidP="0095464D">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00047EDB" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Под руководством </w:t>
+      </w:r>
+      <w:r w:rsidR="001134F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">старшей </w:t>
+      </w:r>
+      <w:r w:rsidR="00047EDB" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вожатой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00047EDB" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Толеубековой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00047EDB" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.С.</w:t>
+      </w:r>
+      <w:r w:rsidR="006778BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среди среднего и старшего звена</w:t>
+      </w:r>
+      <w:r w:rsidR="00047EDB" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> была проведена акция «Знаешь ли ты государственные символы РК?»</w:t>
+      </w:r>
+      <w:r w:rsidR="006778BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00047EDB" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00047EDB" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rStyle w:val="extended-textfull"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тестирование</w:t>
+      </w:r>
+      <w:r w:rsidR="00047EDB" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rStyle w:val="extended-textfull"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводилось с целью выявления </w:t>
+      </w:r>
+      <w:r w:rsidR="00047EDB" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rStyle w:val="extended-textfull"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>знаний</w:t>
+      </w:r>
+      <w:r w:rsidR="00047EDB" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rStyle w:val="extended-textfull"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00047EDB" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rStyle w:val="extended-textfull"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учащихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00047EDB" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rStyle w:val="extended-textfull"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о </w:t>
+      </w:r>
+      <w:r w:rsidR="00047EDB" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rStyle w:val="extended-textfull"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственных</w:t>
+      </w:r>
+      <w:r w:rsidR="00047EDB" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rStyle w:val="extended-textfull"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00047EDB" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rStyle w:val="extended-textfull"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>символах</w:t>
+      </w:r>
+      <w:r w:rsidR="00047EDB" w:rsidRPr="00047EDB">
+        <w:rPr>
+          <w:rStyle w:val="extended-textfull"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК, которое показало хороший результат</w:t>
+      </w:r>
+      <w:r w:rsidR="001134F0">
+        <w:rPr>
+          <w:rStyle w:val="extended-textfull"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026683A" w:rsidRPr="0026683A" w:rsidRDefault="0026683A" w:rsidP="0026683A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="084678F8" wp14:editId="129B7D84">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2770505</wp:posOffset>
+              <wp:posOffset>2694305</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>1017360</wp:posOffset>
+              <wp:posOffset>166370</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3355340" cy="2514600"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\г1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\г1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3355340" cy="2514600"/>
@@ -1237,498 +474,102 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="722AE600" wp14:editId="72C67EEA">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-778510</wp:posOffset>
+              <wp:posOffset>-832485</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>1059180</wp:posOffset>
+              <wp:posOffset>210185</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3300730" cy="2470785"/>
-            <wp:effectExtent l="0" t="0" r="0" b="5715"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\44.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\44.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3300730" cy="2470785"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
-      </w:r>
-[...394 lines deleted...]
-        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0026683A" w:rsidRDefault="0026683A" w:rsidP="0026683A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0026683A" w:rsidRDefault="0026683A" w:rsidP="0026683A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0026683A" w:rsidRPr="0026683A" w:rsidRDefault="0026683A" w:rsidP="0026683A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
@@ -3393,51 +2234,50 @@
     <w:rsid w:val="00BC035A"/>
     <w:rsid w:val="00BC0A50"/>
     <w:rsid w:val="00BC2FB5"/>
     <w:rsid w:val="00BC4444"/>
     <w:rsid w:val="00BC47AE"/>
     <w:rsid w:val="00BC47FC"/>
     <w:rsid w:val="00BC499E"/>
     <w:rsid w:val="00BC53D2"/>
     <w:rsid w:val="00BC6078"/>
     <w:rsid w:val="00BC72EE"/>
     <w:rsid w:val="00BD12A3"/>
     <w:rsid w:val="00BD30C5"/>
     <w:rsid w:val="00BD50DD"/>
     <w:rsid w:val="00BD59AA"/>
     <w:rsid w:val="00BD7A46"/>
     <w:rsid w:val="00BD7B06"/>
     <w:rsid w:val="00BD7C3A"/>
     <w:rsid w:val="00BD7CCC"/>
     <w:rsid w:val="00BE2931"/>
     <w:rsid w:val="00BE2EDC"/>
     <w:rsid w:val="00BE4B63"/>
     <w:rsid w:val="00BE50B8"/>
     <w:rsid w:val="00BE5CC7"/>
     <w:rsid w:val="00BE5E7C"/>
     <w:rsid w:val="00BE658B"/>
-    <w:rsid w:val="00BE66A7"/>
     <w:rsid w:val="00BE6BF4"/>
     <w:rsid w:val="00BE7915"/>
     <w:rsid w:val="00BE7BB2"/>
     <w:rsid w:val="00BF01F0"/>
     <w:rsid w:val="00BF21CD"/>
     <w:rsid w:val="00BF4704"/>
     <w:rsid w:val="00BF4B24"/>
     <w:rsid w:val="00BF5F8C"/>
     <w:rsid w:val="00BF665D"/>
     <w:rsid w:val="00BF719A"/>
     <w:rsid w:val="00BF7C6B"/>
     <w:rsid w:val="00C0346D"/>
     <w:rsid w:val="00C059C2"/>
     <w:rsid w:val="00C06744"/>
     <w:rsid w:val="00C06E38"/>
     <w:rsid w:val="00C07AAE"/>
     <w:rsid w:val="00C140B1"/>
     <w:rsid w:val="00C14387"/>
     <w:rsid w:val="00C14658"/>
     <w:rsid w:val="00C15CA0"/>
     <w:rsid w:val="00C15F69"/>
     <w:rsid w:val="00C165E2"/>
     <w:rsid w:val="00C16BC7"/>
     <w:rsid w:val="00C17B02"/>
     <w:rsid w:val="00C17D7D"/>
@@ -4675,66 +3515,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>119</Words>
-  <Characters>684</Characters>
+  <Words>141</Words>
+  <Characters>805</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>802</CharactersWithSpaces>
+  <CharactersWithSpaces>945</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>