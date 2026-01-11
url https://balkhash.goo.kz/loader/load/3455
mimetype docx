--- v0 (2025-12-10)
+++ v1 (2026-01-11)
@@ -1,3877 +1,591 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="007B2D51" w:rsidRPr="007B2D51" w:rsidRDefault="007B2D51" w:rsidP="007B2D51">
+    <w:p w:rsidR="00AD5C39" w:rsidRPr="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="0073299E">
       <w:pPr>
-        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007B2D51">
+      <w:r w:rsidRPr="00AD5C39">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        </w:rPr>
+        <w:t>Информация</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007B2D51" w:rsidRPr="007B2D51" w:rsidRDefault="007B2D51" w:rsidP="007B2D51">
+    <w:p w:rsidR="00AD5C39" w:rsidRPr="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="0073299E">
       <w:pPr>
-        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2D51">
+      <w:r w:rsidRPr="00AD5C39">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007B2D51">
+        </w:rPr>
+        <w:t>«Самопознание:</w:t>
+      </w:r>
+      <w:r w:rsidR="0073299E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...856 lines deleted...]
-        <w:t>педагогтар</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогика Любви и Творчества»</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="0073299E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Во всех учебных заведениях страны со 2.02. по 12.02.2019 года проходит декада «Самопознание: педагогика Любви и Творчества», инициатором и вдохновителем которой является первая леди Республики Казахстан Сара </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алпысовна</w:t>
+      </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007B2D51">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Назарбаева!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В ОСШ №1 им.М.Горького прошла торжественная линейка, посвященная декаде «Самопознание: педагогика Любви и Творчества». Все учащиеся и педагоги включились в участие и проведение данной декады. В школе разработан план, по которому ученики и педагоги пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оводят мероприятия, классные часы «Доброта – солнце, согревающее человека”, конкурсы рисунков, чтецов «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>журек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007B2D51">
-[...7 lines deleted...]
-        <w:t>осы</w:t>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анамыз</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007B2D51">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», круглые столы «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Милосердие-традиционная</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> черта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстанцев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В рамках декады самопознания проходят родительские собрания, открытые уроки и психологические тренинги. В школьной библиотеке организована тематическая подборка литературы, оформлен стенд «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мей</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рiм</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007B2D51">
-[...7 lines deleted...]
-        <w:t>онкүндікке</w:t>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тогетiн</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007B2D51">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007B2D51">
-[...7 lines deleted...]
-        <w:t>қатысты</w:t>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ана</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007B2D51">
-[...637 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», где дети расширяют и пополняют знания о предмете Самопознание.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дети и родители с большим удовольствием принимают участия в акциях добрых дел, в организациях мероприятий для детей. На всех уроках, затрагиваются темы добра, любви и взаимопонимания. Ребята на уроках делают проекты, пишут эссе, сочинения, понимая, что главное в жизни – доброе отношение и понимание друг друга. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AD5C39">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Суть программы «Самопознание» в том, чтобы «Любить и быть любимым, жить во имя Любви, быть всегда самим собой, не подражать кому-то, а развивать собственные возможности и таланты»</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007B2D51" w:rsidRPr="007B2D51" w:rsidRDefault="007B2D51" w:rsidP="007B2D51">
+    <w:p w:rsidR="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
       <w:pPr>
-        <w:ind w:firstLine="567"/>
-[...6 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...1996 lines deleted...]
-      <w:r w:rsidRPr="00B26A8F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="701C5433" wp14:editId="09D71B05">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2970530</wp:posOffset>
+              <wp:posOffset>-433705</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>24130</wp:posOffset>
+              <wp:posOffset>236220</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3177540" cy="2379345"/>
+            <wp:effectExtent l="19050" t="0" r="3810" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\с.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\с.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3177540" cy="2379345"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>2882900</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>17780</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3528060" cy="1982470"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Аселя\Desktop\с7.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Аселя\Desktop\с7.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5"/>
+                    <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3528060" cy="1982470"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00B26A8F">
-[...62 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00AD5C39" w:rsidRPr="00B26A8F" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
+    <w:p w:rsidR="00AD5C39" w:rsidRPr="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD5C39" w:rsidRPr="00B26A8F" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
+    <w:p w:rsidR="00AD5C39" w:rsidRPr="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD5C39" w:rsidRPr="00B26A8F" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
+    <w:p w:rsidR="00AD5C39" w:rsidRPr="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00380D66" w:rsidRPr="00B26A8F" w:rsidRDefault="00380D66" w:rsidP="00AD5C39">
+    <w:p w:rsidR="00AD5C39" w:rsidRPr="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00380D66" w:rsidRDefault="00380D66" w:rsidP="00AD5C39">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD5C39" w:rsidRPr="00B26A8F" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
+    <w:p w:rsidR="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD5C39" w:rsidRPr="00B26A8F" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
+    <w:p w:rsidR="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B26A8F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F7FB068" wp14:editId="009F384A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-345440</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>261620</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2983865" cy="2247265"/>
             <wp:effectExtent l="19050" t="0" r="6985" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\Аселя\Desktop\с45.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Аселя\Desktop\с45.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
@@ -3880,59 +594,60 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2983865" cy="2247265"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00B26A8F">
+      <w:r w:rsidRPr="00AD5C39">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="773F0C54" wp14:editId="48C8DB1E">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3334645</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>262018</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2746184" cy="2060154"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name="Рисунок 5" descr="C:\Users\Аселя\Desktop\с1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Аселя\Desktop\с1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
@@ -3942,157 +657,148 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2746184" cy="2060154"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD5C39" w:rsidRPr="00B26A8F" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
+    <w:p w:rsidR="00AD5C39" w:rsidRPr="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD5C39" w:rsidRPr="00B26A8F" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
+    <w:p w:rsidR="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD5C39" w:rsidRPr="00B26A8F" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
+    <w:p w:rsidR="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1718"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B26A8F">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD5C39" w:rsidRPr="00B26A8F" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
+    <w:p w:rsidR="00AD5C39" w:rsidRPr="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD5C39" w:rsidRPr="00B26A8F" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
+    <w:p w:rsidR="00AD5C39" w:rsidRPr="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD5C39" w:rsidRPr="00B26A8F" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
+    <w:p w:rsidR="00AD5C39" w:rsidRPr="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD5C39" w:rsidRPr="00B26A8F" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
+    <w:p w:rsidR="00AD5C39" w:rsidRPr="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD5C39" w:rsidRPr="00B26A8F" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
+    <w:p w:rsidR="00AD5C39" w:rsidRPr="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD5C39" w:rsidRPr="00B26A8F" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
+    <w:p w:rsidR="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-345440</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>142240</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5933440" cy="4450715"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Рисунок 6" descr="C:\Users\Аселя\Desktop\с2.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Аселя\Desktop\с2.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
@@ -4105,128 +811,122 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5933440" cy="4450715"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD5C39" w:rsidRPr="00B26A8F" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
+    <w:p w:rsidR="00AD5C39" w:rsidRPr="00AD5C39" w:rsidRDefault="00AD5C39" w:rsidP="00AD5C39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1995"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B26A8F">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00AD5C39" w:rsidRPr="00B26A8F" w:rsidSect="00380D66">
+    <w:sectPr w:rsidR="00AD5C39" w:rsidRPr="00AD5C39" w:rsidSect="00380D66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="86"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD5C39"/>
     <w:rsid w:val="0000159A"/>
     <w:rsid w:val="00001B9C"/>
     <w:rsid w:val="00003909"/>
     <w:rsid w:val="000059D8"/>
     <w:rsid w:val="00005CA5"/>
     <w:rsid w:val="00005FFA"/>
     <w:rsid w:val="00006648"/>
     <w:rsid w:val="000067A5"/>
     <w:rsid w:val="00006F5D"/>
     <w:rsid w:val="000074C5"/>
     <w:rsid w:val="00013EB1"/>
     <w:rsid w:val="0001407D"/>
     <w:rsid w:val="000140A0"/>
     <w:rsid w:val="00014787"/>
     <w:rsid w:val="00015152"/>
     <w:rsid w:val="00015D4E"/>
     <w:rsid w:val="00015DB3"/>
     <w:rsid w:val="0001680B"/>
     <w:rsid w:val="00025F88"/>
     <w:rsid w:val="00026074"/>
     <w:rsid w:val="00026187"/>
     <w:rsid w:val="000313B7"/>
@@ -4903,51 +1603,50 @@
     <w:rsid w:val="00773FC8"/>
     <w:rsid w:val="00775825"/>
     <w:rsid w:val="00777D72"/>
     <w:rsid w:val="0078009E"/>
     <w:rsid w:val="00780A43"/>
     <w:rsid w:val="00781151"/>
     <w:rsid w:val="007821F1"/>
     <w:rsid w:val="00783298"/>
     <w:rsid w:val="00783DEF"/>
     <w:rsid w:val="007873EC"/>
     <w:rsid w:val="007877FD"/>
     <w:rsid w:val="00787B45"/>
     <w:rsid w:val="00790BF7"/>
     <w:rsid w:val="0079105B"/>
     <w:rsid w:val="0079488E"/>
     <w:rsid w:val="007954AE"/>
     <w:rsid w:val="007A32F0"/>
     <w:rsid w:val="007A4926"/>
     <w:rsid w:val="007A53E6"/>
     <w:rsid w:val="007A5780"/>
     <w:rsid w:val="007A70DE"/>
     <w:rsid w:val="007A7236"/>
     <w:rsid w:val="007B08FE"/>
     <w:rsid w:val="007B1005"/>
     <w:rsid w:val="007B194B"/>
-    <w:rsid w:val="007B2D51"/>
     <w:rsid w:val="007B3F9E"/>
     <w:rsid w:val="007C2EF4"/>
     <w:rsid w:val="007C3098"/>
     <w:rsid w:val="007C4463"/>
     <w:rsid w:val="007C7B22"/>
     <w:rsid w:val="007D12B8"/>
     <w:rsid w:val="007D3C5B"/>
     <w:rsid w:val="007D5BA7"/>
     <w:rsid w:val="007E0194"/>
     <w:rsid w:val="007E0CCF"/>
     <w:rsid w:val="007E1A71"/>
     <w:rsid w:val="007E4F50"/>
     <w:rsid w:val="007E54B8"/>
     <w:rsid w:val="007E622D"/>
     <w:rsid w:val="007E6E61"/>
     <w:rsid w:val="007F2C21"/>
     <w:rsid w:val="007F2CC7"/>
     <w:rsid w:val="007F309F"/>
     <w:rsid w:val="007F4B6F"/>
     <w:rsid w:val="007F4BB9"/>
     <w:rsid w:val="007F604E"/>
     <w:rsid w:val="007F6768"/>
     <w:rsid w:val="00800D41"/>
     <w:rsid w:val="00801BF1"/>
     <w:rsid w:val="00803E8E"/>
@@ -5234,51 +1933,50 @@
     <w:rsid w:val="00AF4C1D"/>
     <w:rsid w:val="00AF4E87"/>
     <w:rsid w:val="00AF51F4"/>
     <w:rsid w:val="00AF7304"/>
     <w:rsid w:val="00B0216D"/>
     <w:rsid w:val="00B028AF"/>
     <w:rsid w:val="00B0336D"/>
     <w:rsid w:val="00B04101"/>
     <w:rsid w:val="00B0564E"/>
     <w:rsid w:val="00B071EE"/>
     <w:rsid w:val="00B13DC2"/>
     <w:rsid w:val="00B14A46"/>
     <w:rsid w:val="00B14B19"/>
     <w:rsid w:val="00B15775"/>
     <w:rsid w:val="00B17C78"/>
     <w:rsid w:val="00B2031C"/>
     <w:rsid w:val="00B2104B"/>
     <w:rsid w:val="00B21E15"/>
     <w:rsid w:val="00B21F39"/>
     <w:rsid w:val="00B21F5C"/>
     <w:rsid w:val="00B222C1"/>
     <w:rsid w:val="00B23067"/>
     <w:rsid w:val="00B239DB"/>
     <w:rsid w:val="00B24BCC"/>
     <w:rsid w:val="00B24CC4"/>
-    <w:rsid w:val="00B26A8F"/>
     <w:rsid w:val="00B304E4"/>
     <w:rsid w:val="00B30B48"/>
     <w:rsid w:val="00B311E0"/>
     <w:rsid w:val="00B312BA"/>
     <w:rsid w:val="00B31CBD"/>
     <w:rsid w:val="00B32C65"/>
     <w:rsid w:val="00B3379E"/>
     <w:rsid w:val="00B35483"/>
     <w:rsid w:val="00B43AAB"/>
     <w:rsid w:val="00B44842"/>
     <w:rsid w:val="00B44944"/>
     <w:rsid w:val="00B4580A"/>
     <w:rsid w:val="00B52228"/>
     <w:rsid w:val="00B55D33"/>
     <w:rsid w:val="00B57E39"/>
     <w:rsid w:val="00B60760"/>
     <w:rsid w:val="00B65CB2"/>
     <w:rsid w:val="00B65CDE"/>
     <w:rsid w:val="00B71475"/>
     <w:rsid w:val="00B71485"/>
     <w:rsid w:val="00B719EA"/>
     <w:rsid w:val="00B7279D"/>
     <w:rsid w:val="00B73B2B"/>
     <w:rsid w:val="00B74B62"/>
     <w:rsid w:val="00B77462"/>
@@ -5712,54 +2410,54 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -5866,50 +2564,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00380D66"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -6118,85 +2817,50 @@
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...33 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -6457,66 +3121,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>212</Words>
-  <Characters>1212</Characters>
+  <Words>226</Words>
+  <Characters>1289</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1422</CharactersWithSpaces>
+  <CharactersWithSpaces>1512</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>