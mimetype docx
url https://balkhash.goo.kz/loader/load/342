--- v0 (2025-12-11)
+++ v1 (2026-03-03)
@@ -1,3716 +1,1175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="001F4879" w:rsidRPr="001F4879" w:rsidRDefault="001F4879" w:rsidP="001F4879">
+    <w:p w:rsidR="00360F5B" w:rsidRPr="00360F5B" w:rsidRDefault="00360F5B" w:rsidP="00360F5B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4879">
+      <w:r w:rsidRPr="00360F5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...129 lines deleted...]
-        <w:t>?»</w:t>
+        <w:t>«Пути достижения прибыли, как его достигнуть?»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F4879" w:rsidRPr="001F4879" w:rsidRDefault="001F4879" w:rsidP="001F4879">
+    <w:p w:rsidR="00360F5B" w:rsidRPr="00360F5B" w:rsidRDefault="00360F5B" w:rsidP="00360F5B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>С 10.12 по 25.12 проходила неделя метод объединения «Физической культуры, технологии, музыки, изобразительного искусства и НВП». По плану 25.12 был проведен семинар на тему «Пути достижения прибыли, как его достигнуть».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360F5B" w:rsidRPr="00360F5B" w:rsidRDefault="00360F5B" w:rsidP="00360F5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4879">
-[...6 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Преподаватель физической культуры </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001F4879">
-[...6 lines deleted...]
-        <w:t>Балқаш</w:t>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мұхамеджанов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001F4879">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.Т. используя видеоролик и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001F4879">
-[...6 lines deleted...]
-        <w:t>қаласындағы</w:t>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>слайдт</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001F4879">
-[...494 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, дал отчет о своих достижениях по кружковой работе «Стрельба из лука». Участвуя в Народных, Республиканских, областных спортивных соревнованиях получил несколько наград и похвальных грамот, которые предоставил на выставку семинара.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F4879" w:rsidRPr="001F4879" w:rsidRDefault="001F4879" w:rsidP="001F4879">
+    <w:p w:rsidR="00360F5B" w:rsidRPr="00360F5B" w:rsidRDefault="00360F5B" w:rsidP="00360F5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4879">
-[...864 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="714677A9" wp14:editId="37698F59">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72F7072D" wp14:editId="09DB4129">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>-499745</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>843915</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3210560" cy="2581275"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="9525"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21520"/>
+                <wp:lineTo x="21532" y="21520"/>
+                <wp:lineTo x="21532" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="8" name="Рисунок 8" descr="http://pics.kz/i3/c9/af/c9afb73dccad89c62dc90763459a7c85.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="http://pics.kz/i3/c9/af/c9afb73dccad89c62dc90763459a7c85.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3210560" cy="2581275"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62C36D97" wp14:editId="7E501DF5">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
-              <wp:posOffset>3871185</wp:posOffset>
+              <wp:posOffset>3861435</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>795057</wp:posOffset>
+              <wp:posOffset>865505</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3430905" cy="2573020"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21429"/>
                 <wp:lineTo x="21468" y="21429"/>
                 <wp:lineTo x="21468" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="7" name="Рисунок 7" descr="http://pics.kz/i3/93/eb/93eb25d47846e2f9cffd40a3d008b564.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="http://pics.kz/i3/93/eb/93eb25d47846e2f9cffd40a3d008b564.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4" cstate="print">
+                    <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3430905" cy="2573020"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="001F4879">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Достижения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мұхамеджанова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.Т.: в 2012 году VI – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Летняя  Республиканская</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>спортокиада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - командная бронзовая медаль, в 2013 году с 25 по 30 марта на  Чемпионате Республики Казахстан - бронзовая медаль,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360F5B" w:rsidRPr="00360F5B" w:rsidRDefault="00360F5B" w:rsidP="00360F5B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="280EC450" wp14:editId="598DEF07">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="527F1E53" wp14:editId="71BB480A">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="margin">
-              <wp:posOffset>-504563</wp:posOffset>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>974165</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>816610</wp:posOffset>
+              <wp:posOffset>2877035</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="3210560" cy="2581275"/>
-[...74 lines deleted...]
-            <wp:extent cx="3538855" cy="3047365"/>
+            <wp:extent cx="3539129" cy="3047701"/>
             <wp:effectExtent l="0" t="0" r="4445" b="635"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21469"/>
                 <wp:lineTo x="21511" y="21469"/>
                 <wp:lineTo x="21511" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="9" name="Рисунок 9" descr="http://pics.kz/i2/fb/53/fb53ab1764637eaff88324030575c91d.jpg"/>
+            <wp:docPr id="6" name="Рисунок 6" descr="http://pics.kz/i2/fb/53/fb53ab1764637eaff88324030575c91d.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="http://pics.kz/i2/fb/53/fb53ab1764637eaff88324030575c91d.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3538855" cy="3047365"/>
+                      <a:ext cx="3539129" cy="3047701"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="001F4879">
-[...44 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...119 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="001F4879" w:rsidRPr="001F4879" w:rsidRDefault="001F4879" w:rsidP="001F4879">
+    <w:p w:rsidR="00360F5B" w:rsidRPr="00360F5B" w:rsidRDefault="00360F5B" w:rsidP="00360F5B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4879" w:rsidRDefault="001F4879" w:rsidP="001F4879">
-[...76 lines deleted...]
-    <w:p w:rsidR="001F4879" w:rsidRPr="001F4879" w:rsidRDefault="001F4879" w:rsidP="001F4879">
+    <w:p w:rsidR="00360F5B" w:rsidRDefault="00360F5B" w:rsidP="00360F5B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4879">
-[...288 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="001F4879" w:rsidRDefault="001F4879" w:rsidP="001F4879">
+    <w:p w:rsidR="00360F5B" w:rsidRDefault="00360F5B" w:rsidP="00360F5B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4879">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="00360F5B" w:rsidRDefault="00360F5B" w:rsidP="00360F5B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00360F5B" w:rsidRDefault="00360F5B" w:rsidP="00360F5B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00360F5B" w:rsidRDefault="00360F5B" w:rsidP="00360F5B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00360F5B" w:rsidRDefault="00360F5B" w:rsidP="00360F5B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00360F5B" w:rsidRDefault="00360F5B" w:rsidP="00360F5B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00360F5B" w:rsidRPr="00360F5B" w:rsidRDefault="00360F5B" w:rsidP="00360F5B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2013 году с10- по16 декабря на народном  соревновании Республики Казахстан по стрельбе из лука </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Турсынова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Медина ученица 11 класса получила звание «Мастер спорта».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360F5B" w:rsidRPr="00360F5B" w:rsidRDefault="00034505" w:rsidP="00360F5B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C9DAAA9" wp14:editId="27A90244">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D702897" wp14:editId="42D1F668">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>2939415</wp:posOffset>
+              <wp:posOffset>2792095</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>1114276</wp:posOffset>
+              <wp:posOffset>1388110</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3312795" cy="1972310"/>
             <wp:effectExtent l="0" t="0" r="1905" b="8890"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21489"/>
                 <wp:lineTo x="21488" y="21489"/>
                 <wp:lineTo x="21488" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="13" name="Рисунок 13" descr="http://pics.kz/i2/07/34/07343411385124b04d05b91d58856759.jpg"/>
+            <wp:docPr id="4" name="Рисунок 4" descr="http://pics.kz/i2/07/34/07343411385124b04d05b91d58856759.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="http://pics.kz/i2/07/34/07343411385124b04d05b91d58856759.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3312795" cy="1972310"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="001F4879">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17D1455B" wp14:editId="525E74CC">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39E398A0" wp14:editId="6B6309CA">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>-563880</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1409700</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3312160" cy="1962785"/>
+            <wp:effectExtent l="0" t="0" r="2540" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21383"/>
+                <wp:lineTo x="21492" y="21383"/>
+                <wp:lineTo x="21492" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="5" name="Рисунок 5" descr="http://pics.kz/i3/c1/92/c192d291ad395f3837853b6fb2b14b0f.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 4" descr="http://pics.kz/i3/c1/92/c192d291ad395f3837853b6fb2b14b0f.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3312160" cy="1962785"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00360F5B" w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   По предметам технология, музыка и физкультура используя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00360F5B" w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сладт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00360F5B" w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на тему «Пути достижения прибыли, как его достигнуть» выступили </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00360F5B" w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>преподаватели  технологии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00360F5B" w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00360F5B" w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Абышова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00360F5B" w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н.И. и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00360F5B" w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Разахова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00360F5B" w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.А. как достигнуть прибыли при изготовлении выпечки, создании костюмов, выполнении поздравительных открыток, проведении концерта и выставок детского творчества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360F5B" w:rsidRPr="00360F5B" w:rsidRDefault="00360F5B" w:rsidP="00360F5B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7ADA99EF" wp14:editId="2F50728A">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>3883025</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>2232025</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3323590" cy="2510790"/>
+            <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21469"/>
+                <wp:lineTo x="21418" y="21469"/>
+                <wp:lineTo x="21418" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="2" name="Рисунок 2" descr="http://pics.kz/i1/39/49/3949afc81f08a1bd4b3d0fff8fc411f5.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 7" descr="http://pics.kz/i1/39/49/3949afc81f08a1bd4b3d0fff8fc411f5.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3323590" cy="2510790"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C46F6C5" wp14:editId="0975A6DB">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-433855</wp:posOffset>
+              <wp:posOffset>-553197</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>3145790</wp:posOffset>
+              <wp:posOffset>2248124</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3327400" cy="2495550"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21435"/>
                 <wp:lineTo x="21518" y="21435"/>
                 <wp:lineTo x="21518" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="10" name="Рисунок 10" descr="http://pics.kz/i3/b4/49/b449503f9494b1c947d574517d7783e1.jpg"/>
+            <wp:docPr id="3" name="Рисунок 3" descr="http://pics.kz/i3/b4/49/b449503f9494b1c947d574517d7783e1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="http://pics.kz/i3/b4/49/b449503f9494b1c947d574517d7783e1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3327400" cy="2495550"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="001F4879">
-[...763 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="001F4879" w:rsidRDefault="001F4879" w:rsidP="001F4879">
+    <w:p w:rsidR="00360F5B" w:rsidRPr="00360F5B" w:rsidRDefault="00360F5B" w:rsidP="00360F5B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00360F5B" w:rsidRPr="00360F5B" w:rsidRDefault="00360F5B" w:rsidP="00360F5B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В да</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>льнейшем наша цель - трудиться вместе с учащимися и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">достичь поставленной цели. По проекту </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ехро</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -2017 развивать работу с одаренными детьми.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="001F4879" w:rsidRPr="001F4879" w:rsidRDefault="001F4879" w:rsidP="001F4879">
+    <w:p w:rsidR="00360F5B" w:rsidRPr="00360F5B" w:rsidRDefault="00360F5B" w:rsidP="00360F5B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...323 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00360F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F4879" w:rsidRPr="001F4879" w:rsidRDefault="001F4879" w:rsidP="001F4879">
+    <w:p w:rsidR="00360F5B" w:rsidRPr="00360F5B" w:rsidRDefault="00360F5B" w:rsidP="00360F5B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4879">
+      <w:r w:rsidRPr="00360F5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4862195" cy="3668395"/>
             <wp:effectExtent l="0" t="0" r="0" b="8255"/>
             <wp:docPr id="1" name="Рисунок 1" descr="http://pics.kz/i1/ae/0f/ae0fb1ad082c1e3fa2b622b857754a52.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="http://pics.kz/i1/ae/0f/ae0fb1ad082c1e3fa2b622b857754a52.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
@@ -3720,394 +1179,132 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4862195" cy="3668395"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F4879" w:rsidRPr="001F4879" w:rsidRDefault="001F4879" w:rsidP="001F4879">
-[...263 lines deleted...]
-    <w:sectPr w:rsidR="00C13FE9">
+    <w:p w:rsidR="00E47C95" w:rsidRDefault="00E47C95"/>
+    <w:sectPr w:rsidR="00E47C95">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="89"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00176F70"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C13FE9"/>
+    <w:rsidRoot w:val="00FC23E7"/>
+    <w:rsid w:val="00034505"/>
+    <w:rsid w:val="00360F5B"/>
+    <w:rsid w:val="00E47C95"/>
+    <w:rsid w:val="00FC23E7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B682AB69-1CB8-4281-BAE5-F91B5F2DD853}"/>
+  <w15:docId w15:val="{9323A56F-9336-4FC6-8185-A8014C62D8EB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4467,157 +1664,147 @@
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="001F4879"/>
+    <w:rsid w:val="00360F5B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="001F4879"/>
+    <w:rsid w:val="00360F5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001F4879"/>
+    <w:rsid w:val="00360F5B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...9 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="591162652">
+    <w:div w:id="747000997">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -4847,55 +2034,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>1338</Characters>
+  <Pages>1</Pages>
+  <Words>217</Words>
+  <Characters>1237</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1569</CharactersWithSpaces>
+  <CharactersWithSpaces>1452</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>XTreme.ws</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>