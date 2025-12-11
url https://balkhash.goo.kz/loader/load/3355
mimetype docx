--- v0 (2025-12-11)
+++ v1 (2025-12-11)
@@ -1,1983 +1,3364 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00F068CC" w:rsidRPr="00A23CF0" w:rsidRDefault="00F068CC"/>
-    <w:p w:rsidR="00F068CC" w:rsidRPr="00A23CF0" w:rsidRDefault="00F068CC" w:rsidP="00F068CC">
+    <w:p w:rsidR="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00DA7529">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRPr="00411B9F" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к Правилам организации питания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся в организациях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRPr="00411B9F" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Объявление о конкурсе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRPr="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Организатор конкурса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөлімі» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мекемесінің «Балқаш қаласы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №8 орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» коммуналдық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16982">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E16982">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">00300, Карагандинская </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E16982">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алхаш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Бокейханова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электронный  адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:r w:rsidR="00F676FF" w:rsidRPr="00D8026F">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>shkolashkola</w:t>
+        </w:r>
+        <w:r w:rsidR="00F676FF" w:rsidRPr="00D8026F">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>8@</w:t>
+        </w:r>
+        <w:r w:rsidR="00F676FF" w:rsidRPr="00D8026F">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>mail</w:t>
+        </w:r>
+        <w:r w:rsidR="00F676FF" w:rsidRPr="00D8026F">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00F676FF" w:rsidRPr="00D8026F">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ru</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidR="00F676FF" w:rsidRPr="00F676FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-сайт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>balkhash.goo.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRPr="00F676FF" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование, почтовый и электронный адрес организатора конкурса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>объявляет о проведении конкурса по выбору поставщика услуги по организации питания обучающихся в организациях среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_ Организация питания обучающихся в организации образования, в том числе обучающихся отдельных категорий из фонда всеобщего обязательного среднего образования____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>         </w:t>
+      </w:r>
+      <w:r w:rsidR="00F676FF" w:rsidRPr="00F676FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование приобретения услуги или товаров)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Услуга должна быть оказана: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F953A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Балқаш қаласының білім бөлімі» мемлекеттік мекемесінің  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөлімі» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мекемесінің «Балқаш қаласы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №8 орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» коммуналдық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F676FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F676FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F676FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">00300, Карагандинская </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F676FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>область,г.Балхаш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F676FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F676FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Бокейханова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F676FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRPr="000D06A7" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D06A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Организация питания обучающихся в организации образования, в том числе обучающихся отдельных категорий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D06A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из фонда всеобщего обязательного среднего образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">115 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>человека,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D06A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в том числе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- дет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из семей, имеющи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> право на получение государственной адресной социальной помощи;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - дет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - дет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – сирот</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и дет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, оставши</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ся без попечения родителей, проживающи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в семьях;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      - ины</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> категори</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся и воспитанников, определяемы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коллегиальным органом управления организации образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRPr="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Количество  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>порций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>17250</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сумма</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выделенная на оказание услуги –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F676FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8625000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F676FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (восемь миллионов шестьсот двадцать пять тысяч тенге 00 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F676FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тиын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F676FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F676FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указываются место оказания услуги и ее объемы, перечень категорий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получателей услуги и их количество, сумма, выделенная на оказание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуги)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Срок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания услуги: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F676FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>01марта 2019 г. – 25 мая 2019г., 02 сентября 2019г.-31 декабря 2019 г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К конкурсу допускаются все потенциальные поставщики, отвечающие требованиям конкурсной документации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пакет копии конкурсной документации можно получить в срок до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10-00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> часов «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>февраля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать время и дату)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> включительно </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поадресу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Карагандинская</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> область, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алхаш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,улица</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Бокейханова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, д.17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кабинет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA5278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бухгалтерии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA5278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>09-00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA5278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>18-30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> часов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA5278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(кроме субботы-воскресения) или на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA5278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA5278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002371AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>balkhash</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA5278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002371AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>goo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA5278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002371AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA5278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA5278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317D73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать электронный адрес)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конкурсные заявки на участие в конкурсе, запечатанные в конверты, представляются (направляются) потенциальными поставщиками </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Балқаш қаласының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөлімі» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мекемесінің «Балқаш қаласы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №8 орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» коммуналдық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317D73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> (указать наименование организатора конкурса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по адресу: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA5278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">100300 Карагандинская область, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA5278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA5278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA5278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алхаш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,улица</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Бокейханова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, д.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA5278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, бухгал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA5278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ери</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я.__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00317D73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317D73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указать </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>полный адрес, № кабинета)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Окончательный срок представления заявок на участие в конкурсе до</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:  09-00 часов__2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>февраля  201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9года_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать время и дату).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конверты с заявками на участие в конкурсе будут </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вскрыватьсяпо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следующему адресу: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Карагандинская область, г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алхаш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Бокейханова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E051A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, д.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>17, кабинет директора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,  в 10-00 часов 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> февраля 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года___________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E3BF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004E3BF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E3BF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указать полный адрес, № кабинета, время и дату)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дополнительную информацию и справку можно получить по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00411B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">телефону: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA5278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8(71036) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6-82-73 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Спатаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Арайлым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Амандыковна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317D73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать номер телефона)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.02.201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B779B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRPr="00411B9F" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRPr="00411B9F" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRPr="00411B9F" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00926E34">
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Орта</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A23CF0">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC351B" w:rsidRPr="00BC351B" w:rsidRDefault="00BC351B" w:rsidP="00BC351B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1780 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F068CC" w:rsidRPr="00926E34" w:rsidRDefault="00F068CC" w:rsidP="00F068CC">
-[...69 lines deleted...]
-    <w:sectPr w:rsidR="00F068CC" w:rsidRPr="001E14ED" w:rsidSect="004F2A18">
+    <w:sectPr w:rsidR="00BC351B" w:rsidRPr="00BC351B" w:rsidSect="00F953A2">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="566" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="566" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00E344E8"/>
+    <w:rsidRoot w:val="00411B9F"/>
     <w:rsid w:val="000001D0"/>
     <w:rsid w:val="00000A2B"/>
     <w:rsid w:val="000018AE"/>
     <w:rsid w:val="000023C5"/>
     <w:rsid w:val="00002E27"/>
     <w:rsid w:val="00002EE9"/>
     <w:rsid w:val="00005576"/>
     <w:rsid w:val="00006037"/>
     <w:rsid w:val="0000667A"/>
     <w:rsid w:val="000067EC"/>
     <w:rsid w:val="00006D61"/>
     <w:rsid w:val="00006E16"/>
     <w:rsid w:val="00007D3C"/>
     <w:rsid w:val="0001015E"/>
     <w:rsid w:val="000101DE"/>
     <w:rsid w:val="000108AE"/>
     <w:rsid w:val="00010A02"/>
     <w:rsid w:val="00011AE6"/>
     <w:rsid w:val="00011E25"/>
     <w:rsid w:val="0001201A"/>
     <w:rsid w:val="000125E9"/>
     <w:rsid w:val="00012F35"/>
     <w:rsid w:val="00014168"/>
     <w:rsid w:val="0001417A"/>
     <w:rsid w:val="00014568"/>
@@ -2084,51 +3465,50 @@
     <w:rsid w:val="00075F16"/>
     <w:rsid w:val="00076400"/>
     <w:rsid w:val="00076518"/>
     <w:rsid w:val="00076C32"/>
     <w:rsid w:val="00080095"/>
     <w:rsid w:val="000800AB"/>
     <w:rsid w:val="000803ED"/>
     <w:rsid w:val="000805BF"/>
     <w:rsid w:val="000808DE"/>
     <w:rsid w:val="0008116A"/>
     <w:rsid w:val="00081DB6"/>
     <w:rsid w:val="00083F23"/>
     <w:rsid w:val="00084BB6"/>
     <w:rsid w:val="0008571D"/>
     <w:rsid w:val="00085AE0"/>
     <w:rsid w:val="00085D70"/>
     <w:rsid w:val="000866EF"/>
     <w:rsid w:val="00086DFB"/>
     <w:rsid w:val="00087572"/>
     <w:rsid w:val="00087E10"/>
     <w:rsid w:val="00090398"/>
     <w:rsid w:val="000908A4"/>
     <w:rsid w:val="00091136"/>
     <w:rsid w:val="00091799"/>
     <w:rsid w:val="00091906"/>
-    <w:rsid w:val="00092B1C"/>
     <w:rsid w:val="00093DE6"/>
     <w:rsid w:val="00094944"/>
     <w:rsid w:val="00094A90"/>
     <w:rsid w:val="00094E74"/>
     <w:rsid w:val="000950E9"/>
     <w:rsid w:val="00095511"/>
     <w:rsid w:val="0009628F"/>
     <w:rsid w:val="0009632D"/>
     <w:rsid w:val="0009646D"/>
     <w:rsid w:val="00096A46"/>
     <w:rsid w:val="0009709F"/>
     <w:rsid w:val="00097E5D"/>
     <w:rsid w:val="000A08CB"/>
     <w:rsid w:val="000A17D3"/>
     <w:rsid w:val="000A19F1"/>
     <w:rsid w:val="000A1AAA"/>
     <w:rsid w:val="000A1CDA"/>
     <w:rsid w:val="000A2814"/>
     <w:rsid w:val="000A2910"/>
     <w:rsid w:val="000A31E0"/>
     <w:rsid w:val="000A3D1B"/>
     <w:rsid w:val="000A3DE1"/>
     <w:rsid w:val="000A462E"/>
     <w:rsid w:val="000A4C69"/>
     <w:rsid w:val="000A4F49"/>
@@ -2140,59 +3520,60 @@
     <w:rsid w:val="000B05A6"/>
     <w:rsid w:val="000B0C7E"/>
     <w:rsid w:val="000B1114"/>
     <w:rsid w:val="000B1458"/>
     <w:rsid w:val="000B239F"/>
     <w:rsid w:val="000B23C6"/>
     <w:rsid w:val="000B2AD3"/>
     <w:rsid w:val="000B2D03"/>
     <w:rsid w:val="000B2FF6"/>
     <w:rsid w:val="000B5481"/>
     <w:rsid w:val="000B6253"/>
     <w:rsid w:val="000B6467"/>
     <w:rsid w:val="000B6613"/>
     <w:rsid w:val="000C1A78"/>
     <w:rsid w:val="000C1F38"/>
     <w:rsid w:val="000C2292"/>
     <w:rsid w:val="000C24B7"/>
     <w:rsid w:val="000C3637"/>
     <w:rsid w:val="000C3FEE"/>
     <w:rsid w:val="000C6856"/>
     <w:rsid w:val="000C6905"/>
     <w:rsid w:val="000C6D6E"/>
     <w:rsid w:val="000C7A10"/>
     <w:rsid w:val="000C7C8F"/>
     <w:rsid w:val="000D0140"/>
+    <w:rsid w:val="000D06A7"/>
     <w:rsid w:val="000D0953"/>
     <w:rsid w:val="000D1663"/>
     <w:rsid w:val="000D1873"/>
     <w:rsid w:val="000D26F5"/>
     <w:rsid w:val="000D3593"/>
     <w:rsid w:val="000D37DD"/>
     <w:rsid w:val="000D3B99"/>
     <w:rsid w:val="000D4449"/>
-    <w:rsid w:val="000D5145"/>
+    <w:rsid w:val="000D4AF2"/>
     <w:rsid w:val="000D5705"/>
     <w:rsid w:val="000D5983"/>
     <w:rsid w:val="000D5FF6"/>
     <w:rsid w:val="000D6418"/>
     <w:rsid w:val="000D7F37"/>
     <w:rsid w:val="000E044A"/>
     <w:rsid w:val="000E0813"/>
     <w:rsid w:val="000E09D4"/>
     <w:rsid w:val="000E15BD"/>
     <w:rsid w:val="000E289A"/>
     <w:rsid w:val="000E2D96"/>
     <w:rsid w:val="000E3031"/>
     <w:rsid w:val="000E3A7F"/>
     <w:rsid w:val="000E47C8"/>
     <w:rsid w:val="000E4CE2"/>
     <w:rsid w:val="000E511A"/>
     <w:rsid w:val="000E537B"/>
     <w:rsid w:val="000E631A"/>
     <w:rsid w:val="000E693A"/>
     <w:rsid w:val="000E7629"/>
     <w:rsid w:val="000F05B4"/>
     <w:rsid w:val="000F06EE"/>
     <w:rsid w:val="000F0862"/>
     <w:rsid w:val="000F0872"/>
     <w:rsid w:val="000F0A33"/>
@@ -2261,50 +3642,51 @@
     <w:rsid w:val="001232AD"/>
     <w:rsid w:val="00123369"/>
     <w:rsid w:val="0012489A"/>
     <w:rsid w:val="001257F2"/>
     <w:rsid w:val="00125889"/>
     <w:rsid w:val="0012712C"/>
     <w:rsid w:val="00127F0B"/>
     <w:rsid w:val="00130948"/>
     <w:rsid w:val="00130F84"/>
     <w:rsid w:val="001317E8"/>
     <w:rsid w:val="00132127"/>
     <w:rsid w:val="001329A2"/>
     <w:rsid w:val="00132CBB"/>
     <w:rsid w:val="00132D7D"/>
     <w:rsid w:val="00133552"/>
     <w:rsid w:val="001343CE"/>
     <w:rsid w:val="00135A76"/>
     <w:rsid w:val="0013600B"/>
     <w:rsid w:val="0013636C"/>
     <w:rsid w:val="001364E8"/>
     <w:rsid w:val="00136CD7"/>
     <w:rsid w:val="00140071"/>
     <w:rsid w:val="0014049D"/>
     <w:rsid w:val="001408CA"/>
     <w:rsid w:val="0014121D"/>
+    <w:rsid w:val="001413AA"/>
     <w:rsid w:val="00141F65"/>
     <w:rsid w:val="00143ACC"/>
     <w:rsid w:val="001441AC"/>
     <w:rsid w:val="001445EA"/>
     <w:rsid w:val="00144BCF"/>
     <w:rsid w:val="001451C8"/>
     <w:rsid w:val="00145798"/>
     <w:rsid w:val="00146667"/>
     <w:rsid w:val="00146EBF"/>
     <w:rsid w:val="001473CE"/>
     <w:rsid w:val="00151461"/>
     <w:rsid w:val="00151879"/>
     <w:rsid w:val="00151E1E"/>
     <w:rsid w:val="001527B1"/>
     <w:rsid w:val="00152C2B"/>
     <w:rsid w:val="00152FD3"/>
     <w:rsid w:val="00153833"/>
     <w:rsid w:val="001543FC"/>
     <w:rsid w:val="00154764"/>
     <w:rsid w:val="0015530F"/>
     <w:rsid w:val="001561A1"/>
     <w:rsid w:val="001567F4"/>
     <w:rsid w:val="00157668"/>
     <w:rsid w:val="00157D9F"/>
     <w:rsid w:val="00160344"/>
@@ -2318,153 +3700,153 @@
     <w:rsid w:val="001646CA"/>
     <w:rsid w:val="0016474E"/>
     <w:rsid w:val="00164EC4"/>
     <w:rsid w:val="00165078"/>
     <w:rsid w:val="001656B3"/>
     <w:rsid w:val="0016598D"/>
     <w:rsid w:val="00165EEE"/>
     <w:rsid w:val="00165EF0"/>
     <w:rsid w:val="001668C6"/>
     <w:rsid w:val="00166EC4"/>
     <w:rsid w:val="00167C62"/>
     <w:rsid w:val="00167DED"/>
     <w:rsid w:val="00167DEF"/>
     <w:rsid w:val="0017078D"/>
     <w:rsid w:val="001710B1"/>
     <w:rsid w:val="001713E4"/>
     <w:rsid w:val="0017170C"/>
     <w:rsid w:val="00172A97"/>
     <w:rsid w:val="00172D79"/>
     <w:rsid w:val="00173613"/>
     <w:rsid w:val="00174064"/>
     <w:rsid w:val="001740BA"/>
     <w:rsid w:val="00174FA0"/>
     <w:rsid w:val="001768BA"/>
     <w:rsid w:val="0017752E"/>
+    <w:rsid w:val="00177550"/>
     <w:rsid w:val="001800B8"/>
     <w:rsid w:val="00180D5A"/>
     <w:rsid w:val="0018270A"/>
     <w:rsid w:val="00183234"/>
     <w:rsid w:val="00185534"/>
     <w:rsid w:val="00185C08"/>
     <w:rsid w:val="00185CB6"/>
     <w:rsid w:val="00186FAB"/>
     <w:rsid w:val="001870FF"/>
     <w:rsid w:val="00187246"/>
     <w:rsid w:val="001873BE"/>
     <w:rsid w:val="001878B8"/>
     <w:rsid w:val="00187B87"/>
     <w:rsid w:val="00187E06"/>
     <w:rsid w:val="00187FBA"/>
     <w:rsid w:val="00190259"/>
     <w:rsid w:val="00191480"/>
     <w:rsid w:val="00191652"/>
     <w:rsid w:val="0019187E"/>
     <w:rsid w:val="00191DA6"/>
     <w:rsid w:val="001925BD"/>
     <w:rsid w:val="0019289E"/>
     <w:rsid w:val="00193380"/>
     <w:rsid w:val="0019388F"/>
     <w:rsid w:val="0019438C"/>
     <w:rsid w:val="0019456A"/>
     <w:rsid w:val="0019465E"/>
     <w:rsid w:val="001947A1"/>
     <w:rsid w:val="00195162"/>
     <w:rsid w:val="001961B0"/>
     <w:rsid w:val="001963C7"/>
     <w:rsid w:val="00196A78"/>
     <w:rsid w:val="00196B4F"/>
     <w:rsid w:val="00196C5A"/>
     <w:rsid w:val="00197D62"/>
     <w:rsid w:val="00197E3F"/>
     <w:rsid w:val="001A03FB"/>
     <w:rsid w:val="001A0427"/>
     <w:rsid w:val="001A0A2B"/>
     <w:rsid w:val="001A1202"/>
     <w:rsid w:val="001A1BE7"/>
     <w:rsid w:val="001A1DE3"/>
     <w:rsid w:val="001A23B0"/>
     <w:rsid w:val="001A2B30"/>
+    <w:rsid w:val="001A3B65"/>
     <w:rsid w:val="001A4BA1"/>
     <w:rsid w:val="001A563B"/>
     <w:rsid w:val="001A56D7"/>
     <w:rsid w:val="001A5CE6"/>
     <w:rsid w:val="001A6317"/>
     <w:rsid w:val="001A647F"/>
     <w:rsid w:val="001A67E8"/>
     <w:rsid w:val="001A6D69"/>
     <w:rsid w:val="001A7BBD"/>
     <w:rsid w:val="001A7C49"/>
     <w:rsid w:val="001A7DE5"/>
-    <w:rsid w:val="001A7FB5"/>
     <w:rsid w:val="001B0AE9"/>
     <w:rsid w:val="001B14EE"/>
     <w:rsid w:val="001B1C6B"/>
     <w:rsid w:val="001B2F74"/>
     <w:rsid w:val="001B324A"/>
     <w:rsid w:val="001B381E"/>
     <w:rsid w:val="001B3E77"/>
     <w:rsid w:val="001B4AA3"/>
     <w:rsid w:val="001B71C5"/>
     <w:rsid w:val="001B73F5"/>
     <w:rsid w:val="001C0FBB"/>
     <w:rsid w:val="001C15B0"/>
     <w:rsid w:val="001C1773"/>
     <w:rsid w:val="001C2C92"/>
     <w:rsid w:val="001C2CC8"/>
     <w:rsid w:val="001C2E9F"/>
     <w:rsid w:val="001C2ED2"/>
     <w:rsid w:val="001C4CD6"/>
     <w:rsid w:val="001C63C3"/>
     <w:rsid w:val="001C673F"/>
-    <w:rsid w:val="001C6A41"/>
     <w:rsid w:val="001C7162"/>
     <w:rsid w:val="001D01E3"/>
     <w:rsid w:val="001D0398"/>
     <w:rsid w:val="001D0C37"/>
     <w:rsid w:val="001D0D77"/>
     <w:rsid w:val="001D172A"/>
     <w:rsid w:val="001D19EC"/>
     <w:rsid w:val="001D1F85"/>
     <w:rsid w:val="001D2484"/>
     <w:rsid w:val="001D2D27"/>
     <w:rsid w:val="001D33F1"/>
     <w:rsid w:val="001D42C1"/>
     <w:rsid w:val="001D4462"/>
     <w:rsid w:val="001D4AF5"/>
     <w:rsid w:val="001D4B3F"/>
     <w:rsid w:val="001D4B4B"/>
     <w:rsid w:val="001D5242"/>
     <w:rsid w:val="001D52D1"/>
     <w:rsid w:val="001D563C"/>
     <w:rsid w:val="001D5FE0"/>
     <w:rsid w:val="001D61DA"/>
     <w:rsid w:val="001D6ADB"/>
     <w:rsid w:val="001D76B1"/>
     <w:rsid w:val="001E06C4"/>
+    <w:rsid w:val="001E0D62"/>
     <w:rsid w:val="001E0F06"/>
-    <w:rsid w:val="001E14ED"/>
     <w:rsid w:val="001E1804"/>
     <w:rsid w:val="001E1DE2"/>
     <w:rsid w:val="001E1FDC"/>
     <w:rsid w:val="001E21FA"/>
     <w:rsid w:val="001E2B40"/>
     <w:rsid w:val="001E2E36"/>
     <w:rsid w:val="001E3C7F"/>
     <w:rsid w:val="001E3FF9"/>
     <w:rsid w:val="001E4554"/>
     <w:rsid w:val="001E4C9C"/>
     <w:rsid w:val="001E50A5"/>
     <w:rsid w:val="001E5276"/>
     <w:rsid w:val="001E53F9"/>
     <w:rsid w:val="001E58B1"/>
     <w:rsid w:val="001E5994"/>
     <w:rsid w:val="001E68AB"/>
     <w:rsid w:val="001E7AEC"/>
     <w:rsid w:val="001E7D61"/>
     <w:rsid w:val="001E7ED8"/>
     <w:rsid w:val="001F081C"/>
     <w:rsid w:val="001F0F94"/>
     <w:rsid w:val="001F11D9"/>
     <w:rsid w:val="001F1289"/>
     <w:rsid w:val="001F19C4"/>
     <w:rsid w:val="001F24DF"/>
@@ -2541,93 +3923,94 @@
     <w:rsid w:val="00231073"/>
     <w:rsid w:val="00231974"/>
     <w:rsid w:val="00232075"/>
     <w:rsid w:val="00232520"/>
     <w:rsid w:val="00232566"/>
     <w:rsid w:val="00232644"/>
     <w:rsid w:val="00233CE5"/>
     <w:rsid w:val="002341B5"/>
     <w:rsid w:val="00234684"/>
     <w:rsid w:val="002349C3"/>
     <w:rsid w:val="00234E99"/>
     <w:rsid w:val="00236250"/>
     <w:rsid w:val="0024019F"/>
     <w:rsid w:val="00240A96"/>
     <w:rsid w:val="00241C40"/>
     <w:rsid w:val="00242752"/>
     <w:rsid w:val="00243540"/>
     <w:rsid w:val="0024385C"/>
     <w:rsid w:val="00243907"/>
     <w:rsid w:val="00243ABC"/>
     <w:rsid w:val="00243DEA"/>
     <w:rsid w:val="00244935"/>
     <w:rsid w:val="00244CE1"/>
     <w:rsid w:val="00245771"/>
     <w:rsid w:val="00245B00"/>
-    <w:rsid w:val="00245D1F"/>
     <w:rsid w:val="0024678E"/>
     <w:rsid w:val="00246B70"/>
     <w:rsid w:val="00246F69"/>
     <w:rsid w:val="0024731F"/>
     <w:rsid w:val="002505CA"/>
     <w:rsid w:val="00250C00"/>
     <w:rsid w:val="002512CC"/>
     <w:rsid w:val="002516F8"/>
     <w:rsid w:val="002517BA"/>
     <w:rsid w:val="00251AA8"/>
     <w:rsid w:val="002522CE"/>
     <w:rsid w:val="0025273E"/>
     <w:rsid w:val="00252CB6"/>
     <w:rsid w:val="00252DD6"/>
     <w:rsid w:val="00253820"/>
     <w:rsid w:val="00253C7A"/>
     <w:rsid w:val="00253FBE"/>
     <w:rsid w:val="00254BD7"/>
     <w:rsid w:val="0025634F"/>
     <w:rsid w:val="002566C7"/>
     <w:rsid w:val="002567DF"/>
     <w:rsid w:val="00257354"/>
     <w:rsid w:val="0026032B"/>
     <w:rsid w:val="002603A6"/>
     <w:rsid w:val="00260701"/>
     <w:rsid w:val="00260FE6"/>
     <w:rsid w:val="00261003"/>
+    <w:rsid w:val="0026105D"/>
     <w:rsid w:val="0026154D"/>
     <w:rsid w:val="00261A42"/>
     <w:rsid w:val="00262244"/>
     <w:rsid w:val="0026227B"/>
     <w:rsid w:val="002626ED"/>
     <w:rsid w:val="002627BD"/>
     <w:rsid w:val="00262E80"/>
     <w:rsid w:val="00262F5B"/>
     <w:rsid w:val="00263580"/>
     <w:rsid w:val="00263EFE"/>
     <w:rsid w:val="00263F04"/>
     <w:rsid w:val="00264846"/>
     <w:rsid w:val="00264873"/>
     <w:rsid w:val="00264E7A"/>
     <w:rsid w:val="00265D0B"/>
+    <w:rsid w:val="00265EEC"/>
     <w:rsid w:val="0026601F"/>
     <w:rsid w:val="0026642D"/>
     <w:rsid w:val="00266CB8"/>
     <w:rsid w:val="00270E5C"/>
     <w:rsid w:val="0027196A"/>
     <w:rsid w:val="00271BA7"/>
     <w:rsid w:val="002723DA"/>
     <w:rsid w:val="00273346"/>
     <w:rsid w:val="002734C8"/>
     <w:rsid w:val="00273659"/>
     <w:rsid w:val="00273719"/>
     <w:rsid w:val="002737FC"/>
     <w:rsid w:val="002738B2"/>
     <w:rsid w:val="00273FB8"/>
     <w:rsid w:val="00274D34"/>
     <w:rsid w:val="00275343"/>
     <w:rsid w:val="00276413"/>
     <w:rsid w:val="0027702B"/>
     <w:rsid w:val="00277378"/>
     <w:rsid w:val="0027754D"/>
     <w:rsid w:val="00277D25"/>
     <w:rsid w:val="00277D55"/>
     <w:rsid w:val="00277F14"/>
     <w:rsid w:val="00281577"/>
     <w:rsid w:val="00282063"/>
@@ -2703,98 +4086,98 @@
     <w:rsid w:val="002D03BB"/>
     <w:rsid w:val="002D0ADA"/>
     <w:rsid w:val="002D1DB6"/>
     <w:rsid w:val="002D1F4D"/>
     <w:rsid w:val="002D2FD4"/>
     <w:rsid w:val="002D36AC"/>
     <w:rsid w:val="002D4100"/>
     <w:rsid w:val="002D4815"/>
     <w:rsid w:val="002D48D6"/>
     <w:rsid w:val="002D49D6"/>
     <w:rsid w:val="002D50F2"/>
     <w:rsid w:val="002D5178"/>
     <w:rsid w:val="002D6298"/>
     <w:rsid w:val="002D6CA2"/>
     <w:rsid w:val="002D736A"/>
     <w:rsid w:val="002D78B1"/>
     <w:rsid w:val="002E102F"/>
     <w:rsid w:val="002E15BC"/>
     <w:rsid w:val="002E1628"/>
     <w:rsid w:val="002E16C4"/>
     <w:rsid w:val="002E2ADD"/>
     <w:rsid w:val="002E2FFE"/>
     <w:rsid w:val="002E3BBB"/>
     <w:rsid w:val="002E42B0"/>
     <w:rsid w:val="002E4920"/>
-    <w:rsid w:val="002E4972"/>
     <w:rsid w:val="002E4FF9"/>
     <w:rsid w:val="002E6183"/>
     <w:rsid w:val="002E63BF"/>
     <w:rsid w:val="002E6557"/>
     <w:rsid w:val="002E658D"/>
     <w:rsid w:val="002E680D"/>
     <w:rsid w:val="002E6D20"/>
     <w:rsid w:val="002E7658"/>
     <w:rsid w:val="002E7D0B"/>
     <w:rsid w:val="002F0836"/>
     <w:rsid w:val="002F0A25"/>
     <w:rsid w:val="002F0F3A"/>
     <w:rsid w:val="002F166D"/>
     <w:rsid w:val="002F17F4"/>
     <w:rsid w:val="002F1AF4"/>
     <w:rsid w:val="002F1BB3"/>
     <w:rsid w:val="002F29D1"/>
     <w:rsid w:val="002F33A0"/>
     <w:rsid w:val="002F3600"/>
     <w:rsid w:val="002F3C44"/>
     <w:rsid w:val="002F46A9"/>
     <w:rsid w:val="002F4DD1"/>
     <w:rsid w:val="002F6EDD"/>
     <w:rsid w:val="002F798A"/>
     <w:rsid w:val="00300879"/>
     <w:rsid w:val="003020ED"/>
     <w:rsid w:val="0030220F"/>
     <w:rsid w:val="00303012"/>
     <w:rsid w:val="0030359A"/>
     <w:rsid w:val="00304514"/>
     <w:rsid w:val="00305F23"/>
     <w:rsid w:val="003062CA"/>
     <w:rsid w:val="003064D5"/>
     <w:rsid w:val="00306F58"/>
     <w:rsid w:val="003075BC"/>
     <w:rsid w:val="00310BB9"/>
     <w:rsid w:val="0031124A"/>
     <w:rsid w:val="00311FAB"/>
     <w:rsid w:val="00312793"/>
     <w:rsid w:val="003131AC"/>
     <w:rsid w:val="003136E3"/>
     <w:rsid w:val="00313FA5"/>
     <w:rsid w:val="003149D9"/>
     <w:rsid w:val="00314D34"/>
     <w:rsid w:val="00315078"/>
     <w:rsid w:val="00316BC6"/>
     <w:rsid w:val="003179CA"/>
+    <w:rsid w:val="00317D73"/>
     <w:rsid w:val="00317E63"/>
     <w:rsid w:val="00320782"/>
     <w:rsid w:val="0032092D"/>
     <w:rsid w:val="00321ACD"/>
     <w:rsid w:val="0032291F"/>
     <w:rsid w:val="0032341F"/>
     <w:rsid w:val="00324F26"/>
     <w:rsid w:val="003254B0"/>
     <w:rsid w:val="00325C52"/>
     <w:rsid w:val="0032712D"/>
     <w:rsid w:val="00327C81"/>
     <w:rsid w:val="00330196"/>
     <w:rsid w:val="0033075F"/>
     <w:rsid w:val="00330E10"/>
     <w:rsid w:val="00331751"/>
     <w:rsid w:val="00331781"/>
     <w:rsid w:val="00331E4B"/>
     <w:rsid w:val="00332054"/>
     <w:rsid w:val="0033236C"/>
     <w:rsid w:val="00333486"/>
     <w:rsid w:val="0033366C"/>
     <w:rsid w:val="00333AD7"/>
     <w:rsid w:val="00333BC4"/>
     <w:rsid w:val="00333F00"/>
     <w:rsid w:val="003346D8"/>
@@ -2816,54 +4199,56 @@
     <w:rsid w:val="0034382B"/>
     <w:rsid w:val="003446BA"/>
     <w:rsid w:val="0034472A"/>
     <w:rsid w:val="00345132"/>
     <w:rsid w:val="00345144"/>
     <w:rsid w:val="003451BD"/>
     <w:rsid w:val="00345FF8"/>
     <w:rsid w:val="003469B4"/>
     <w:rsid w:val="003476C3"/>
     <w:rsid w:val="00347D58"/>
     <w:rsid w:val="00350F14"/>
     <w:rsid w:val="0035102F"/>
     <w:rsid w:val="0035167C"/>
     <w:rsid w:val="00351C73"/>
     <w:rsid w:val="00352549"/>
     <w:rsid w:val="0035277B"/>
     <w:rsid w:val="00352E13"/>
     <w:rsid w:val="00353166"/>
     <w:rsid w:val="0035318C"/>
     <w:rsid w:val="003531D3"/>
     <w:rsid w:val="00353AB7"/>
     <w:rsid w:val="00354DFE"/>
     <w:rsid w:val="00354EE4"/>
     <w:rsid w:val="0035506E"/>
     <w:rsid w:val="003563CD"/>
+    <w:rsid w:val="003567D0"/>
     <w:rsid w:val="00356EBE"/>
     <w:rsid w:val="003570FE"/>
     <w:rsid w:val="0035766B"/>
     <w:rsid w:val="00357B31"/>
+    <w:rsid w:val="00357C47"/>
     <w:rsid w:val="00357F27"/>
     <w:rsid w:val="003601F0"/>
     <w:rsid w:val="003607E1"/>
     <w:rsid w:val="0036082D"/>
     <w:rsid w:val="00361F9E"/>
     <w:rsid w:val="00362161"/>
     <w:rsid w:val="003629C3"/>
     <w:rsid w:val="00362A26"/>
     <w:rsid w:val="00363354"/>
     <w:rsid w:val="00363D39"/>
     <w:rsid w:val="00364BAD"/>
     <w:rsid w:val="00366F17"/>
     <w:rsid w:val="003672DD"/>
     <w:rsid w:val="0036757B"/>
     <w:rsid w:val="00367931"/>
     <w:rsid w:val="00367DFE"/>
     <w:rsid w:val="00367E29"/>
     <w:rsid w:val="00370D1D"/>
     <w:rsid w:val="003724D7"/>
     <w:rsid w:val="00372859"/>
     <w:rsid w:val="00372E3C"/>
     <w:rsid w:val="00373EFF"/>
     <w:rsid w:val="00374B35"/>
     <w:rsid w:val="00375288"/>
     <w:rsid w:val="00375C7E"/>
@@ -2886,51 +4271,50 @@
     <w:rsid w:val="00387A2F"/>
     <w:rsid w:val="00387BD2"/>
     <w:rsid w:val="00387D48"/>
     <w:rsid w:val="00387D50"/>
     <w:rsid w:val="00391457"/>
     <w:rsid w:val="00392050"/>
     <w:rsid w:val="00393175"/>
     <w:rsid w:val="003937CE"/>
     <w:rsid w:val="00394057"/>
     <w:rsid w:val="003945A2"/>
     <w:rsid w:val="0039512A"/>
     <w:rsid w:val="00395AD0"/>
     <w:rsid w:val="00395AE3"/>
     <w:rsid w:val="003974AE"/>
     <w:rsid w:val="003A058F"/>
     <w:rsid w:val="003A0D94"/>
     <w:rsid w:val="003A0D9D"/>
     <w:rsid w:val="003A1090"/>
     <w:rsid w:val="003A11F9"/>
     <w:rsid w:val="003A1D93"/>
     <w:rsid w:val="003A222F"/>
     <w:rsid w:val="003A271A"/>
     <w:rsid w:val="003A2C4B"/>
     <w:rsid w:val="003A34EA"/>
     <w:rsid w:val="003A3951"/>
-    <w:rsid w:val="003A4064"/>
     <w:rsid w:val="003A488C"/>
     <w:rsid w:val="003A52E4"/>
     <w:rsid w:val="003A6559"/>
     <w:rsid w:val="003A6D0C"/>
     <w:rsid w:val="003B00C2"/>
     <w:rsid w:val="003B0D36"/>
     <w:rsid w:val="003B1ACA"/>
     <w:rsid w:val="003B2A95"/>
     <w:rsid w:val="003B38EF"/>
     <w:rsid w:val="003B41F1"/>
     <w:rsid w:val="003B4B00"/>
     <w:rsid w:val="003B543B"/>
     <w:rsid w:val="003B5EE4"/>
     <w:rsid w:val="003B5F76"/>
     <w:rsid w:val="003B63A1"/>
     <w:rsid w:val="003B71F7"/>
     <w:rsid w:val="003B7223"/>
     <w:rsid w:val="003B7748"/>
     <w:rsid w:val="003B7776"/>
     <w:rsid w:val="003B7E3C"/>
     <w:rsid w:val="003B7F8D"/>
     <w:rsid w:val="003C04B7"/>
     <w:rsid w:val="003C05A3"/>
     <w:rsid w:val="003C0A52"/>
     <w:rsid w:val="003C0C97"/>
@@ -2981,79 +4365,79 @@
     <w:rsid w:val="003F401C"/>
     <w:rsid w:val="003F464D"/>
     <w:rsid w:val="003F4A9C"/>
     <w:rsid w:val="003F4BD7"/>
     <w:rsid w:val="003F4CEC"/>
     <w:rsid w:val="003F4FE1"/>
     <w:rsid w:val="003F5BF6"/>
     <w:rsid w:val="003F62AA"/>
     <w:rsid w:val="003F6A05"/>
     <w:rsid w:val="003F6B9A"/>
     <w:rsid w:val="003F6C45"/>
     <w:rsid w:val="003F75C7"/>
     <w:rsid w:val="003F788D"/>
     <w:rsid w:val="003F797C"/>
     <w:rsid w:val="003F7EC2"/>
     <w:rsid w:val="004013FE"/>
     <w:rsid w:val="004019A2"/>
     <w:rsid w:val="004027B9"/>
     <w:rsid w:val="00403611"/>
     <w:rsid w:val="00403A06"/>
     <w:rsid w:val="00404438"/>
     <w:rsid w:val="00404892"/>
     <w:rsid w:val="00405CEB"/>
     <w:rsid w:val="0040631D"/>
     <w:rsid w:val="0040668F"/>
-    <w:rsid w:val="004074C5"/>
     <w:rsid w:val="00407657"/>
     <w:rsid w:val="004077AC"/>
     <w:rsid w:val="00407B5D"/>
     <w:rsid w:val="00407E3A"/>
     <w:rsid w:val="00407EEB"/>
-    <w:rsid w:val="004108C9"/>
+    <w:rsid w:val="00411B9F"/>
     <w:rsid w:val="00411CBA"/>
     <w:rsid w:val="00411D45"/>
     <w:rsid w:val="00411F7D"/>
     <w:rsid w:val="00412297"/>
     <w:rsid w:val="00412BAE"/>
     <w:rsid w:val="004132C0"/>
     <w:rsid w:val="00413788"/>
     <w:rsid w:val="00413881"/>
     <w:rsid w:val="004139C4"/>
     <w:rsid w:val="00413B39"/>
     <w:rsid w:val="00413D23"/>
     <w:rsid w:val="00415997"/>
     <w:rsid w:val="004164C4"/>
     <w:rsid w:val="0041660D"/>
     <w:rsid w:val="00416DF4"/>
     <w:rsid w:val="00417DC2"/>
     <w:rsid w:val="0042021C"/>
     <w:rsid w:val="00420DCD"/>
     <w:rsid w:val="004219AD"/>
     <w:rsid w:val="004229CE"/>
     <w:rsid w:val="00422C88"/>
     <w:rsid w:val="00422EEF"/>
+    <w:rsid w:val="00423A80"/>
     <w:rsid w:val="00423B84"/>
     <w:rsid w:val="0042406C"/>
     <w:rsid w:val="004249B6"/>
     <w:rsid w:val="00424CF5"/>
     <w:rsid w:val="00424F7D"/>
     <w:rsid w:val="00425B3C"/>
     <w:rsid w:val="00426068"/>
     <w:rsid w:val="0042632F"/>
     <w:rsid w:val="004264B6"/>
     <w:rsid w:val="00427139"/>
     <w:rsid w:val="00427B36"/>
     <w:rsid w:val="00427C68"/>
     <w:rsid w:val="0043001D"/>
     <w:rsid w:val="004306C3"/>
     <w:rsid w:val="004310E7"/>
     <w:rsid w:val="00431854"/>
     <w:rsid w:val="00431AD9"/>
     <w:rsid w:val="00432E3C"/>
     <w:rsid w:val="004337F1"/>
     <w:rsid w:val="00433E2E"/>
     <w:rsid w:val="00433F59"/>
     <w:rsid w:val="004347DD"/>
     <w:rsid w:val="00434FAD"/>
     <w:rsid w:val="004355BC"/>
     <w:rsid w:val="004361DF"/>
@@ -3137,50 +4521,51 @@
     <w:rsid w:val="00483E5C"/>
     <w:rsid w:val="00483FD4"/>
     <w:rsid w:val="00484EAA"/>
     <w:rsid w:val="00485031"/>
     <w:rsid w:val="004850A8"/>
     <w:rsid w:val="00485983"/>
     <w:rsid w:val="004863A9"/>
     <w:rsid w:val="00486D90"/>
     <w:rsid w:val="00487A96"/>
     <w:rsid w:val="004905F6"/>
     <w:rsid w:val="00491108"/>
     <w:rsid w:val="00491A03"/>
     <w:rsid w:val="00493610"/>
     <w:rsid w:val="00494045"/>
     <w:rsid w:val="00494184"/>
     <w:rsid w:val="004947FA"/>
     <w:rsid w:val="004949A7"/>
     <w:rsid w:val="004952B7"/>
     <w:rsid w:val="00495CB6"/>
     <w:rsid w:val="004964A1"/>
     <w:rsid w:val="00496B95"/>
     <w:rsid w:val="0049721A"/>
     <w:rsid w:val="0049788B"/>
     <w:rsid w:val="00497905"/>
     <w:rsid w:val="00497A3A"/>
+    <w:rsid w:val="004A0EF9"/>
     <w:rsid w:val="004A1772"/>
     <w:rsid w:val="004A1A03"/>
     <w:rsid w:val="004A2D59"/>
     <w:rsid w:val="004A2EEF"/>
     <w:rsid w:val="004A3B3E"/>
     <w:rsid w:val="004A3B5F"/>
     <w:rsid w:val="004A405D"/>
     <w:rsid w:val="004A4417"/>
     <w:rsid w:val="004A48A2"/>
     <w:rsid w:val="004A4F03"/>
     <w:rsid w:val="004A52FD"/>
     <w:rsid w:val="004A5736"/>
     <w:rsid w:val="004A5C59"/>
     <w:rsid w:val="004A5F86"/>
     <w:rsid w:val="004A6076"/>
     <w:rsid w:val="004A61AF"/>
     <w:rsid w:val="004A640F"/>
     <w:rsid w:val="004A71E0"/>
     <w:rsid w:val="004A75DD"/>
     <w:rsid w:val="004A79FD"/>
     <w:rsid w:val="004A7F6F"/>
     <w:rsid w:val="004B0103"/>
     <w:rsid w:val="004B117E"/>
     <w:rsid w:val="004B1CF7"/>
     <w:rsid w:val="004B26C8"/>
@@ -3229,75 +4614,78 @@
     <w:rsid w:val="004D011D"/>
     <w:rsid w:val="004D0ACE"/>
     <w:rsid w:val="004D1458"/>
     <w:rsid w:val="004D1BDD"/>
     <w:rsid w:val="004D1F71"/>
     <w:rsid w:val="004D4914"/>
     <w:rsid w:val="004D5011"/>
     <w:rsid w:val="004D5A53"/>
     <w:rsid w:val="004D5ECA"/>
     <w:rsid w:val="004D5EE5"/>
     <w:rsid w:val="004D6127"/>
     <w:rsid w:val="004D6352"/>
     <w:rsid w:val="004D637A"/>
     <w:rsid w:val="004D66EA"/>
     <w:rsid w:val="004D773E"/>
     <w:rsid w:val="004D7916"/>
     <w:rsid w:val="004D7918"/>
     <w:rsid w:val="004E0447"/>
     <w:rsid w:val="004E06EA"/>
     <w:rsid w:val="004E2076"/>
     <w:rsid w:val="004E2A37"/>
     <w:rsid w:val="004E3453"/>
     <w:rsid w:val="004E3717"/>
     <w:rsid w:val="004E372F"/>
     <w:rsid w:val="004E3887"/>
+    <w:rsid w:val="004E3BF5"/>
     <w:rsid w:val="004E3C14"/>
     <w:rsid w:val="004E3C7F"/>
     <w:rsid w:val="004E4CE2"/>
     <w:rsid w:val="004E4E9F"/>
     <w:rsid w:val="004E5712"/>
     <w:rsid w:val="004E6ABC"/>
     <w:rsid w:val="004E6FE4"/>
     <w:rsid w:val="004F0A3E"/>
+    <w:rsid w:val="004F2A18"/>
     <w:rsid w:val="004F3DFE"/>
     <w:rsid w:val="004F40A8"/>
     <w:rsid w:val="004F483F"/>
     <w:rsid w:val="004F49AE"/>
     <w:rsid w:val="004F4B61"/>
     <w:rsid w:val="004F4E66"/>
     <w:rsid w:val="004F6171"/>
     <w:rsid w:val="004F6CEF"/>
     <w:rsid w:val="005003AF"/>
     <w:rsid w:val="005005D6"/>
     <w:rsid w:val="00500650"/>
     <w:rsid w:val="0050207B"/>
     <w:rsid w:val="00503350"/>
     <w:rsid w:val="005034F6"/>
     <w:rsid w:val="00503B48"/>
     <w:rsid w:val="00503E1D"/>
     <w:rsid w:val="005042B4"/>
+    <w:rsid w:val="0050447A"/>
     <w:rsid w:val="005047FC"/>
     <w:rsid w:val="00505144"/>
     <w:rsid w:val="0050525E"/>
     <w:rsid w:val="005057CB"/>
     <w:rsid w:val="00506126"/>
     <w:rsid w:val="00506226"/>
     <w:rsid w:val="00507312"/>
     <w:rsid w:val="00507B6F"/>
     <w:rsid w:val="00507C79"/>
     <w:rsid w:val="0051108B"/>
     <w:rsid w:val="00511B6A"/>
     <w:rsid w:val="00511D11"/>
     <w:rsid w:val="00511E34"/>
     <w:rsid w:val="00511F1C"/>
     <w:rsid w:val="0051228F"/>
     <w:rsid w:val="005128B8"/>
     <w:rsid w:val="00512917"/>
     <w:rsid w:val="00512B16"/>
     <w:rsid w:val="00514866"/>
     <w:rsid w:val="00514B91"/>
     <w:rsid w:val="00514DA4"/>
     <w:rsid w:val="00515273"/>
     <w:rsid w:val="00515AE7"/>
     <w:rsid w:val="00515EAA"/>
     <w:rsid w:val="00516791"/>
@@ -3317,51 +4705,50 @@
     <w:rsid w:val="00526BF9"/>
     <w:rsid w:val="005276F0"/>
     <w:rsid w:val="00527867"/>
     <w:rsid w:val="00527B42"/>
     <w:rsid w:val="00530031"/>
     <w:rsid w:val="00530138"/>
     <w:rsid w:val="00530F9C"/>
     <w:rsid w:val="00531392"/>
     <w:rsid w:val="0053190A"/>
     <w:rsid w:val="00531C44"/>
     <w:rsid w:val="00534727"/>
     <w:rsid w:val="0053516C"/>
     <w:rsid w:val="00535398"/>
     <w:rsid w:val="005367D3"/>
     <w:rsid w:val="00536B26"/>
     <w:rsid w:val="00537049"/>
     <w:rsid w:val="005371A7"/>
     <w:rsid w:val="005377BF"/>
     <w:rsid w:val="00537B0A"/>
     <w:rsid w:val="00537F3D"/>
     <w:rsid w:val="00540E2D"/>
     <w:rsid w:val="00541B50"/>
     <w:rsid w:val="00541B97"/>
     <w:rsid w:val="00541D32"/>
     <w:rsid w:val="00541F3A"/>
-    <w:rsid w:val="0054276A"/>
     <w:rsid w:val="0054289F"/>
     <w:rsid w:val="00542EF2"/>
     <w:rsid w:val="005450ED"/>
     <w:rsid w:val="00546AF1"/>
     <w:rsid w:val="00547C70"/>
     <w:rsid w:val="0055006E"/>
     <w:rsid w:val="00550C0F"/>
     <w:rsid w:val="00550C1A"/>
     <w:rsid w:val="00551341"/>
     <w:rsid w:val="00551A72"/>
     <w:rsid w:val="00552E8C"/>
     <w:rsid w:val="0055333C"/>
     <w:rsid w:val="0055338E"/>
     <w:rsid w:val="0055442F"/>
     <w:rsid w:val="005547BE"/>
     <w:rsid w:val="00554B44"/>
     <w:rsid w:val="00554EE8"/>
     <w:rsid w:val="0055506D"/>
     <w:rsid w:val="005555CF"/>
     <w:rsid w:val="005559E2"/>
     <w:rsid w:val="0055609B"/>
     <w:rsid w:val="005569F1"/>
     <w:rsid w:val="00556A6A"/>
     <w:rsid w:val="00556E3F"/>
     <w:rsid w:val="0055705E"/>
@@ -3410,218 +4797,217 @@
     <w:rsid w:val="00582CFC"/>
     <w:rsid w:val="00584272"/>
     <w:rsid w:val="00584EA2"/>
     <w:rsid w:val="00587152"/>
     <w:rsid w:val="005877BC"/>
     <w:rsid w:val="0058794B"/>
     <w:rsid w:val="00587C6C"/>
     <w:rsid w:val="00590202"/>
     <w:rsid w:val="005911A5"/>
     <w:rsid w:val="005915C9"/>
     <w:rsid w:val="005931B7"/>
     <w:rsid w:val="00593A9B"/>
     <w:rsid w:val="005944AA"/>
     <w:rsid w:val="00594631"/>
     <w:rsid w:val="005952B2"/>
     <w:rsid w:val="00595322"/>
     <w:rsid w:val="00595D1D"/>
     <w:rsid w:val="00595F6B"/>
     <w:rsid w:val="0059753B"/>
     <w:rsid w:val="005A0676"/>
     <w:rsid w:val="005A077E"/>
     <w:rsid w:val="005A09CC"/>
     <w:rsid w:val="005A0E20"/>
     <w:rsid w:val="005A0FDF"/>
     <w:rsid w:val="005A108F"/>
-    <w:rsid w:val="005A18FC"/>
     <w:rsid w:val="005A1E45"/>
     <w:rsid w:val="005A232E"/>
     <w:rsid w:val="005A28A1"/>
     <w:rsid w:val="005A2CCC"/>
     <w:rsid w:val="005A4157"/>
     <w:rsid w:val="005A4F22"/>
     <w:rsid w:val="005A587E"/>
     <w:rsid w:val="005A5A92"/>
     <w:rsid w:val="005A698F"/>
     <w:rsid w:val="005A6E4E"/>
     <w:rsid w:val="005A77B5"/>
     <w:rsid w:val="005B0F18"/>
     <w:rsid w:val="005B17BA"/>
     <w:rsid w:val="005B1911"/>
     <w:rsid w:val="005B3F8D"/>
     <w:rsid w:val="005B479F"/>
     <w:rsid w:val="005B4928"/>
     <w:rsid w:val="005B5A72"/>
     <w:rsid w:val="005B6937"/>
     <w:rsid w:val="005B6B5B"/>
     <w:rsid w:val="005B6F0A"/>
     <w:rsid w:val="005B7CCC"/>
     <w:rsid w:val="005B7E48"/>
-    <w:rsid w:val="005B7E4C"/>
     <w:rsid w:val="005C00B7"/>
     <w:rsid w:val="005C01D4"/>
     <w:rsid w:val="005C1EE1"/>
     <w:rsid w:val="005C2383"/>
+    <w:rsid w:val="005C28DC"/>
     <w:rsid w:val="005C2DE2"/>
     <w:rsid w:val="005C30E6"/>
     <w:rsid w:val="005C3E0E"/>
     <w:rsid w:val="005C4C50"/>
     <w:rsid w:val="005C52C6"/>
     <w:rsid w:val="005C5ACD"/>
     <w:rsid w:val="005C624D"/>
     <w:rsid w:val="005C6A14"/>
     <w:rsid w:val="005C708E"/>
     <w:rsid w:val="005D021C"/>
     <w:rsid w:val="005D03F7"/>
     <w:rsid w:val="005D12EC"/>
     <w:rsid w:val="005D137D"/>
     <w:rsid w:val="005D1A57"/>
     <w:rsid w:val="005D26A1"/>
     <w:rsid w:val="005D51E1"/>
     <w:rsid w:val="005D5D20"/>
     <w:rsid w:val="005D64CD"/>
     <w:rsid w:val="005D6E84"/>
     <w:rsid w:val="005D6F3A"/>
     <w:rsid w:val="005D7A91"/>
     <w:rsid w:val="005D7DD5"/>
     <w:rsid w:val="005E0410"/>
     <w:rsid w:val="005E0D32"/>
     <w:rsid w:val="005E12E1"/>
     <w:rsid w:val="005E145C"/>
     <w:rsid w:val="005E2221"/>
     <w:rsid w:val="005E23BF"/>
     <w:rsid w:val="005E2E84"/>
     <w:rsid w:val="005E2FBC"/>
     <w:rsid w:val="005E343F"/>
     <w:rsid w:val="005E4698"/>
     <w:rsid w:val="005E4F03"/>
     <w:rsid w:val="005E5597"/>
     <w:rsid w:val="005E61BD"/>
     <w:rsid w:val="005E6266"/>
     <w:rsid w:val="005E62FC"/>
     <w:rsid w:val="005E6C72"/>
     <w:rsid w:val="005E7246"/>
     <w:rsid w:val="005E7374"/>
     <w:rsid w:val="005E7F23"/>
     <w:rsid w:val="005F0155"/>
     <w:rsid w:val="005F05F7"/>
     <w:rsid w:val="005F06AA"/>
     <w:rsid w:val="005F0AFE"/>
     <w:rsid w:val="005F1C0A"/>
     <w:rsid w:val="005F24E1"/>
     <w:rsid w:val="005F27E7"/>
     <w:rsid w:val="005F3D5A"/>
     <w:rsid w:val="005F4068"/>
-    <w:rsid w:val="005F4548"/>
     <w:rsid w:val="005F466C"/>
     <w:rsid w:val="005F4D62"/>
     <w:rsid w:val="005F5EDD"/>
     <w:rsid w:val="005F60FD"/>
     <w:rsid w:val="005F7399"/>
     <w:rsid w:val="005F77EA"/>
+    <w:rsid w:val="005F7E62"/>
     <w:rsid w:val="00600446"/>
     <w:rsid w:val="00600A07"/>
     <w:rsid w:val="00600E44"/>
     <w:rsid w:val="00600E76"/>
     <w:rsid w:val="00601338"/>
     <w:rsid w:val="00601407"/>
     <w:rsid w:val="00601F8A"/>
     <w:rsid w:val="00602CFF"/>
     <w:rsid w:val="00603192"/>
     <w:rsid w:val="00603620"/>
     <w:rsid w:val="006047B8"/>
     <w:rsid w:val="00604E87"/>
     <w:rsid w:val="00605E85"/>
     <w:rsid w:val="0060698B"/>
     <w:rsid w:val="00607229"/>
     <w:rsid w:val="00607C44"/>
     <w:rsid w:val="00607CC2"/>
     <w:rsid w:val="00610687"/>
     <w:rsid w:val="00610C68"/>
     <w:rsid w:val="006112CE"/>
     <w:rsid w:val="00611475"/>
     <w:rsid w:val="00611B34"/>
     <w:rsid w:val="00611D48"/>
     <w:rsid w:val="00611D81"/>
     <w:rsid w:val="00613D8C"/>
     <w:rsid w:val="00613E91"/>
     <w:rsid w:val="00613F2E"/>
     <w:rsid w:val="00614110"/>
     <w:rsid w:val="00614BC0"/>
     <w:rsid w:val="006157DB"/>
     <w:rsid w:val="006177D6"/>
     <w:rsid w:val="0061782D"/>
     <w:rsid w:val="00617B36"/>
     <w:rsid w:val="00617F15"/>
     <w:rsid w:val="00620460"/>
     <w:rsid w:val="00621682"/>
     <w:rsid w:val="006218EE"/>
     <w:rsid w:val="00621B64"/>
     <w:rsid w:val="00622BA5"/>
     <w:rsid w:val="00623121"/>
-    <w:rsid w:val="006237FC"/>
     <w:rsid w:val="00623813"/>
     <w:rsid w:val="00623AFE"/>
     <w:rsid w:val="00623B88"/>
     <w:rsid w:val="006242CD"/>
     <w:rsid w:val="0062463A"/>
     <w:rsid w:val="00624DDD"/>
     <w:rsid w:val="006251A6"/>
     <w:rsid w:val="00626A51"/>
     <w:rsid w:val="00627032"/>
     <w:rsid w:val="00627CA9"/>
     <w:rsid w:val="00627E55"/>
     <w:rsid w:val="00630048"/>
     <w:rsid w:val="0063190A"/>
     <w:rsid w:val="00631B23"/>
     <w:rsid w:val="0063238A"/>
     <w:rsid w:val="006326A6"/>
     <w:rsid w:val="0063321D"/>
     <w:rsid w:val="00633289"/>
     <w:rsid w:val="0063372E"/>
     <w:rsid w:val="00633C79"/>
     <w:rsid w:val="00634EBB"/>
     <w:rsid w:val="006356C0"/>
     <w:rsid w:val="00635E7A"/>
     <w:rsid w:val="00636655"/>
     <w:rsid w:val="006369B2"/>
     <w:rsid w:val="00636B16"/>
     <w:rsid w:val="00637A6A"/>
     <w:rsid w:val="00637C14"/>
     <w:rsid w:val="006404D4"/>
     <w:rsid w:val="0064060B"/>
     <w:rsid w:val="0064096E"/>
     <w:rsid w:val="00640C27"/>
     <w:rsid w:val="00640EA2"/>
     <w:rsid w:val="00641CFA"/>
     <w:rsid w:val="00642BCD"/>
     <w:rsid w:val="00642CF6"/>
     <w:rsid w:val="00642D8F"/>
     <w:rsid w:val="00642F1E"/>
     <w:rsid w:val="0064305D"/>
     <w:rsid w:val="006430DC"/>
     <w:rsid w:val="0064397D"/>
+    <w:rsid w:val="00643C9A"/>
     <w:rsid w:val="00643E55"/>
     <w:rsid w:val="00645CF4"/>
     <w:rsid w:val="006468E5"/>
     <w:rsid w:val="0064695A"/>
     <w:rsid w:val="00646ABD"/>
     <w:rsid w:val="00646AD6"/>
     <w:rsid w:val="00646E98"/>
     <w:rsid w:val="00646EF9"/>
     <w:rsid w:val="0065004F"/>
     <w:rsid w:val="00651514"/>
     <w:rsid w:val="00651E24"/>
     <w:rsid w:val="00652097"/>
     <w:rsid w:val="00652ADD"/>
     <w:rsid w:val="006543ED"/>
     <w:rsid w:val="00654B26"/>
     <w:rsid w:val="00655393"/>
     <w:rsid w:val="00655516"/>
     <w:rsid w:val="006562DE"/>
     <w:rsid w:val="00656582"/>
     <w:rsid w:val="00656ADC"/>
     <w:rsid w:val="00656CE5"/>
     <w:rsid w:val="00656DE2"/>
     <w:rsid w:val="006572ED"/>
     <w:rsid w:val="00660D37"/>
     <w:rsid w:val="00661449"/>
@@ -3663,105 +5049,105 @@
     <w:rsid w:val="00683A84"/>
     <w:rsid w:val="006844F3"/>
     <w:rsid w:val="00686949"/>
     <w:rsid w:val="00687901"/>
     <w:rsid w:val="00687B7F"/>
     <w:rsid w:val="00690E9A"/>
     <w:rsid w:val="006917DF"/>
     <w:rsid w:val="0069201E"/>
     <w:rsid w:val="00692345"/>
     <w:rsid w:val="00692EC5"/>
     <w:rsid w:val="0069334B"/>
     <w:rsid w:val="00693E5C"/>
     <w:rsid w:val="006945BB"/>
     <w:rsid w:val="00694D86"/>
     <w:rsid w:val="00694EF7"/>
     <w:rsid w:val="00695350"/>
     <w:rsid w:val="006956C9"/>
     <w:rsid w:val="00695A7E"/>
     <w:rsid w:val="00695C14"/>
     <w:rsid w:val="00696D07"/>
     <w:rsid w:val="0069771E"/>
     <w:rsid w:val="006A1B6E"/>
     <w:rsid w:val="006A262B"/>
     <w:rsid w:val="006A2816"/>
     <w:rsid w:val="006A323E"/>
-    <w:rsid w:val="006A3496"/>
     <w:rsid w:val="006A391B"/>
     <w:rsid w:val="006A39FC"/>
     <w:rsid w:val="006A3D41"/>
     <w:rsid w:val="006A4839"/>
     <w:rsid w:val="006A4BCB"/>
     <w:rsid w:val="006A612D"/>
     <w:rsid w:val="006A6991"/>
     <w:rsid w:val="006A7187"/>
+    <w:rsid w:val="006A72E4"/>
     <w:rsid w:val="006A7BA1"/>
     <w:rsid w:val="006A7C7F"/>
     <w:rsid w:val="006B0316"/>
     <w:rsid w:val="006B17E1"/>
     <w:rsid w:val="006B1AC6"/>
     <w:rsid w:val="006B1F89"/>
     <w:rsid w:val="006B312C"/>
     <w:rsid w:val="006B41BD"/>
     <w:rsid w:val="006B4CE1"/>
     <w:rsid w:val="006B5FCB"/>
     <w:rsid w:val="006B62C0"/>
     <w:rsid w:val="006B7AF9"/>
     <w:rsid w:val="006C16CF"/>
     <w:rsid w:val="006C1783"/>
     <w:rsid w:val="006C281E"/>
     <w:rsid w:val="006C2A2C"/>
     <w:rsid w:val="006C32B4"/>
     <w:rsid w:val="006C34D8"/>
     <w:rsid w:val="006C3F91"/>
     <w:rsid w:val="006C478E"/>
     <w:rsid w:val="006C4D2E"/>
     <w:rsid w:val="006C51EA"/>
     <w:rsid w:val="006C548F"/>
     <w:rsid w:val="006C54C3"/>
     <w:rsid w:val="006C57A0"/>
     <w:rsid w:val="006C5890"/>
     <w:rsid w:val="006C5AFA"/>
     <w:rsid w:val="006C6369"/>
     <w:rsid w:val="006C7425"/>
     <w:rsid w:val="006C74E6"/>
     <w:rsid w:val="006C7C22"/>
     <w:rsid w:val="006C7CBA"/>
     <w:rsid w:val="006C7D4B"/>
     <w:rsid w:val="006D07A3"/>
     <w:rsid w:val="006D07C7"/>
     <w:rsid w:val="006D14B8"/>
     <w:rsid w:val="006D225F"/>
-    <w:rsid w:val="006D24F4"/>
     <w:rsid w:val="006D2CFF"/>
     <w:rsid w:val="006D42C8"/>
     <w:rsid w:val="006D463C"/>
     <w:rsid w:val="006D4CE4"/>
     <w:rsid w:val="006D6684"/>
     <w:rsid w:val="006D7474"/>
     <w:rsid w:val="006D79F4"/>
     <w:rsid w:val="006D7E2E"/>
+    <w:rsid w:val="006E0B78"/>
     <w:rsid w:val="006E0C9E"/>
     <w:rsid w:val="006E1705"/>
     <w:rsid w:val="006E1D32"/>
     <w:rsid w:val="006E3CD5"/>
     <w:rsid w:val="006E4757"/>
     <w:rsid w:val="006E47A1"/>
     <w:rsid w:val="006E6147"/>
     <w:rsid w:val="006E6AD5"/>
     <w:rsid w:val="006E6BB4"/>
     <w:rsid w:val="006E70C3"/>
     <w:rsid w:val="006E7A42"/>
     <w:rsid w:val="006E7B0D"/>
     <w:rsid w:val="006E7CBC"/>
     <w:rsid w:val="006F0A67"/>
     <w:rsid w:val="006F0C43"/>
     <w:rsid w:val="006F1E16"/>
     <w:rsid w:val="006F1F30"/>
     <w:rsid w:val="006F2077"/>
     <w:rsid w:val="006F276E"/>
     <w:rsid w:val="006F27D2"/>
     <w:rsid w:val="006F2E9F"/>
     <w:rsid w:val="006F3052"/>
     <w:rsid w:val="006F3DC6"/>
     <w:rsid w:val="006F3F50"/>
     <w:rsid w:val="006F4D4C"/>
@@ -3860,50 +5246,51 @@
     <w:rsid w:val="007524F6"/>
     <w:rsid w:val="0075375D"/>
     <w:rsid w:val="007539F9"/>
     <w:rsid w:val="00753A5F"/>
     <w:rsid w:val="007545C0"/>
     <w:rsid w:val="00756121"/>
     <w:rsid w:val="00756B51"/>
     <w:rsid w:val="00756BEC"/>
     <w:rsid w:val="00756CD4"/>
     <w:rsid w:val="00757934"/>
     <w:rsid w:val="00757AD3"/>
     <w:rsid w:val="0076010F"/>
     <w:rsid w:val="00760AF7"/>
     <w:rsid w:val="00760F61"/>
     <w:rsid w:val="00760FD8"/>
     <w:rsid w:val="0076111A"/>
     <w:rsid w:val="007617BC"/>
     <w:rsid w:val="0076202B"/>
     <w:rsid w:val="00762E78"/>
     <w:rsid w:val="00762F98"/>
     <w:rsid w:val="00763FCF"/>
     <w:rsid w:val="007640A1"/>
     <w:rsid w:val="00764959"/>
     <w:rsid w:val="007649E8"/>
     <w:rsid w:val="00764C0B"/>
+    <w:rsid w:val="00764EAE"/>
     <w:rsid w:val="00765839"/>
     <w:rsid w:val="0076593F"/>
     <w:rsid w:val="00765E0A"/>
     <w:rsid w:val="00766472"/>
     <w:rsid w:val="00766510"/>
     <w:rsid w:val="00766752"/>
     <w:rsid w:val="00766EE7"/>
     <w:rsid w:val="007671C6"/>
     <w:rsid w:val="007677D4"/>
     <w:rsid w:val="00767C52"/>
     <w:rsid w:val="00770381"/>
     <w:rsid w:val="00770D65"/>
     <w:rsid w:val="007715D5"/>
     <w:rsid w:val="007716B8"/>
     <w:rsid w:val="00771D31"/>
     <w:rsid w:val="007728BC"/>
     <w:rsid w:val="00772B9C"/>
     <w:rsid w:val="00773960"/>
     <w:rsid w:val="007742AF"/>
     <w:rsid w:val="00774B06"/>
     <w:rsid w:val="00777D28"/>
     <w:rsid w:val="00777EA7"/>
     <w:rsid w:val="00780FCD"/>
     <w:rsid w:val="00781A1A"/>
     <w:rsid w:val="00781A25"/>
@@ -3911,133 +5298,130 @@
     <w:rsid w:val="00781C58"/>
     <w:rsid w:val="00781EB2"/>
     <w:rsid w:val="00781ED1"/>
     <w:rsid w:val="00782365"/>
     <w:rsid w:val="00782402"/>
     <w:rsid w:val="00783F83"/>
     <w:rsid w:val="00784542"/>
     <w:rsid w:val="00784638"/>
     <w:rsid w:val="0078572A"/>
     <w:rsid w:val="00786FA4"/>
     <w:rsid w:val="00787385"/>
     <w:rsid w:val="00790330"/>
     <w:rsid w:val="00790B25"/>
     <w:rsid w:val="00791801"/>
     <w:rsid w:val="00791A2A"/>
     <w:rsid w:val="00791ABE"/>
     <w:rsid w:val="00791D8F"/>
     <w:rsid w:val="0079228E"/>
     <w:rsid w:val="00792EC9"/>
     <w:rsid w:val="007931FD"/>
     <w:rsid w:val="0079357C"/>
     <w:rsid w:val="0079385F"/>
     <w:rsid w:val="00793A51"/>
     <w:rsid w:val="00793C85"/>
     <w:rsid w:val="007940FA"/>
-    <w:rsid w:val="00794483"/>
     <w:rsid w:val="007947A3"/>
     <w:rsid w:val="00794B2A"/>
     <w:rsid w:val="00794DDB"/>
     <w:rsid w:val="00795528"/>
     <w:rsid w:val="00795E18"/>
     <w:rsid w:val="00796643"/>
     <w:rsid w:val="00796A11"/>
     <w:rsid w:val="00796F2C"/>
     <w:rsid w:val="00797844"/>
     <w:rsid w:val="007A0282"/>
     <w:rsid w:val="007A0669"/>
     <w:rsid w:val="007A15E8"/>
     <w:rsid w:val="007A1A88"/>
     <w:rsid w:val="007A26B3"/>
     <w:rsid w:val="007A28D0"/>
     <w:rsid w:val="007A38E1"/>
     <w:rsid w:val="007A3C74"/>
     <w:rsid w:val="007A4409"/>
     <w:rsid w:val="007A486F"/>
     <w:rsid w:val="007A48BE"/>
     <w:rsid w:val="007A4F8E"/>
     <w:rsid w:val="007A5F7F"/>
     <w:rsid w:val="007A664C"/>
     <w:rsid w:val="007A6A41"/>
     <w:rsid w:val="007A6F6B"/>
     <w:rsid w:val="007A71B3"/>
     <w:rsid w:val="007A73B7"/>
     <w:rsid w:val="007A7E0A"/>
     <w:rsid w:val="007B02BA"/>
     <w:rsid w:val="007B0802"/>
     <w:rsid w:val="007B1D6F"/>
     <w:rsid w:val="007B270C"/>
     <w:rsid w:val="007B2AAE"/>
     <w:rsid w:val="007B3DF0"/>
     <w:rsid w:val="007B3F2B"/>
     <w:rsid w:val="007B45B9"/>
     <w:rsid w:val="007B4EF6"/>
     <w:rsid w:val="007B5920"/>
     <w:rsid w:val="007B59C0"/>
     <w:rsid w:val="007B6240"/>
     <w:rsid w:val="007B722A"/>
     <w:rsid w:val="007B7461"/>
     <w:rsid w:val="007B793D"/>
     <w:rsid w:val="007B79BE"/>
     <w:rsid w:val="007C0A0E"/>
-    <w:rsid w:val="007C21C7"/>
     <w:rsid w:val="007C2CE2"/>
     <w:rsid w:val="007C314F"/>
     <w:rsid w:val="007C33D0"/>
     <w:rsid w:val="007C3870"/>
     <w:rsid w:val="007C3CCB"/>
     <w:rsid w:val="007C3EE7"/>
     <w:rsid w:val="007C3F13"/>
     <w:rsid w:val="007C4740"/>
     <w:rsid w:val="007C4893"/>
     <w:rsid w:val="007C504B"/>
     <w:rsid w:val="007C536B"/>
     <w:rsid w:val="007C55CD"/>
     <w:rsid w:val="007C56ED"/>
     <w:rsid w:val="007C5E70"/>
     <w:rsid w:val="007C5F91"/>
     <w:rsid w:val="007D0A0C"/>
     <w:rsid w:val="007D0E05"/>
     <w:rsid w:val="007D115C"/>
     <w:rsid w:val="007D453B"/>
     <w:rsid w:val="007D4B64"/>
     <w:rsid w:val="007D4D9A"/>
     <w:rsid w:val="007D5ABC"/>
     <w:rsid w:val="007D741D"/>
     <w:rsid w:val="007D7728"/>
     <w:rsid w:val="007D78C3"/>
     <w:rsid w:val="007D7A6B"/>
     <w:rsid w:val="007D7B35"/>
     <w:rsid w:val="007E0014"/>
     <w:rsid w:val="007E0430"/>
     <w:rsid w:val="007E0D67"/>
     <w:rsid w:val="007E1881"/>
     <w:rsid w:val="007E28FB"/>
     <w:rsid w:val="007E2CB7"/>
     <w:rsid w:val="007E2DE8"/>
     <w:rsid w:val="007E2EA0"/>
-    <w:rsid w:val="007E346A"/>
     <w:rsid w:val="007E37CA"/>
     <w:rsid w:val="007E414B"/>
     <w:rsid w:val="007E4417"/>
     <w:rsid w:val="007E444E"/>
     <w:rsid w:val="007E4852"/>
     <w:rsid w:val="007E49D4"/>
     <w:rsid w:val="007E4C79"/>
     <w:rsid w:val="007E4FDD"/>
     <w:rsid w:val="007E544A"/>
     <w:rsid w:val="007E5797"/>
     <w:rsid w:val="007E6A63"/>
     <w:rsid w:val="007E6D52"/>
     <w:rsid w:val="007E71FE"/>
     <w:rsid w:val="007E74BF"/>
     <w:rsid w:val="007E7B1E"/>
     <w:rsid w:val="007E7E0B"/>
     <w:rsid w:val="007F03CA"/>
     <w:rsid w:val="007F06FA"/>
     <w:rsid w:val="007F16A8"/>
     <w:rsid w:val="007F1F99"/>
     <w:rsid w:val="007F22F3"/>
     <w:rsid w:val="007F3055"/>
     <w:rsid w:val="007F3176"/>
     <w:rsid w:val="007F3572"/>
     <w:rsid w:val="007F566A"/>
@@ -4143,65 +5527,65 @@
     <w:rsid w:val="0084765D"/>
     <w:rsid w:val="00847BD4"/>
     <w:rsid w:val="00847CC8"/>
     <w:rsid w:val="00850884"/>
     <w:rsid w:val="00850BDA"/>
     <w:rsid w:val="00850CE3"/>
     <w:rsid w:val="008514B3"/>
     <w:rsid w:val="008518A1"/>
     <w:rsid w:val="008518B7"/>
     <w:rsid w:val="008527CF"/>
     <w:rsid w:val="00852E6B"/>
     <w:rsid w:val="00852F40"/>
     <w:rsid w:val="00853519"/>
     <w:rsid w:val="00854244"/>
     <w:rsid w:val="00854654"/>
     <w:rsid w:val="00854FCF"/>
     <w:rsid w:val="0085576E"/>
     <w:rsid w:val="00855C65"/>
     <w:rsid w:val="0085630F"/>
     <w:rsid w:val="0085670E"/>
     <w:rsid w:val="00857000"/>
     <w:rsid w:val="00857051"/>
     <w:rsid w:val="008573EF"/>
     <w:rsid w:val="00857699"/>
     <w:rsid w:val="008578D6"/>
+    <w:rsid w:val="00857B48"/>
     <w:rsid w:val="008615B0"/>
     <w:rsid w:val="00862458"/>
     <w:rsid w:val="00862B09"/>
     <w:rsid w:val="00862B80"/>
     <w:rsid w:val="00863516"/>
     <w:rsid w:val="0086353C"/>
     <w:rsid w:val="0086436F"/>
     <w:rsid w:val="00864623"/>
     <w:rsid w:val="00864BD8"/>
     <w:rsid w:val="00867737"/>
     <w:rsid w:val="00867CDE"/>
     <w:rsid w:val="00867E76"/>
     <w:rsid w:val="00870956"/>
     <w:rsid w:val="00870BC6"/>
-    <w:rsid w:val="00871518"/>
     <w:rsid w:val="00872444"/>
     <w:rsid w:val="008727C0"/>
     <w:rsid w:val="008727DC"/>
     <w:rsid w:val="00872C68"/>
     <w:rsid w:val="00873A57"/>
     <w:rsid w:val="00873D0D"/>
     <w:rsid w:val="00873EBC"/>
     <w:rsid w:val="00874D2F"/>
     <w:rsid w:val="00875A0D"/>
     <w:rsid w:val="00875BDD"/>
     <w:rsid w:val="00875FA0"/>
     <w:rsid w:val="00876C4B"/>
     <w:rsid w:val="00877A91"/>
     <w:rsid w:val="008808A6"/>
     <w:rsid w:val="00880926"/>
     <w:rsid w:val="00880C07"/>
     <w:rsid w:val="008815A8"/>
     <w:rsid w:val="00881A4C"/>
     <w:rsid w:val="0088200C"/>
     <w:rsid w:val="008824A0"/>
     <w:rsid w:val="008826D8"/>
     <w:rsid w:val="00882947"/>
     <w:rsid w:val="00882EFB"/>
     <w:rsid w:val="00882F49"/>
     <w:rsid w:val="0088375D"/>
@@ -4260,50 +5644,51 @@
     <w:rsid w:val="008B6EF8"/>
     <w:rsid w:val="008B7DE7"/>
     <w:rsid w:val="008B7DE9"/>
     <w:rsid w:val="008C17B2"/>
     <w:rsid w:val="008C254A"/>
     <w:rsid w:val="008C3612"/>
     <w:rsid w:val="008C3CCF"/>
     <w:rsid w:val="008C54C2"/>
     <w:rsid w:val="008C6955"/>
     <w:rsid w:val="008C73FA"/>
     <w:rsid w:val="008C7606"/>
     <w:rsid w:val="008C7C79"/>
     <w:rsid w:val="008D0085"/>
     <w:rsid w:val="008D0829"/>
     <w:rsid w:val="008D0DBD"/>
     <w:rsid w:val="008D12D4"/>
     <w:rsid w:val="008D2764"/>
     <w:rsid w:val="008D3AFD"/>
     <w:rsid w:val="008D4683"/>
     <w:rsid w:val="008D4837"/>
     <w:rsid w:val="008D4F48"/>
     <w:rsid w:val="008D5038"/>
     <w:rsid w:val="008D55A5"/>
     <w:rsid w:val="008D56F8"/>
     <w:rsid w:val="008D690F"/>
+    <w:rsid w:val="008D6F35"/>
     <w:rsid w:val="008D6FF4"/>
     <w:rsid w:val="008D7BD8"/>
     <w:rsid w:val="008D7C2F"/>
     <w:rsid w:val="008E0224"/>
     <w:rsid w:val="008E1DC4"/>
     <w:rsid w:val="008E311B"/>
     <w:rsid w:val="008E331D"/>
     <w:rsid w:val="008E37E4"/>
     <w:rsid w:val="008E3E20"/>
     <w:rsid w:val="008E474C"/>
     <w:rsid w:val="008E4CB1"/>
     <w:rsid w:val="008E5F2A"/>
     <w:rsid w:val="008E6752"/>
     <w:rsid w:val="008E708D"/>
     <w:rsid w:val="008E72E1"/>
     <w:rsid w:val="008F040E"/>
     <w:rsid w:val="008F0DB7"/>
     <w:rsid w:val="008F124E"/>
     <w:rsid w:val="008F1BA6"/>
     <w:rsid w:val="008F2FE5"/>
     <w:rsid w:val="008F3441"/>
     <w:rsid w:val="008F36EF"/>
     <w:rsid w:val="008F3BBF"/>
     <w:rsid w:val="008F43A1"/>
     <w:rsid w:val="008F58B5"/>
@@ -4336,87 +5721,87 @@
     <w:rsid w:val="00912FFF"/>
     <w:rsid w:val="00913E96"/>
     <w:rsid w:val="009142A1"/>
     <w:rsid w:val="0091461D"/>
     <w:rsid w:val="00914CB4"/>
     <w:rsid w:val="00914FB3"/>
     <w:rsid w:val="00914FDD"/>
     <w:rsid w:val="009150C4"/>
     <w:rsid w:val="009154DF"/>
     <w:rsid w:val="00915801"/>
     <w:rsid w:val="009169BC"/>
     <w:rsid w:val="00916DF9"/>
     <w:rsid w:val="00917E70"/>
     <w:rsid w:val="009206E8"/>
     <w:rsid w:val="00920AA6"/>
     <w:rsid w:val="0092214A"/>
     <w:rsid w:val="00922D55"/>
     <w:rsid w:val="009230B7"/>
     <w:rsid w:val="009243DE"/>
     <w:rsid w:val="00924C9E"/>
     <w:rsid w:val="00924D6A"/>
     <w:rsid w:val="009251D4"/>
     <w:rsid w:val="00925F6E"/>
     <w:rsid w:val="00926C75"/>
     <w:rsid w:val="00926E0E"/>
-    <w:rsid w:val="00926E34"/>
     <w:rsid w:val="00926E7A"/>
     <w:rsid w:val="0092735C"/>
     <w:rsid w:val="009274EC"/>
     <w:rsid w:val="00927C41"/>
     <w:rsid w:val="009307CE"/>
     <w:rsid w:val="009308D2"/>
     <w:rsid w:val="0093142E"/>
     <w:rsid w:val="00931FD7"/>
     <w:rsid w:val="009328FE"/>
     <w:rsid w:val="00932918"/>
     <w:rsid w:val="009351D8"/>
     <w:rsid w:val="0093588C"/>
     <w:rsid w:val="00935B8E"/>
     <w:rsid w:val="00935BA0"/>
     <w:rsid w:val="00936157"/>
     <w:rsid w:val="00936188"/>
     <w:rsid w:val="00936A1A"/>
     <w:rsid w:val="00941310"/>
     <w:rsid w:val="00942238"/>
     <w:rsid w:val="00942541"/>
     <w:rsid w:val="0094693B"/>
     <w:rsid w:val="00946BFF"/>
     <w:rsid w:val="009475E3"/>
     <w:rsid w:val="009504D4"/>
     <w:rsid w:val="00950B37"/>
     <w:rsid w:val="00951462"/>
     <w:rsid w:val="00951B85"/>
     <w:rsid w:val="00951EF0"/>
     <w:rsid w:val="00952066"/>
     <w:rsid w:val="0095306C"/>
     <w:rsid w:val="00953196"/>
     <w:rsid w:val="009531C0"/>
     <w:rsid w:val="009535D8"/>
     <w:rsid w:val="00953CEF"/>
     <w:rsid w:val="009540BB"/>
     <w:rsid w:val="00955BD4"/>
+    <w:rsid w:val="009569B9"/>
     <w:rsid w:val="00957529"/>
     <w:rsid w:val="0096044E"/>
     <w:rsid w:val="00961A7E"/>
     <w:rsid w:val="00962BC8"/>
     <w:rsid w:val="009632C4"/>
     <w:rsid w:val="00964056"/>
     <w:rsid w:val="00964228"/>
     <w:rsid w:val="0096483F"/>
     <w:rsid w:val="00964D51"/>
     <w:rsid w:val="00965759"/>
     <w:rsid w:val="0096616B"/>
     <w:rsid w:val="009666F8"/>
     <w:rsid w:val="00967294"/>
     <w:rsid w:val="0097004E"/>
     <w:rsid w:val="0097121C"/>
     <w:rsid w:val="00971483"/>
     <w:rsid w:val="00971D21"/>
     <w:rsid w:val="00972489"/>
     <w:rsid w:val="009734E3"/>
     <w:rsid w:val="00974371"/>
     <w:rsid w:val="00974988"/>
     <w:rsid w:val="0097537A"/>
     <w:rsid w:val="00975403"/>
     <w:rsid w:val="00975D97"/>
     <w:rsid w:val="009761FA"/>
@@ -4437,51 +5822,50 @@
     <w:rsid w:val="009845B3"/>
     <w:rsid w:val="0098571F"/>
     <w:rsid w:val="009861B9"/>
     <w:rsid w:val="009864A9"/>
     <w:rsid w:val="00986689"/>
     <w:rsid w:val="0098683E"/>
     <w:rsid w:val="00986A6A"/>
     <w:rsid w:val="00987CAA"/>
     <w:rsid w:val="00987D08"/>
     <w:rsid w:val="00987EB4"/>
     <w:rsid w:val="009908AE"/>
     <w:rsid w:val="00991BC2"/>
     <w:rsid w:val="00992B41"/>
     <w:rsid w:val="00992B51"/>
     <w:rsid w:val="00993984"/>
     <w:rsid w:val="009944F4"/>
     <w:rsid w:val="009946E0"/>
     <w:rsid w:val="00994971"/>
     <w:rsid w:val="00994F72"/>
     <w:rsid w:val="00995294"/>
     <w:rsid w:val="00995480"/>
     <w:rsid w:val="00995B08"/>
     <w:rsid w:val="00995B4A"/>
     <w:rsid w:val="00996B7A"/>
     <w:rsid w:val="00997654"/>
-    <w:rsid w:val="009A1C02"/>
     <w:rsid w:val="009A1EBD"/>
     <w:rsid w:val="009A3054"/>
     <w:rsid w:val="009A34A2"/>
     <w:rsid w:val="009A3781"/>
     <w:rsid w:val="009A3A0C"/>
     <w:rsid w:val="009A3E95"/>
     <w:rsid w:val="009A462D"/>
     <w:rsid w:val="009A4ECF"/>
     <w:rsid w:val="009A53BB"/>
     <w:rsid w:val="009A58BB"/>
     <w:rsid w:val="009A5A87"/>
     <w:rsid w:val="009A6C79"/>
     <w:rsid w:val="009A72AA"/>
     <w:rsid w:val="009B074E"/>
     <w:rsid w:val="009B339E"/>
     <w:rsid w:val="009B39A7"/>
     <w:rsid w:val="009B4EA3"/>
     <w:rsid w:val="009B528C"/>
     <w:rsid w:val="009B5306"/>
     <w:rsid w:val="009B5A98"/>
     <w:rsid w:val="009B5B2E"/>
     <w:rsid w:val="009B5D81"/>
     <w:rsid w:val="009B63ED"/>
     <w:rsid w:val="009C05A4"/>
     <w:rsid w:val="009C0BFA"/>
@@ -4522,87 +5906,85 @@
     <w:rsid w:val="009E3884"/>
     <w:rsid w:val="009E38F2"/>
     <w:rsid w:val="009E44F2"/>
     <w:rsid w:val="009E5B11"/>
     <w:rsid w:val="009E6BE0"/>
     <w:rsid w:val="009E7DD2"/>
     <w:rsid w:val="009E7F1F"/>
     <w:rsid w:val="009F0663"/>
     <w:rsid w:val="009F191F"/>
     <w:rsid w:val="009F2EF5"/>
     <w:rsid w:val="009F3A1B"/>
     <w:rsid w:val="009F4381"/>
     <w:rsid w:val="009F48D8"/>
     <w:rsid w:val="009F4E5F"/>
     <w:rsid w:val="009F57BB"/>
     <w:rsid w:val="009F59C9"/>
     <w:rsid w:val="009F5F38"/>
     <w:rsid w:val="009F6CC3"/>
     <w:rsid w:val="009F7CAC"/>
     <w:rsid w:val="00A00D02"/>
     <w:rsid w:val="00A00F3E"/>
     <w:rsid w:val="00A01031"/>
     <w:rsid w:val="00A01992"/>
     <w:rsid w:val="00A02294"/>
     <w:rsid w:val="00A024D3"/>
-    <w:rsid w:val="00A0287E"/>
     <w:rsid w:val="00A02B24"/>
     <w:rsid w:val="00A035F9"/>
     <w:rsid w:val="00A038C4"/>
     <w:rsid w:val="00A03EF9"/>
     <w:rsid w:val="00A04692"/>
     <w:rsid w:val="00A049DA"/>
     <w:rsid w:val="00A04AF3"/>
     <w:rsid w:val="00A05363"/>
     <w:rsid w:val="00A05CBC"/>
     <w:rsid w:val="00A068BB"/>
     <w:rsid w:val="00A07027"/>
     <w:rsid w:val="00A07A5E"/>
     <w:rsid w:val="00A108CB"/>
     <w:rsid w:val="00A108D9"/>
     <w:rsid w:val="00A10D4C"/>
     <w:rsid w:val="00A122E6"/>
     <w:rsid w:val="00A123A0"/>
     <w:rsid w:val="00A12BBD"/>
     <w:rsid w:val="00A13388"/>
     <w:rsid w:val="00A13734"/>
     <w:rsid w:val="00A1381A"/>
     <w:rsid w:val="00A143E8"/>
     <w:rsid w:val="00A14584"/>
     <w:rsid w:val="00A14904"/>
     <w:rsid w:val="00A15880"/>
     <w:rsid w:val="00A16225"/>
     <w:rsid w:val="00A164F8"/>
     <w:rsid w:val="00A171B5"/>
     <w:rsid w:val="00A17F1F"/>
     <w:rsid w:val="00A2023C"/>
     <w:rsid w:val="00A2025F"/>
     <w:rsid w:val="00A217B3"/>
     <w:rsid w:val="00A21D8B"/>
     <w:rsid w:val="00A22046"/>
     <w:rsid w:val="00A2263D"/>
-    <w:rsid w:val="00A23CF0"/>
     <w:rsid w:val="00A23D11"/>
     <w:rsid w:val="00A25A5E"/>
     <w:rsid w:val="00A2631E"/>
     <w:rsid w:val="00A2699B"/>
     <w:rsid w:val="00A30FC9"/>
     <w:rsid w:val="00A31173"/>
     <w:rsid w:val="00A316C9"/>
     <w:rsid w:val="00A32B2A"/>
     <w:rsid w:val="00A33153"/>
     <w:rsid w:val="00A331BB"/>
     <w:rsid w:val="00A331EA"/>
     <w:rsid w:val="00A33B1E"/>
     <w:rsid w:val="00A33DFE"/>
     <w:rsid w:val="00A347E0"/>
     <w:rsid w:val="00A34C75"/>
     <w:rsid w:val="00A34DF2"/>
     <w:rsid w:val="00A3594D"/>
     <w:rsid w:val="00A35D35"/>
     <w:rsid w:val="00A362E9"/>
     <w:rsid w:val="00A36C0E"/>
     <w:rsid w:val="00A37120"/>
     <w:rsid w:val="00A42B01"/>
     <w:rsid w:val="00A431C0"/>
     <w:rsid w:val="00A453EE"/>
     <w:rsid w:val="00A4620E"/>
@@ -4625,68 +6007,68 @@
     <w:rsid w:val="00A563CF"/>
     <w:rsid w:val="00A57DE4"/>
     <w:rsid w:val="00A6005D"/>
     <w:rsid w:val="00A62C9B"/>
     <w:rsid w:val="00A6350E"/>
     <w:rsid w:val="00A63733"/>
     <w:rsid w:val="00A64191"/>
     <w:rsid w:val="00A64310"/>
     <w:rsid w:val="00A64565"/>
     <w:rsid w:val="00A64BF3"/>
     <w:rsid w:val="00A64DB1"/>
     <w:rsid w:val="00A65241"/>
     <w:rsid w:val="00A665AE"/>
     <w:rsid w:val="00A66650"/>
     <w:rsid w:val="00A67092"/>
     <w:rsid w:val="00A670C0"/>
     <w:rsid w:val="00A674C2"/>
     <w:rsid w:val="00A67505"/>
     <w:rsid w:val="00A6772F"/>
     <w:rsid w:val="00A67FA7"/>
     <w:rsid w:val="00A70BB7"/>
     <w:rsid w:val="00A710C0"/>
     <w:rsid w:val="00A71BDD"/>
     <w:rsid w:val="00A71D5A"/>
     <w:rsid w:val="00A721B7"/>
+    <w:rsid w:val="00A72CA7"/>
     <w:rsid w:val="00A72F4D"/>
     <w:rsid w:val="00A73F54"/>
     <w:rsid w:val="00A73F68"/>
     <w:rsid w:val="00A73FC1"/>
     <w:rsid w:val="00A74980"/>
     <w:rsid w:val="00A7547D"/>
     <w:rsid w:val="00A75500"/>
     <w:rsid w:val="00A756C5"/>
     <w:rsid w:val="00A76E1F"/>
     <w:rsid w:val="00A7710E"/>
     <w:rsid w:val="00A77317"/>
     <w:rsid w:val="00A77DA0"/>
     <w:rsid w:val="00A802E9"/>
     <w:rsid w:val="00A81054"/>
     <w:rsid w:val="00A8191C"/>
     <w:rsid w:val="00A81FF3"/>
     <w:rsid w:val="00A82293"/>
-    <w:rsid w:val="00A826C4"/>
     <w:rsid w:val="00A833BF"/>
     <w:rsid w:val="00A8377E"/>
     <w:rsid w:val="00A8479C"/>
     <w:rsid w:val="00A854A6"/>
     <w:rsid w:val="00A8603F"/>
     <w:rsid w:val="00A879B8"/>
     <w:rsid w:val="00A87AB7"/>
     <w:rsid w:val="00A87ADF"/>
     <w:rsid w:val="00A906F6"/>
     <w:rsid w:val="00A90723"/>
     <w:rsid w:val="00A919BE"/>
     <w:rsid w:val="00A91E06"/>
     <w:rsid w:val="00A9216C"/>
     <w:rsid w:val="00A92FCD"/>
     <w:rsid w:val="00A9320B"/>
     <w:rsid w:val="00A93364"/>
     <w:rsid w:val="00A9359A"/>
     <w:rsid w:val="00A95DC6"/>
     <w:rsid w:val="00A9688B"/>
     <w:rsid w:val="00A96BA6"/>
     <w:rsid w:val="00A979CA"/>
     <w:rsid w:val="00AA0189"/>
     <w:rsid w:val="00AA0512"/>
     <w:rsid w:val="00AA0E1A"/>
     <w:rsid w:val="00AA0FC7"/>
@@ -4700,136 +6082,136 @@
     <w:rsid w:val="00AA3E53"/>
     <w:rsid w:val="00AA459E"/>
     <w:rsid w:val="00AA5208"/>
     <w:rsid w:val="00AA61C6"/>
     <w:rsid w:val="00AA6E3B"/>
     <w:rsid w:val="00AA7068"/>
     <w:rsid w:val="00AA79DA"/>
     <w:rsid w:val="00AA7A19"/>
     <w:rsid w:val="00AA7F64"/>
     <w:rsid w:val="00AB0FF0"/>
     <w:rsid w:val="00AB1202"/>
     <w:rsid w:val="00AB1944"/>
     <w:rsid w:val="00AB1B4D"/>
     <w:rsid w:val="00AB2B7B"/>
     <w:rsid w:val="00AB36A3"/>
     <w:rsid w:val="00AB3F4C"/>
     <w:rsid w:val="00AB5196"/>
     <w:rsid w:val="00AB5AE2"/>
     <w:rsid w:val="00AB682F"/>
     <w:rsid w:val="00AB6950"/>
     <w:rsid w:val="00AB6B71"/>
     <w:rsid w:val="00AB6C02"/>
     <w:rsid w:val="00AB72B6"/>
     <w:rsid w:val="00AB72CB"/>
     <w:rsid w:val="00AB7DB4"/>
+    <w:rsid w:val="00AC00D1"/>
     <w:rsid w:val="00AC016D"/>
     <w:rsid w:val="00AC0B14"/>
     <w:rsid w:val="00AC0B98"/>
     <w:rsid w:val="00AC20A1"/>
     <w:rsid w:val="00AC2DE5"/>
     <w:rsid w:val="00AC39B3"/>
     <w:rsid w:val="00AC5509"/>
     <w:rsid w:val="00AC5C6F"/>
     <w:rsid w:val="00AC6758"/>
     <w:rsid w:val="00AC6DE8"/>
     <w:rsid w:val="00AC6ED3"/>
     <w:rsid w:val="00AC7498"/>
     <w:rsid w:val="00AC7612"/>
     <w:rsid w:val="00AD006C"/>
     <w:rsid w:val="00AD013E"/>
     <w:rsid w:val="00AD0743"/>
     <w:rsid w:val="00AD08E6"/>
     <w:rsid w:val="00AD16CA"/>
     <w:rsid w:val="00AD231A"/>
     <w:rsid w:val="00AD407E"/>
     <w:rsid w:val="00AD4609"/>
     <w:rsid w:val="00AD47BA"/>
     <w:rsid w:val="00AD4CBB"/>
     <w:rsid w:val="00AD5886"/>
     <w:rsid w:val="00AD5CD9"/>
     <w:rsid w:val="00AD7198"/>
     <w:rsid w:val="00AD7B08"/>
     <w:rsid w:val="00AE007A"/>
     <w:rsid w:val="00AE065C"/>
     <w:rsid w:val="00AE06F9"/>
     <w:rsid w:val="00AE129D"/>
+    <w:rsid w:val="00AE17A3"/>
     <w:rsid w:val="00AE2D84"/>
     <w:rsid w:val="00AE3904"/>
+    <w:rsid w:val="00AE3B38"/>
     <w:rsid w:val="00AE3DCE"/>
     <w:rsid w:val="00AE3E68"/>
     <w:rsid w:val="00AE3F55"/>
     <w:rsid w:val="00AE48F4"/>
     <w:rsid w:val="00AE501B"/>
     <w:rsid w:val="00AE7639"/>
     <w:rsid w:val="00AE792E"/>
     <w:rsid w:val="00AE7C69"/>
     <w:rsid w:val="00AF02F2"/>
     <w:rsid w:val="00AF0449"/>
     <w:rsid w:val="00AF1646"/>
     <w:rsid w:val="00AF20E1"/>
     <w:rsid w:val="00AF2660"/>
     <w:rsid w:val="00AF44B0"/>
     <w:rsid w:val="00AF4715"/>
     <w:rsid w:val="00AF4E43"/>
     <w:rsid w:val="00AF51D7"/>
     <w:rsid w:val="00AF5BC8"/>
     <w:rsid w:val="00AF5E93"/>
     <w:rsid w:val="00AF644B"/>
     <w:rsid w:val="00AF6B37"/>
     <w:rsid w:val="00AF77D8"/>
     <w:rsid w:val="00B00FA1"/>
     <w:rsid w:val="00B0111C"/>
     <w:rsid w:val="00B01142"/>
     <w:rsid w:val="00B01A5E"/>
     <w:rsid w:val="00B01F56"/>
     <w:rsid w:val="00B02DE2"/>
     <w:rsid w:val="00B03165"/>
-    <w:rsid w:val="00B03409"/>
     <w:rsid w:val="00B0371D"/>
     <w:rsid w:val="00B045F4"/>
     <w:rsid w:val="00B04761"/>
     <w:rsid w:val="00B04762"/>
     <w:rsid w:val="00B0511B"/>
     <w:rsid w:val="00B052B1"/>
     <w:rsid w:val="00B05F1C"/>
     <w:rsid w:val="00B06B13"/>
     <w:rsid w:val="00B06B56"/>
     <w:rsid w:val="00B06FD7"/>
     <w:rsid w:val="00B07089"/>
     <w:rsid w:val="00B0774B"/>
     <w:rsid w:val="00B0784D"/>
     <w:rsid w:val="00B10165"/>
     <w:rsid w:val="00B105D2"/>
     <w:rsid w:val="00B10B60"/>
     <w:rsid w:val="00B111FA"/>
     <w:rsid w:val="00B11AC9"/>
     <w:rsid w:val="00B129C3"/>
     <w:rsid w:val="00B12C77"/>
     <w:rsid w:val="00B12FEF"/>
-    <w:rsid w:val="00B1366B"/>
-    <w:rsid w:val="00B148F7"/>
     <w:rsid w:val="00B14B01"/>
     <w:rsid w:val="00B155DA"/>
     <w:rsid w:val="00B15F65"/>
     <w:rsid w:val="00B16916"/>
     <w:rsid w:val="00B17B79"/>
     <w:rsid w:val="00B17C0F"/>
     <w:rsid w:val="00B17E1D"/>
     <w:rsid w:val="00B17E82"/>
     <w:rsid w:val="00B17F4E"/>
     <w:rsid w:val="00B17FB5"/>
     <w:rsid w:val="00B20B29"/>
     <w:rsid w:val="00B20C7C"/>
     <w:rsid w:val="00B20ED6"/>
     <w:rsid w:val="00B21092"/>
     <w:rsid w:val="00B21906"/>
     <w:rsid w:val="00B21E85"/>
     <w:rsid w:val="00B21FF6"/>
     <w:rsid w:val="00B22AB3"/>
     <w:rsid w:val="00B251DB"/>
     <w:rsid w:val="00B25413"/>
     <w:rsid w:val="00B25604"/>
     <w:rsid w:val="00B256F9"/>
     <w:rsid w:val="00B26046"/>
     <w:rsid w:val="00B26ADA"/>
     <w:rsid w:val="00B27FA8"/>
@@ -4869,95 +6251,96 @@
     <w:rsid w:val="00B45C6B"/>
     <w:rsid w:val="00B4701E"/>
     <w:rsid w:val="00B47552"/>
     <w:rsid w:val="00B478E3"/>
     <w:rsid w:val="00B50E70"/>
     <w:rsid w:val="00B521E7"/>
     <w:rsid w:val="00B52675"/>
     <w:rsid w:val="00B52B3D"/>
     <w:rsid w:val="00B52CB8"/>
     <w:rsid w:val="00B53590"/>
     <w:rsid w:val="00B53F38"/>
     <w:rsid w:val="00B546A6"/>
     <w:rsid w:val="00B54883"/>
     <w:rsid w:val="00B5726F"/>
     <w:rsid w:val="00B57653"/>
     <w:rsid w:val="00B57975"/>
     <w:rsid w:val="00B57EE6"/>
     <w:rsid w:val="00B602D4"/>
     <w:rsid w:val="00B6051C"/>
     <w:rsid w:val="00B60F51"/>
     <w:rsid w:val="00B612AF"/>
     <w:rsid w:val="00B616D2"/>
     <w:rsid w:val="00B618E7"/>
     <w:rsid w:val="00B61A41"/>
     <w:rsid w:val="00B61F54"/>
-    <w:rsid w:val="00B63390"/>
     <w:rsid w:val="00B636F3"/>
     <w:rsid w:val="00B639F2"/>
     <w:rsid w:val="00B65F52"/>
     <w:rsid w:val="00B6712E"/>
     <w:rsid w:val="00B7015E"/>
     <w:rsid w:val="00B711C4"/>
     <w:rsid w:val="00B72958"/>
     <w:rsid w:val="00B73BDA"/>
     <w:rsid w:val="00B74616"/>
     <w:rsid w:val="00B74E69"/>
     <w:rsid w:val="00B74EAD"/>
     <w:rsid w:val="00B75703"/>
     <w:rsid w:val="00B767A0"/>
     <w:rsid w:val="00B7682D"/>
     <w:rsid w:val="00B769FF"/>
     <w:rsid w:val="00B76D8F"/>
+    <w:rsid w:val="00B779B2"/>
     <w:rsid w:val="00B80BBF"/>
     <w:rsid w:val="00B80FA8"/>
     <w:rsid w:val="00B81227"/>
     <w:rsid w:val="00B81B6A"/>
     <w:rsid w:val="00B825E4"/>
     <w:rsid w:val="00B82E80"/>
     <w:rsid w:val="00B83EEF"/>
     <w:rsid w:val="00B84750"/>
     <w:rsid w:val="00B85318"/>
     <w:rsid w:val="00B853D0"/>
     <w:rsid w:val="00B85E34"/>
     <w:rsid w:val="00B85F0D"/>
     <w:rsid w:val="00B85FDF"/>
     <w:rsid w:val="00B870CF"/>
     <w:rsid w:val="00B8712C"/>
     <w:rsid w:val="00B87A8C"/>
     <w:rsid w:val="00B90153"/>
     <w:rsid w:val="00B902D7"/>
     <w:rsid w:val="00B9040B"/>
     <w:rsid w:val="00B9060B"/>
     <w:rsid w:val="00B908E5"/>
     <w:rsid w:val="00B90B36"/>
     <w:rsid w:val="00B925A6"/>
     <w:rsid w:val="00B93264"/>
     <w:rsid w:val="00B93991"/>
     <w:rsid w:val="00B93FF3"/>
     <w:rsid w:val="00B94B8E"/>
     <w:rsid w:val="00B94D68"/>
+    <w:rsid w:val="00B9521F"/>
     <w:rsid w:val="00B956C6"/>
     <w:rsid w:val="00B9589B"/>
     <w:rsid w:val="00B966A7"/>
     <w:rsid w:val="00B97252"/>
     <w:rsid w:val="00B9762C"/>
     <w:rsid w:val="00B97E17"/>
     <w:rsid w:val="00B97F7C"/>
     <w:rsid w:val="00BA0531"/>
     <w:rsid w:val="00BA085D"/>
     <w:rsid w:val="00BA0A48"/>
     <w:rsid w:val="00BA0E80"/>
     <w:rsid w:val="00BA1495"/>
     <w:rsid w:val="00BA1824"/>
     <w:rsid w:val="00BA1CDA"/>
     <w:rsid w:val="00BA389F"/>
     <w:rsid w:val="00BA3A16"/>
     <w:rsid w:val="00BA3AB1"/>
     <w:rsid w:val="00BA3CE2"/>
     <w:rsid w:val="00BA3E52"/>
     <w:rsid w:val="00BA45FB"/>
     <w:rsid w:val="00BA4873"/>
     <w:rsid w:val="00BA4E3B"/>
     <w:rsid w:val="00BA540D"/>
     <w:rsid w:val="00BA5CEB"/>
     <w:rsid w:val="00BA5F1D"/>
@@ -4968,50 +6351,51 @@
     <w:rsid w:val="00BB1CF3"/>
     <w:rsid w:val="00BB218B"/>
     <w:rsid w:val="00BB2390"/>
     <w:rsid w:val="00BB23D2"/>
     <w:rsid w:val="00BB2993"/>
     <w:rsid w:val="00BB2A3A"/>
     <w:rsid w:val="00BB2D97"/>
     <w:rsid w:val="00BB2E4C"/>
     <w:rsid w:val="00BB2F4F"/>
     <w:rsid w:val="00BB4F16"/>
     <w:rsid w:val="00BB500E"/>
     <w:rsid w:val="00BB53D5"/>
     <w:rsid w:val="00BB5874"/>
     <w:rsid w:val="00BB6FB5"/>
     <w:rsid w:val="00BB71CB"/>
     <w:rsid w:val="00BB7A8D"/>
     <w:rsid w:val="00BC072B"/>
     <w:rsid w:val="00BC14A0"/>
     <w:rsid w:val="00BC1A3F"/>
     <w:rsid w:val="00BC22CB"/>
     <w:rsid w:val="00BC231D"/>
     <w:rsid w:val="00BC25E8"/>
     <w:rsid w:val="00BC278D"/>
     <w:rsid w:val="00BC2DA3"/>
     <w:rsid w:val="00BC321B"/>
+    <w:rsid w:val="00BC351B"/>
     <w:rsid w:val="00BC391B"/>
     <w:rsid w:val="00BC3FEC"/>
     <w:rsid w:val="00BC40F3"/>
     <w:rsid w:val="00BC4873"/>
     <w:rsid w:val="00BC4CE5"/>
     <w:rsid w:val="00BC4F53"/>
     <w:rsid w:val="00BC5570"/>
     <w:rsid w:val="00BC5947"/>
     <w:rsid w:val="00BC5E5E"/>
     <w:rsid w:val="00BC7132"/>
     <w:rsid w:val="00BC73DD"/>
     <w:rsid w:val="00BC76E0"/>
     <w:rsid w:val="00BD03E0"/>
     <w:rsid w:val="00BD06FA"/>
     <w:rsid w:val="00BD1F9C"/>
     <w:rsid w:val="00BD20E5"/>
     <w:rsid w:val="00BD2782"/>
     <w:rsid w:val="00BD37CF"/>
     <w:rsid w:val="00BD580C"/>
     <w:rsid w:val="00BD5A6B"/>
     <w:rsid w:val="00BD5EA0"/>
     <w:rsid w:val="00BD611E"/>
     <w:rsid w:val="00BD657B"/>
     <w:rsid w:val="00BD6A28"/>
     <w:rsid w:val="00BD73AF"/>
@@ -5062,50 +6446,51 @@
     <w:rsid w:val="00C00DCA"/>
     <w:rsid w:val="00C01A0C"/>
     <w:rsid w:val="00C01F10"/>
     <w:rsid w:val="00C0238C"/>
     <w:rsid w:val="00C03530"/>
     <w:rsid w:val="00C03EEC"/>
     <w:rsid w:val="00C04644"/>
     <w:rsid w:val="00C04BD8"/>
     <w:rsid w:val="00C0576C"/>
     <w:rsid w:val="00C0627A"/>
     <w:rsid w:val="00C0799C"/>
     <w:rsid w:val="00C10457"/>
     <w:rsid w:val="00C11E39"/>
     <w:rsid w:val="00C13256"/>
     <w:rsid w:val="00C1374D"/>
     <w:rsid w:val="00C1399F"/>
     <w:rsid w:val="00C1451E"/>
     <w:rsid w:val="00C14872"/>
     <w:rsid w:val="00C14897"/>
     <w:rsid w:val="00C15161"/>
     <w:rsid w:val="00C15253"/>
     <w:rsid w:val="00C153D1"/>
     <w:rsid w:val="00C156F1"/>
     <w:rsid w:val="00C1591E"/>
     <w:rsid w:val="00C16314"/>
+    <w:rsid w:val="00C16766"/>
     <w:rsid w:val="00C17665"/>
     <w:rsid w:val="00C17936"/>
     <w:rsid w:val="00C17D52"/>
     <w:rsid w:val="00C17F3A"/>
     <w:rsid w:val="00C2009C"/>
     <w:rsid w:val="00C20AF0"/>
     <w:rsid w:val="00C210D8"/>
     <w:rsid w:val="00C212FF"/>
     <w:rsid w:val="00C21464"/>
     <w:rsid w:val="00C21D1B"/>
     <w:rsid w:val="00C22691"/>
     <w:rsid w:val="00C227F0"/>
     <w:rsid w:val="00C22954"/>
     <w:rsid w:val="00C22DAF"/>
     <w:rsid w:val="00C23A85"/>
     <w:rsid w:val="00C248BE"/>
     <w:rsid w:val="00C24981"/>
     <w:rsid w:val="00C24C6C"/>
     <w:rsid w:val="00C24DE4"/>
     <w:rsid w:val="00C24E5C"/>
     <w:rsid w:val="00C25166"/>
     <w:rsid w:val="00C25194"/>
     <w:rsid w:val="00C258A2"/>
     <w:rsid w:val="00C25A65"/>
     <w:rsid w:val="00C25AE5"/>
@@ -5120,74 +6505,75 @@
     <w:rsid w:val="00C31A99"/>
     <w:rsid w:val="00C323B7"/>
     <w:rsid w:val="00C324E9"/>
     <w:rsid w:val="00C327E3"/>
     <w:rsid w:val="00C331ED"/>
     <w:rsid w:val="00C3426A"/>
     <w:rsid w:val="00C35BCF"/>
     <w:rsid w:val="00C360F3"/>
     <w:rsid w:val="00C36C12"/>
     <w:rsid w:val="00C37468"/>
     <w:rsid w:val="00C37BA6"/>
     <w:rsid w:val="00C37D95"/>
     <w:rsid w:val="00C37EF1"/>
     <w:rsid w:val="00C40082"/>
     <w:rsid w:val="00C40583"/>
     <w:rsid w:val="00C41262"/>
     <w:rsid w:val="00C41737"/>
     <w:rsid w:val="00C418CF"/>
     <w:rsid w:val="00C41D30"/>
     <w:rsid w:val="00C41D40"/>
     <w:rsid w:val="00C4227D"/>
     <w:rsid w:val="00C42411"/>
     <w:rsid w:val="00C42E7D"/>
     <w:rsid w:val="00C4366B"/>
     <w:rsid w:val="00C43D0F"/>
+    <w:rsid w:val="00C44E64"/>
     <w:rsid w:val="00C45B6C"/>
     <w:rsid w:val="00C45F8E"/>
     <w:rsid w:val="00C4726D"/>
     <w:rsid w:val="00C47E96"/>
     <w:rsid w:val="00C5063F"/>
     <w:rsid w:val="00C50CFD"/>
     <w:rsid w:val="00C510DC"/>
     <w:rsid w:val="00C51B86"/>
     <w:rsid w:val="00C52C85"/>
     <w:rsid w:val="00C52E82"/>
     <w:rsid w:val="00C5302D"/>
     <w:rsid w:val="00C5329F"/>
     <w:rsid w:val="00C5408A"/>
     <w:rsid w:val="00C541F7"/>
     <w:rsid w:val="00C5474D"/>
     <w:rsid w:val="00C54948"/>
     <w:rsid w:val="00C55077"/>
+    <w:rsid w:val="00C575C3"/>
     <w:rsid w:val="00C5787A"/>
     <w:rsid w:val="00C60533"/>
     <w:rsid w:val="00C61A7B"/>
     <w:rsid w:val="00C61E1E"/>
     <w:rsid w:val="00C625F1"/>
     <w:rsid w:val="00C625F3"/>
-    <w:rsid w:val="00C62EB4"/>
     <w:rsid w:val="00C639AD"/>
     <w:rsid w:val="00C63CD5"/>
     <w:rsid w:val="00C64DE1"/>
     <w:rsid w:val="00C650E5"/>
     <w:rsid w:val="00C662AC"/>
     <w:rsid w:val="00C66384"/>
     <w:rsid w:val="00C668FD"/>
     <w:rsid w:val="00C669F1"/>
     <w:rsid w:val="00C66E02"/>
     <w:rsid w:val="00C670A6"/>
     <w:rsid w:val="00C672A4"/>
     <w:rsid w:val="00C67E08"/>
     <w:rsid w:val="00C70189"/>
     <w:rsid w:val="00C70212"/>
     <w:rsid w:val="00C72EA1"/>
     <w:rsid w:val="00C73152"/>
     <w:rsid w:val="00C736CD"/>
     <w:rsid w:val="00C739E4"/>
     <w:rsid w:val="00C74BCA"/>
     <w:rsid w:val="00C74D0F"/>
     <w:rsid w:val="00C75FA8"/>
     <w:rsid w:val="00C76158"/>
     <w:rsid w:val="00C76633"/>
     <w:rsid w:val="00C776AD"/>
     <w:rsid w:val="00C77905"/>
@@ -5210,79 +6596,79 @@
     <w:rsid w:val="00C84C0D"/>
     <w:rsid w:val="00C8521A"/>
     <w:rsid w:val="00C8574D"/>
     <w:rsid w:val="00C85ADE"/>
     <w:rsid w:val="00C85DBB"/>
     <w:rsid w:val="00C85ECE"/>
     <w:rsid w:val="00C8602D"/>
     <w:rsid w:val="00C863E0"/>
     <w:rsid w:val="00C86F64"/>
     <w:rsid w:val="00C86FE0"/>
     <w:rsid w:val="00C90379"/>
     <w:rsid w:val="00C9085A"/>
     <w:rsid w:val="00C9092F"/>
     <w:rsid w:val="00C90C37"/>
     <w:rsid w:val="00C90CF6"/>
     <w:rsid w:val="00C90D49"/>
     <w:rsid w:val="00C915C4"/>
     <w:rsid w:val="00C9232A"/>
     <w:rsid w:val="00C92864"/>
     <w:rsid w:val="00C92C5B"/>
     <w:rsid w:val="00C92FE9"/>
     <w:rsid w:val="00C933F5"/>
     <w:rsid w:val="00C93508"/>
     <w:rsid w:val="00C9487A"/>
     <w:rsid w:val="00C948C2"/>
+    <w:rsid w:val="00C94B3A"/>
     <w:rsid w:val="00C95419"/>
     <w:rsid w:val="00C9593F"/>
     <w:rsid w:val="00C9597E"/>
     <w:rsid w:val="00C96129"/>
     <w:rsid w:val="00C9624F"/>
     <w:rsid w:val="00C96565"/>
     <w:rsid w:val="00CA262C"/>
     <w:rsid w:val="00CA2BAF"/>
     <w:rsid w:val="00CA2F27"/>
     <w:rsid w:val="00CA4E24"/>
     <w:rsid w:val="00CA51E1"/>
     <w:rsid w:val="00CA61E4"/>
     <w:rsid w:val="00CA6B1E"/>
     <w:rsid w:val="00CA7515"/>
     <w:rsid w:val="00CA791D"/>
     <w:rsid w:val="00CB0149"/>
     <w:rsid w:val="00CB059B"/>
-    <w:rsid w:val="00CB09B9"/>
     <w:rsid w:val="00CB0C7F"/>
     <w:rsid w:val="00CB1B83"/>
     <w:rsid w:val="00CB1E6C"/>
+    <w:rsid w:val="00CB211B"/>
     <w:rsid w:val="00CB25D9"/>
     <w:rsid w:val="00CB2A3F"/>
     <w:rsid w:val="00CB2AFF"/>
     <w:rsid w:val="00CB3552"/>
     <w:rsid w:val="00CB3BD1"/>
     <w:rsid w:val="00CB4484"/>
     <w:rsid w:val="00CB4A3D"/>
-    <w:rsid w:val="00CB4E9E"/>
     <w:rsid w:val="00CB4F94"/>
     <w:rsid w:val="00CB50A7"/>
     <w:rsid w:val="00CB567B"/>
     <w:rsid w:val="00CB580A"/>
     <w:rsid w:val="00CB5D62"/>
     <w:rsid w:val="00CB6683"/>
     <w:rsid w:val="00CB78EA"/>
     <w:rsid w:val="00CC0866"/>
     <w:rsid w:val="00CC39EE"/>
     <w:rsid w:val="00CC40B3"/>
     <w:rsid w:val="00CC4A9A"/>
     <w:rsid w:val="00CC4AB8"/>
     <w:rsid w:val="00CC53D3"/>
     <w:rsid w:val="00CC57B6"/>
     <w:rsid w:val="00CC59A9"/>
     <w:rsid w:val="00CC6640"/>
     <w:rsid w:val="00CC6FE2"/>
     <w:rsid w:val="00CC7BC5"/>
     <w:rsid w:val="00CC7F21"/>
     <w:rsid w:val="00CC7F44"/>
     <w:rsid w:val="00CC7FDC"/>
     <w:rsid w:val="00CD0082"/>
     <w:rsid w:val="00CD09F5"/>
     <w:rsid w:val="00CD1BD4"/>
     <w:rsid w:val="00CD1E22"/>
@@ -5342,50 +6728,51 @@
     <w:rsid w:val="00D069B1"/>
     <w:rsid w:val="00D074EF"/>
     <w:rsid w:val="00D07A90"/>
     <w:rsid w:val="00D07D79"/>
     <w:rsid w:val="00D07F4F"/>
     <w:rsid w:val="00D10906"/>
     <w:rsid w:val="00D1135B"/>
     <w:rsid w:val="00D1165A"/>
     <w:rsid w:val="00D11E86"/>
     <w:rsid w:val="00D12D1D"/>
     <w:rsid w:val="00D13788"/>
     <w:rsid w:val="00D13DCE"/>
     <w:rsid w:val="00D14396"/>
     <w:rsid w:val="00D1494A"/>
     <w:rsid w:val="00D150AB"/>
     <w:rsid w:val="00D159F7"/>
     <w:rsid w:val="00D15CB9"/>
     <w:rsid w:val="00D15F30"/>
     <w:rsid w:val="00D1602B"/>
     <w:rsid w:val="00D174EB"/>
     <w:rsid w:val="00D179B4"/>
     <w:rsid w:val="00D20540"/>
     <w:rsid w:val="00D21881"/>
     <w:rsid w:val="00D21D78"/>
     <w:rsid w:val="00D22404"/>
+    <w:rsid w:val="00D233F6"/>
     <w:rsid w:val="00D23899"/>
     <w:rsid w:val="00D24026"/>
     <w:rsid w:val="00D24955"/>
     <w:rsid w:val="00D25448"/>
     <w:rsid w:val="00D25C1F"/>
     <w:rsid w:val="00D267B5"/>
     <w:rsid w:val="00D2799F"/>
     <w:rsid w:val="00D27BCD"/>
     <w:rsid w:val="00D30524"/>
     <w:rsid w:val="00D309E6"/>
     <w:rsid w:val="00D30F6C"/>
     <w:rsid w:val="00D3152C"/>
     <w:rsid w:val="00D3170B"/>
     <w:rsid w:val="00D31BEA"/>
     <w:rsid w:val="00D31F01"/>
     <w:rsid w:val="00D32643"/>
     <w:rsid w:val="00D33294"/>
     <w:rsid w:val="00D34263"/>
     <w:rsid w:val="00D355A4"/>
     <w:rsid w:val="00D35F64"/>
     <w:rsid w:val="00D360CF"/>
     <w:rsid w:val="00D362E3"/>
     <w:rsid w:val="00D3714C"/>
     <w:rsid w:val="00D3799B"/>
     <w:rsid w:val="00D37EC8"/>
@@ -5434,80 +6821,81 @@
     <w:rsid w:val="00D80FEC"/>
     <w:rsid w:val="00D81124"/>
     <w:rsid w:val="00D818BE"/>
     <w:rsid w:val="00D82334"/>
     <w:rsid w:val="00D82E31"/>
     <w:rsid w:val="00D8401B"/>
     <w:rsid w:val="00D8466E"/>
     <w:rsid w:val="00D84682"/>
     <w:rsid w:val="00D84B58"/>
     <w:rsid w:val="00D84D18"/>
     <w:rsid w:val="00D85569"/>
     <w:rsid w:val="00D8570A"/>
     <w:rsid w:val="00D85736"/>
     <w:rsid w:val="00D8601D"/>
     <w:rsid w:val="00D86766"/>
     <w:rsid w:val="00D86A9D"/>
     <w:rsid w:val="00D86F82"/>
     <w:rsid w:val="00D87A2D"/>
     <w:rsid w:val="00D87E81"/>
     <w:rsid w:val="00D90B62"/>
     <w:rsid w:val="00D912AA"/>
     <w:rsid w:val="00D91D36"/>
     <w:rsid w:val="00D92DCE"/>
     <w:rsid w:val="00D933FE"/>
     <w:rsid w:val="00D93F97"/>
+    <w:rsid w:val="00D941C3"/>
     <w:rsid w:val="00D947D1"/>
     <w:rsid w:val="00D94C12"/>
     <w:rsid w:val="00D950DF"/>
     <w:rsid w:val="00D95996"/>
     <w:rsid w:val="00D9626B"/>
     <w:rsid w:val="00D964A3"/>
     <w:rsid w:val="00D97B66"/>
     <w:rsid w:val="00D97B68"/>
     <w:rsid w:val="00D97BF6"/>
     <w:rsid w:val="00DA0112"/>
     <w:rsid w:val="00DA1105"/>
     <w:rsid w:val="00DA26F0"/>
     <w:rsid w:val="00DA2BA7"/>
     <w:rsid w:val="00DA403B"/>
     <w:rsid w:val="00DA42DA"/>
     <w:rsid w:val="00DA4372"/>
     <w:rsid w:val="00DA4781"/>
     <w:rsid w:val="00DA4C44"/>
     <w:rsid w:val="00DA4CE8"/>
     <w:rsid w:val="00DA5409"/>
     <w:rsid w:val="00DA545B"/>
     <w:rsid w:val="00DA6DD2"/>
+    <w:rsid w:val="00DA7529"/>
     <w:rsid w:val="00DA7695"/>
     <w:rsid w:val="00DA770B"/>
     <w:rsid w:val="00DB01D5"/>
     <w:rsid w:val="00DB0548"/>
     <w:rsid w:val="00DB1C08"/>
     <w:rsid w:val="00DB253A"/>
     <w:rsid w:val="00DB32D4"/>
-    <w:rsid w:val="00DB3BEF"/>
     <w:rsid w:val="00DB49D7"/>
     <w:rsid w:val="00DB4A16"/>
     <w:rsid w:val="00DB4D03"/>
     <w:rsid w:val="00DB53A1"/>
     <w:rsid w:val="00DB56F4"/>
     <w:rsid w:val="00DB5B74"/>
     <w:rsid w:val="00DB6542"/>
     <w:rsid w:val="00DB6951"/>
     <w:rsid w:val="00DB6D13"/>
     <w:rsid w:val="00DB6D2B"/>
     <w:rsid w:val="00DB77F3"/>
     <w:rsid w:val="00DB781E"/>
     <w:rsid w:val="00DB79D8"/>
     <w:rsid w:val="00DB7CEC"/>
     <w:rsid w:val="00DC0734"/>
     <w:rsid w:val="00DC07CA"/>
     <w:rsid w:val="00DC0BF4"/>
     <w:rsid w:val="00DC1082"/>
     <w:rsid w:val="00DC1143"/>
     <w:rsid w:val="00DC163C"/>
     <w:rsid w:val="00DC3155"/>
     <w:rsid w:val="00DC3A78"/>
     <w:rsid w:val="00DC3F4B"/>
     <w:rsid w:val="00DC3FAA"/>
     <w:rsid w:val="00DC496C"/>
@@ -5563,99 +6951,101 @@
     <w:rsid w:val="00DF1345"/>
     <w:rsid w:val="00DF2030"/>
     <w:rsid w:val="00DF2065"/>
     <w:rsid w:val="00DF3018"/>
     <w:rsid w:val="00DF45F1"/>
     <w:rsid w:val="00DF4C76"/>
     <w:rsid w:val="00DF5698"/>
     <w:rsid w:val="00DF5900"/>
     <w:rsid w:val="00DF7230"/>
     <w:rsid w:val="00DF7676"/>
     <w:rsid w:val="00DF781A"/>
     <w:rsid w:val="00E00178"/>
     <w:rsid w:val="00E001CD"/>
     <w:rsid w:val="00E006E8"/>
     <w:rsid w:val="00E01313"/>
     <w:rsid w:val="00E01444"/>
     <w:rsid w:val="00E0147C"/>
     <w:rsid w:val="00E01CB8"/>
     <w:rsid w:val="00E02611"/>
     <w:rsid w:val="00E0272E"/>
     <w:rsid w:val="00E02C25"/>
     <w:rsid w:val="00E0380F"/>
     <w:rsid w:val="00E045D5"/>
     <w:rsid w:val="00E049C0"/>
     <w:rsid w:val="00E0500A"/>
+    <w:rsid w:val="00E051A7"/>
     <w:rsid w:val="00E052B1"/>
     <w:rsid w:val="00E06CCF"/>
     <w:rsid w:val="00E075F0"/>
     <w:rsid w:val="00E106BA"/>
     <w:rsid w:val="00E1087E"/>
     <w:rsid w:val="00E10C08"/>
     <w:rsid w:val="00E111B9"/>
     <w:rsid w:val="00E113EB"/>
     <w:rsid w:val="00E11944"/>
     <w:rsid w:val="00E11DAA"/>
     <w:rsid w:val="00E12346"/>
     <w:rsid w:val="00E12428"/>
     <w:rsid w:val="00E137FC"/>
     <w:rsid w:val="00E13E6A"/>
     <w:rsid w:val="00E146AE"/>
     <w:rsid w:val="00E1470A"/>
     <w:rsid w:val="00E14C73"/>
     <w:rsid w:val="00E15DEA"/>
     <w:rsid w:val="00E16167"/>
     <w:rsid w:val="00E16443"/>
     <w:rsid w:val="00E1651D"/>
+    <w:rsid w:val="00E16982"/>
     <w:rsid w:val="00E169DC"/>
     <w:rsid w:val="00E16F7E"/>
+    <w:rsid w:val="00E17DD2"/>
     <w:rsid w:val="00E2038D"/>
     <w:rsid w:val="00E20398"/>
     <w:rsid w:val="00E2218C"/>
     <w:rsid w:val="00E2273D"/>
     <w:rsid w:val="00E22C85"/>
     <w:rsid w:val="00E24CE2"/>
     <w:rsid w:val="00E2538C"/>
     <w:rsid w:val="00E26182"/>
     <w:rsid w:val="00E2716E"/>
     <w:rsid w:val="00E27BBD"/>
     <w:rsid w:val="00E3017B"/>
     <w:rsid w:val="00E304FE"/>
     <w:rsid w:val="00E3073E"/>
     <w:rsid w:val="00E30E13"/>
     <w:rsid w:val="00E30E81"/>
     <w:rsid w:val="00E31C4C"/>
     <w:rsid w:val="00E3221C"/>
     <w:rsid w:val="00E3255A"/>
     <w:rsid w:val="00E32840"/>
     <w:rsid w:val="00E32A09"/>
     <w:rsid w:val="00E32E80"/>
     <w:rsid w:val="00E33304"/>
     <w:rsid w:val="00E33BDA"/>
     <w:rsid w:val="00E33E39"/>
     <w:rsid w:val="00E3437D"/>
-    <w:rsid w:val="00E344E8"/>
     <w:rsid w:val="00E34735"/>
     <w:rsid w:val="00E34F32"/>
     <w:rsid w:val="00E3589F"/>
     <w:rsid w:val="00E35B3C"/>
     <w:rsid w:val="00E36048"/>
     <w:rsid w:val="00E36373"/>
     <w:rsid w:val="00E36443"/>
     <w:rsid w:val="00E365FE"/>
     <w:rsid w:val="00E36600"/>
     <w:rsid w:val="00E36A1B"/>
     <w:rsid w:val="00E36A80"/>
     <w:rsid w:val="00E36FDA"/>
     <w:rsid w:val="00E37057"/>
     <w:rsid w:val="00E42686"/>
     <w:rsid w:val="00E428F6"/>
     <w:rsid w:val="00E4364C"/>
     <w:rsid w:val="00E448AE"/>
     <w:rsid w:val="00E44A50"/>
     <w:rsid w:val="00E45644"/>
     <w:rsid w:val="00E45C78"/>
     <w:rsid w:val="00E4616C"/>
     <w:rsid w:val="00E47045"/>
     <w:rsid w:val="00E4737E"/>
     <w:rsid w:val="00E47900"/>
     <w:rsid w:val="00E47EE1"/>
@@ -5684,105 +7074,106 @@
     <w:rsid w:val="00E64DE1"/>
     <w:rsid w:val="00E64F0D"/>
     <w:rsid w:val="00E6501C"/>
     <w:rsid w:val="00E65195"/>
     <w:rsid w:val="00E65305"/>
     <w:rsid w:val="00E65B62"/>
     <w:rsid w:val="00E66943"/>
     <w:rsid w:val="00E66D4E"/>
     <w:rsid w:val="00E66FCF"/>
     <w:rsid w:val="00E670BA"/>
     <w:rsid w:val="00E675CB"/>
     <w:rsid w:val="00E67B18"/>
     <w:rsid w:val="00E7047A"/>
     <w:rsid w:val="00E704E5"/>
     <w:rsid w:val="00E7205F"/>
     <w:rsid w:val="00E724BB"/>
     <w:rsid w:val="00E72C6D"/>
     <w:rsid w:val="00E741D3"/>
     <w:rsid w:val="00E7458B"/>
     <w:rsid w:val="00E7560F"/>
     <w:rsid w:val="00E758B7"/>
     <w:rsid w:val="00E75938"/>
     <w:rsid w:val="00E75FA0"/>
     <w:rsid w:val="00E76315"/>
     <w:rsid w:val="00E763BE"/>
-    <w:rsid w:val="00E7698D"/>
     <w:rsid w:val="00E76E9C"/>
     <w:rsid w:val="00E77359"/>
     <w:rsid w:val="00E773D8"/>
     <w:rsid w:val="00E7749B"/>
     <w:rsid w:val="00E80261"/>
+    <w:rsid w:val="00E80ABB"/>
     <w:rsid w:val="00E80BEB"/>
+    <w:rsid w:val="00E8154C"/>
     <w:rsid w:val="00E82E2E"/>
     <w:rsid w:val="00E82F71"/>
     <w:rsid w:val="00E83817"/>
     <w:rsid w:val="00E83F92"/>
     <w:rsid w:val="00E846B4"/>
     <w:rsid w:val="00E85245"/>
     <w:rsid w:val="00E854D8"/>
     <w:rsid w:val="00E8573D"/>
     <w:rsid w:val="00E85944"/>
     <w:rsid w:val="00E85FA4"/>
     <w:rsid w:val="00E8648F"/>
     <w:rsid w:val="00E86C26"/>
     <w:rsid w:val="00E86C63"/>
-    <w:rsid w:val="00E8781E"/>
     <w:rsid w:val="00E87CEE"/>
     <w:rsid w:val="00E90478"/>
     <w:rsid w:val="00E905B1"/>
     <w:rsid w:val="00E90A01"/>
     <w:rsid w:val="00E91030"/>
     <w:rsid w:val="00E91150"/>
     <w:rsid w:val="00E9119E"/>
     <w:rsid w:val="00E91334"/>
     <w:rsid w:val="00E91753"/>
     <w:rsid w:val="00E917A9"/>
     <w:rsid w:val="00E92CCF"/>
     <w:rsid w:val="00E931BF"/>
     <w:rsid w:val="00E93BCB"/>
     <w:rsid w:val="00E9424E"/>
     <w:rsid w:val="00E9468E"/>
     <w:rsid w:val="00E95111"/>
     <w:rsid w:val="00E95239"/>
     <w:rsid w:val="00E954A6"/>
     <w:rsid w:val="00E956B6"/>
     <w:rsid w:val="00E95B2E"/>
     <w:rsid w:val="00E95C36"/>
     <w:rsid w:val="00E964A8"/>
     <w:rsid w:val="00E96813"/>
     <w:rsid w:val="00E9699A"/>
     <w:rsid w:val="00E96DEE"/>
     <w:rsid w:val="00E97575"/>
     <w:rsid w:val="00EA0790"/>
     <w:rsid w:val="00EA0859"/>
     <w:rsid w:val="00EA095C"/>
     <w:rsid w:val="00EA0B60"/>
     <w:rsid w:val="00EA2AF6"/>
     <w:rsid w:val="00EA30CF"/>
     <w:rsid w:val="00EA32BC"/>
     <w:rsid w:val="00EA4F0C"/>
+    <w:rsid w:val="00EA5278"/>
     <w:rsid w:val="00EA5606"/>
     <w:rsid w:val="00EA5CCA"/>
     <w:rsid w:val="00EA6D2C"/>
     <w:rsid w:val="00EA727A"/>
     <w:rsid w:val="00EA7B6E"/>
     <w:rsid w:val="00EB0017"/>
     <w:rsid w:val="00EB11C4"/>
     <w:rsid w:val="00EB1309"/>
     <w:rsid w:val="00EB130E"/>
     <w:rsid w:val="00EB1497"/>
     <w:rsid w:val="00EB2A57"/>
     <w:rsid w:val="00EB2DB5"/>
     <w:rsid w:val="00EB301C"/>
     <w:rsid w:val="00EB37F3"/>
     <w:rsid w:val="00EB39C3"/>
     <w:rsid w:val="00EB3F2F"/>
     <w:rsid w:val="00EB452A"/>
     <w:rsid w:val="00EB59ED"/>
     <w:rsid w:val="00EB5DF9"/>
     <w:rsid w:val="00EB5F39"/>
     <w:rsid w:val="00EB612B"/>
     <w:rsid w:val="00EB6A78"/>
     <w:rsid w:val="00EB6CAA"/>
     <w:rsid w:val="00EB725F"/>
     <w:rsid w:val="00EB77E8"/>
@@ -5799,93 +7190,91 @@
     <w:rsid w:val="00EC4C71"/>
     <w:rsid w:val="00EC4E2E"/>
     <w:rsid w:val="00EC5B71"/>
     <w:rsid w:val="00EC659E"/>
     <w:rsid w:val="00EC7CE3"/>
     <w:rsid w:val="00ED16C1"/>
     <w:rsid w:val="00ED1A3B"/>
     <w:rsid w:val="00ED1DA1"/>
     <w:rsid w:val="00ED1F65"/>
     <w:rsid w:val="00ED24AE"/>
     <w:rsid w:val="00ED3F19"/>
     <w:rsid w:val="00ED4707"/>
     <w:rsid w:val="00ED4E09"/>
     <w:rsid w:val="00ED517A"/>
     <w:rsid w:val="00ED600A"/>
     <w:rsid w:val="00ED6321"/>
     <w:rsid w:val="00ED6534"/>
     <w:rsid w:val="00ED6991"/>
     <w:rsid w:val="00ED7828"/>
     <w:rsid w:val="00ED7991"/>
     <w:rsid w:val="00ED7A02"/>
     <w:rsid w:val="00EE0509"/>
     <w:rsid w:val="00EE0AC0"/>
     <w:rsid w:val="00EE17BA"/>
     <w:rsid w:val="00EE1DF8"/>
-    <w:rsid w:val="00EE23C8"/>
     <w:rsid w:val="00EE3214"/>
     <w:rsid w:val="00EE3467"/>
     <w:rsid w:val="00EE376E"/>
     <w:rsid w:val="00EE4275"/>
     <w:rsid w:val="00EE43E6"/>
     <w:rsid w:val="00EE47F9"/>
     <w:rsid w:val="00EE55A8"/>
     <w:rsid w:val="00EE6181"/>
     <w:rsid w:val="00EE63BA"/>
     <w:rsid w:val="00EE644A"/>
     <w:rsid w:val="00EE6CC0"/>
     <w:rsid w:val="00EE7F44"/>
     <w:rsid w:val="00EF0AEB"/>
     <w:rsid w:val="00EF0D19"/>
     <w:rsid w:val="00EF11FE"/>
     <w:rsid w:val="00EF12FA"/>
     <w:rsid w:val="00EF13D8"/>
     <w:rsid w:val="00EF1A16"/>
     <w:rsid w:val="00EF1A69"/>
     <w:rsid w:val="00EF1F9F"/>
     <w:rsid w:val="00EF2065"/>
     <w:rsid w:val="00EF2814"/>
     <w:rsid w:val="00EF3186"/>
     <w:rsid w:val="00EF3B60"/>
     <w:rsid w:val="00EF3C3B"/>
     <w:rsid w:val="00EF5A77"/>
     <w:rsid w:val="00EF64B3"/>
     <w:rsid w:val="00EF6A38"/>
     <w:rsid w:val="00EF6DB8"/>
     <w:rsid w:val="00EF72D3"/>
     <w:rsid w:val="00EF76CE"/>
     <w:rsid w:val="00F006F2"/>
     <w:rsid w:val="00F02695"/>
     <w:rsid w:val="00F026B3"/>
     <w:rsid w:val="00F03FAC"/>
     <w:rsid w:val="00F04CDE"/>
     <w:rsid w:val="00F04F9D"/>
     <w:rsid w:val="00F05395"/>
     <w:rsid w:val="00F0566F"/>
     <w:rsid w:val="00F05C23"/>
     <w:rsid w:val="00F06570"/>
-    <w:rsid w:val="00F068CC"/>
     <w:rsid w:val="00F06CA6"/>
     <w:rsid w:val="00F06EDD"/>
     <w:rsid w:val="00F06FE7"/>
     <w:rsid w:val="00F0781C"/>
     <w:rsid w:val="00F07BEC"/>
     <w:rsid w:val="00F07EB5"/>
     <w:rsid w:val="00F10725"/>
     <w:rsid w:val="00F10D9D"/>
     <w:rsid w:val="00F10EC8"/>
     <w:rsid w:val="00F10FAE"/>
     <w:rsid w:val="00F118EE"/>
     <w:rsid w:val="00F11DEE"/>
     <w:rsid w:val="00F14F20"/>
     <w:rsid w:val="00F156D8"/>
     <w:rsid w:val="00F15E46"/>
     <w:rsid w:val="00F16531"/>
     <w:rsid w:val="00F16CED"/>
     <w:rsid w:val="00F17369"/>
     <w:rsid w:val="00F17843"/>
     <w:rsid w:val="00F1790A"/>
     <w:rsid w:val="00F20E45"/>
     <w:rsid w:val="00F20F61"/>
     <w:rsid w:val="00F2136C"/>
     <w:rsid w:val="00F214C1"/>
     <w:rsid w:val="00F21792"/>
@@ -5917,157 +7306,160 @@
     <w:rsid w:val="00F33B76"/>
     <w:rsid w:val="00F349BF"/>
     <w:rsid w:val="00F34C26"/>
     <w:rsid w:val="00F35128"/>
     <w:rsid w:val="00F3541A"/>
     <w:rsid w:val="00F357F4"/>
     <w:rsid w:val="00F35AF9"/>
     <w:rsid w:val="00F35D8B"/>
     <w:rsid w:val="00F35F94"/>
     <w:rsid w:val="00F36619"/>
     <w:rsid w:val="00F36BA7"/>
     <w:rsid w:val="00F3717E"/>
     <w:rsid w:val="00F37B59"/>
     <w:rsid w:val="00F37F03"/>
     <w:rsid w:val="00F400F1"/>
     <w:rsid w:val="00F4118F"/>
     <w:rsid w:val="00F41C71"/>
     <w:rsid w:val="00F42482"/>
     <w:rsid w:val="00F43ACF"/>
     <w:rsid w:val="00F43E1B"/>
     <w:rsid w:val="00F43EC6"/>
     <w:rsid w:val="00F44389"/>
     <w:rsid w:val="00F44784"/>
     <w:rsid w:val="00F449A6"/>
     <w:rsid w:val="00F44A56"/>
+    <w:rsid w:val="00F45614"/>
     <w:rsid w:val="00F45C84"/>
     <w:rsid w:val="00F46A6B"/>
     <w:rsid w:val="00F47AB1"/>
     <w:rsid w:val="00F47C3A"/>
     <w:rsid w:val="00F501F3"/>
     <w:rsid w:val="00F51154"/>
     <w:rsid w:val="00F51271"/>
     <w:rsid w:val="00F5150F"/>
     <w:rsid w:val="00F51564"/>
     <w:rsid w:val="00F5290A"/>
     <w:rsid w:val="00F52AC7"/>
     <w:rsid w:val="00F5306C"/>
     <w:rsid w:val="00F53802"/>
     <w:rsid w:val="00F53D15"/>
     <w:rsid w:val="00F53F5C"/>
     <w:rsid w:val="00F54092"/>
     <w:rsid w:val="00F542D8"/>
     <w:rsid w:val="00F5462A"/>
     <w:rsid w:val="00F5472A"/>
     <w:rsid w:val="00F54BC6"/>
     <w:rsid w:val="00F54F6E"/>
+    <w:rsid w:val="00F56D4A"/>
     <w:rsid w:val="00F57DC8"/>
     <w:rsid w:val="00F607BC"/>
     <w:rsid w:val="00F609E1"/>
     <w:rsid w:val="00F6107F"/>
     <w:rsid w:val="00F61CCC"/>
     <w:rsid w:val="00F61F70"/>
     <w:rsid w:val="00F62A6B"/>
     <w:rsid w:val="00F62BA8"/>
     <w:rsid w:val="00F62E0D"/>
     <w:rsid w:val="00F62ED4"/>
     <w:rsid w:val="00F640F1"/>
     <w:rsid w:val="00F64422"/>
     <w:rsid w:val="00F6467F"/>
     <w:rsid w:val="00F648F5"/>
     <w:rsid w:val="00F6583F"/>
     <w:rsid w:val="00F65D4A"/>
     <w:rsid w:val="00F65F3F"/>
     <w:rsid w:val="00F66788"/>
     <w:rsid w:val="00F66B03"/>
     <w:rsid w:val="00F670F5"/>
     <w:rsid w:val="00F67302"/>
+    <w:rsid w:val="00F676FF"/>
     <w:rsid w:val="00F67985"/>
     <w:rsid w:val="00F67B24"/>
     <w:rsid w:val="00F67D61"/>
     <w:rsid w:val="00F70352"/>
     <w:rsid w:val="00F70534"/>
     <w:rsid w:val="00F705C2"/>
     <w:rsid w:val="00F70BA4"/>
     <w:rsid w:val="00F7129A"/>
     <w:rsid w:val="00F71B11"/>
     <w:rsid w:val="00F72B6A"/>
     <w:rsid w:val="00F73377"/>
     <w:rsid w:val="00F738FE"/>
     <w:rsid w:val="00F744AA"/>
     <w:rsid w:val="00F753CE"/>
     <w:rsid w:val="00F75577"/>
     <w:rsid w:val="00F75AA6"/>
     <w:rsid w:val="00F763D6"/>
     <w:rsid w:val="00F76D67"/>
     <w:rsid w:val="00F774FE"/>
     <w:rsid w:val="00F77DED"/>
     <w:rsid w:val="00F8016B"/>
     <w:rsid w:val="00F801CE"/>
     <w:rsid w:val="00F80252"/>
     <w:rsid w:val="00F80DE7"/>
     <w:rsid w:val="00F8115D"/>
     <w:rsid w:val="00F813C9"/>
     <w:rsid w:val="00F81851"/>
     <w:rsid w:val="00F82410"/>
     <w:rsid w:val="00F838B9"/>
     <w:rsid w:val="00F85110"/>
     <w:rsid w:val="00F85AEE"/>
     <w:rsid w:val="00F86FBD"/>
     <w:rsid w:val="00F879A8"/>
     <w:rsid w:val="00F87CAD"/>
     <w:rsid w:val="00F87E26"/>
     <w:rsid w:val="00F87F3D"/>
     <w:rsid w:val="00F9012A"/>
     <w:rsid w:val="00F90285"/>
     <w:rsid w:val="00F911A8"/>
     <w:rsid w:val="00F93ADF"/>
     <w:rsid w:val="00F94647"/>
+    <w:rsid w:val="00F953A2"/>
     <w:rsid w:val="00F95AF5"/>
     <w:rsid w:val="00F96DA9"/>
     <w:rsid w:val="00F97C13"/>
     <w:rsid w:val="00F97CA4"/>
     <w:rsid w:val="00F97DEB"/>
     <w:rsid w:val="00FA04C5"/>
     <w:rsid w:val="00FA0BAC"/>
     <w:rsid w:val="00FA0D9F"/>
     <w:rsid w:val="00FA195E"/>
     <w:rsid w:val="00FA1D06"/>
     <w:rsid w:val="00FA1F32"/>
     <w:rsid w:val="00FA2646"/>
     <w:rsid w:val="00FA28B2"/>
     <w:rsid w:val="00FA2A53"/>
     <w:rsid w:val="00FA30B6"/>
     <w:rsid w:val="00FA38C8"/>
     <w:rsid w:val="00FA39BC"/>
     <w:rsid w:val="00FA3A0C"/>
     <w:rsid w:val="00FA3B27"/>
     <w:rsid w:val="00FA4300"/>
     <w:rsid w:val="00FA48ED"/>
     <w:rsid w:val="00FA5E4D"/>
     <w:rsid w:val="00FA6BFC"/>
-    <w:rsid w:val="00FA73C5"/>
     <w:rsid w:val="00FA7742"/>
     <w:rsid w:val="00FA7B36"/>
     <w:rsid w:val="00FA7CEE"/>
     <w:rsid w:val="00FB04D7"/>
     <w:rsid w:val="00FB078D"/>
     <w:rsid w:val="00FB0D25"/>
     <w:rsid w:val="00FB0F10"/>
     <w:rsid w:val="00FB159C"/>
     <w:rsid w:val="00FB23C3"/>
     <w:rsid w:val="00FB2543"/>
     <w:rsid w:val="00FB295D"/>
     <w:rsid w:val="00FB2D5C"/>
     <w:rsid w:val="00FB3167"/>
     <w:rsid w:val="00FB3331"/>
     <w:rsid w:val="00FB4A4C"/>
     <w:rsid w:val="00FB501C"/>
     <w:rsid w:val="00FB58B3"/>
     <w:rsid w:val="00FB5A38"/>
     <w:rsid w:val="00FB5D00"/>
     <w:rsid w:val="00FB5DC1"/>
     <w:rsid w:val="00FB6FE2"/>
     <w:rsid w:val="00FB712C"/>
     <w:rsid w:val="00FB75AF"/>
     <w:rsid w:val="00FC06B7"/>
     <w:rsid w:val="00FC0BFA"/>
@@ -6295,87 +7687,139 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E344E8"/>
+    <w:rsid w:val="00411B9F"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00411B9F"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00411B9F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00411B9F"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00E344E8"/>
+    <w:rsid w:val="00411B9F"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -6500,104 +7944,171 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E344E8"/>
+    <w:rsid w:val="00411B9F"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00411B9F"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00411B9F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00411B9F"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00E344E8"/>
+    <w:rsid w:val="00411B9F"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="477722351">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shkolashkola8@mail.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6844,66 +8355,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>573</Words>
-  <Characters>3270</Characters>
+  <Words>574</Words>
+  <Characters>3278</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3836</CharactersWithSpaces>
+  <CharactersWithSpaces>3845</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аня</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>