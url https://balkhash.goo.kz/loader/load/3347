--- v0 (2025-12-10)
+++ v1 (2026-01-02)
@@ -1,1491 +1,298 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="008A47B1" w:rsidRPr="008A47B1" w:rsidRDefault="00B6765A" w:rsidP="008A47B1">
+    <w:p w:rsidR="001536AF" w:rsidRPr="001536AF" w:rsidRDefault="00B6765A" w:rsidP="001536AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001536AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008A47B1" w:rsidRPr="008A47B1">
+      <w:r w:rsidR="001536AF" w:rsidRPr="001536AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-        <w:t>Тамақтану-адам</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nutrition is one of the most important factors of human health and proper physical </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="008A47B1" w:rsidRPr="008A47B1">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001536AF" w:rsidRPr="001536AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>development .</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...160 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008A47B1" w:rsidRPr="008A47B1" w:rsidRDefault="008A47B1" w:rsidP="008A47B1">
+    <w:p w:rsidR="001536AF" w:rsidRPr="001536AF" w:rsidRDefault="001536AF" w:rsidP="001536AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A47B1">
+      <w:r w:rsidRPr="001536AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-[...226 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The contribution of nutrition in maintaining human health cannot be overestimated. Food, entering the body, performs a huge variety of functions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A47B1" w:rsidRPr="008A47B1" w:rsidRDefault="008A47B1" w:rsidP="008A47B1">
+    <w:p w:rsidR="001536AF" w:rsidRPr="001536AF" w:rsidRDefault="001536AF" w:rsidP="001536AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A47B1">
+      <w:r w:rsidRPr="001536AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-[...36 lines deleted...]
-        <w:t>тама</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">First of all, food is a source of energy for our </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008A47B1">
+      <w:r w:rsidRPr="001536AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-        <w:t>қ-</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>body ,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008A47B1">
+      <w:r w:rsidRPr="001536AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-[...99 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> through which we live.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A47B1" w:rsidRPr="008A47B1" w:rsidRDefault="008A47B1" w:rsidP="008A47B1">
+    <w:p w:rsidR="001536AF" w:rsidRPr="001536AF" w:rsidRDefault="001536AF" w:rsidP="001536AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A47B1">
+      <w:r w:rsidRPr="001536AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     That is why in the framework of the decade of healthy eating social teacher Beysekeeva Z. R. February 1, 2019 held a competition of posters and </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A47B1">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001536AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-[...226 lines deleted...]
-        <w:t xml:space="preserve"> .</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>drawings .</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008A47B1">
+      <w:r w:rsidRPr="001536AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A47B1" w:rsidRPr="008A47B1" w:rsidRDefault="008A47B1" w:rsidP="008A47B1">
+    <w:p w:rsidR="001536AF" w:rsidRPr="001536AF" w:rsidRDefault="001536AF" w:rsidP="001536AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A47B1">
+      <w:r w:rsidRPr="001536AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-[...153 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In their works, the participants reflected views on malnutrition, conducted experiments. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE598B" w:rsidRDefault="008A47B1" w:rsidP="008A47B1">
+    <w:p w:rsidR="00FE598B" w:rsidRPr="001536AF" w:rsidRDefault="001536AF" w:rsidP="001536AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A47B1">
+      <w:r w:rsidRPr="001536AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-[...307 lines deleted...]
-        <w:t>!</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>All students who took part in the competition were awarded prizes and certificates. The guys got new information about the benefits of proper nutrition!</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00FE598B">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="78D53AA6" wp14:editId="2737E300">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4763F9FC" wp14:editId="617A1096">
             <wp:extent cx="5940425" cy="3960283"/>
             <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\питание  декада\на сайт\IMG_1272.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\питание  декада\на сайт\IMG_1272.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="3960283"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE598B" w:rsidRDefault="00FE598B" w:rsidP="00B6765A">
+    <w:p w:rsidR="00FE598B" w:rsidRPr="001536AF" w:rsidRDefault="00FE598B" w:rsidP="00B6765A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7350"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FE598B" w:rsidRDefault="00FE598B" w:rsidP="00B6765A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7350"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5940425" cy="3960283"/>
             <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Зере\Desktop\питание  декада\на сайт\IMG_1210.JPG"/>
@@ -2039,50 +846,51 @@
     <w:rsid w:val="000B5C1B"/>
     <w:rsid w:val="000B7D11"/>
     <w:rsid w:val="000C458D"/>
     <w:rsid w:val="000C7446"/>
     <w:rsid w:val="000C7D87"/>
     <w:rsid w:val="000D046B"/>
     <w:rsid w:val="000E09E0"/>
     <w:rsid w:val="000E140D"/>
     <w:rsid w:val="000E1BDE"/>
     <w:rsid w:val="000E7D63"/>
     <w:rsid w:val="000F4E7E"/>
     <w:rsid w:val="00100C92"/>
     <w:rsid w:val="001017B9"/>
     <w:rsid w:val="00101EFB"/>
     <w:rsid w:val="001041AC"/>
     <w:rsid w:val="00105F72"/>
     <w:rsid w:val="00107749"/>
     <w:rsid w:val="00112AF9"/>
     <w:rsid w:val="00115978"/>
     <w:rsid w:val="001233A7"/>
     <w:rsid w:val="00134C71"/>
     <w:rsid w:val="001400DB"/>
     <w:rsid w:val="00146BCD"/>
     <w:rsid w:val="00150B93"/>
     <w:rsid w:val="00152E4C"/>
+    <w:rsid w:val="001536AF"/>
     <w:rsid w:val="0015456C"/>
     <w:rsid w:val="00156F97"/>
     <w:rsid w:val="0016567E"/>
     <w:rsid w:val="00172B8E"/>
     <w:rsid w:val="00173299"/>
     <w:rsid w:val="00177A93"/>
     <w:rsid w:val="00184986"/>
     <w:rsid w:val="001872E1"/>
     <w:rsid w:val="001B50B7"/>
     <w:rsid w:val="001B5576"/>
     <w:rsid w:val="001C2BFD"/>
     <w:rsid w:val="001D3F1D"/>
     <w:rsid w:val="001E572D"/>
     <w:rsid w:val="001F23C7"/>
     <w:rsid w:val="00200385"/>
     <w:rsid w:val="0020589F"/>
     <w:rsid w:val="002065C3"/>
     <w:rsid w:val="00207671"/>
     <w:rsid w:val="00210790"/>
     <w:rsid w:val="00215E3F"/>
     <w:rsid w:val="0021704D"/>
     <w:rsid w:val="0022223F"/>
     <w:rsid w:val="00224351"/>
     <w:rsid w:val="00224898"/>
     <w:rsid w:val="0022615E"/>
@@ -2253,51 +1061,50 @@
     <w:rsid w:val="007F4F1C"/>
     <w:rsid w:val="008005D9"/>
     <w:rsid w:val="0080112E"/>
     <w:rsid w:val="008016BD"/>
     <w:rsid w:val="008066DB"/>
     <w:rsid w:val="0083174F"/>
     <w:rsid w:val="00832ECA"/>
     <w:rsid w:val="008364EB"/>
     <w:rsid w:val="008445BF"/>
     <w:rsid w:val="008515B5"/>
     <w:rsid w:val="00853FFF"/>
     <w:rsid w:val="00855250"/>
     <w:rsid w:val="00862993"/>
     <w:rsid w:val="00866C79"/>
     <w:rsid w:val="0087425F"/>
     <w:rsid w:val="008753E6"/>
     <w:rsid w:val="00884D93"/>
     <w:rsid w:val="00885DA6"/>
     <w:rsid w:val="00890514"/>
     <w:rsid w:val="0089548D"/>
     <w:rsid w:val="0089754F"/>
     <w:rsid w:val="00897959"/>
     <w:rsid w:val="008A16A9"/>
     <w:rsid w:val="008A2629"/>
     <w:rsid w:val="008A2804"/>
-    <w:rsid w:val="008A47B1"/>
     <w:rsid w:val="008A5596"/>
     <w:rsid w:val="008B03DA"/>
     <w:rsid w:val="008B0EF3"/>
     <w:rsid w:val="008B4514"/>
     <w:rsid w:val="008B7A0F"/>
     <w:rsid w:val="008C3EF7"/>
     <w:rsid w:val="008D4ED9"/>
     <w:rsid w:val="008E389B"/>
     <w:rsid w:val="008E4549"/>
     <w:rsid w:val="008E7050"/>
     <w:rsid w:val="008F5A5E"/>
     <w:rsid w:val="008F733C"/>
     <w:rsid w:val="009002BA"/>
     <w:rsid w:val="009004B8"/>
     <w:rsid w:val="00902E2F"/>
     <w:rsid w:val="00911883"/>
     <w:rsid w:val="00914193"/>
     <w:rsid w:val="00936FAD"/>
     <w:rsid w:val="0094047B"/>
     <w:rsid w:val="00943934"/>
     <w:rsid w:val="00960B23"/>
     <w:rsid w:val="00965B89"/>
     <w:rsid w:val="0097649A"/>
     <w:rsid w:val="00986415"/>
     <w:rsid w:val="00987587"/>
@@ -3395,65 +2202,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>100</Words>
-  <Characters>573</Characters>
+  <Words>111</Words>
+  <Characters>638</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>672</CharactersWithSpaces>
+  <CharactersWithSpaces>748</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>