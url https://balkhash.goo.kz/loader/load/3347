--- v1 (2026-01-02)
+++ v2 (2026-03-05)
@@ -1,298 +1,333 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="001536AF" w:rsidRPr="001536AF" w:rsidRDefault="00B6765A" w:rsidP="001536AF">
+    <w:p w:rsidR="00B6765A" w:rsidRPr="00B6765A" w:rsidRDefault="00B6765A" w:rsidP="004264D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001536AF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="001536AF" w:rsidRPr="001536AF">
+      <w:r w:rsidRPr="00B6765A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Nutrition is one of the most important factors of human health and proper physical </w:t>
+        </w:rPr>
+        <w:t>Питан</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B6765A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ие </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="001536AF" w:rsidRPr="001536AF">
+      <w:r w:rsidRPr="00B6765A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>development .</w:t>
+        </w:rPr>
+        <w:t>–о</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B6765A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>дин из важнейших факторов здоровья человека и его правильного физического развития .</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="001536AF" w:rsidRPr="001536AF" w:rsidRDefault="001536AF" w:rsidP="001536AF">
+    <w:p w:rsidR="00B6765A" w:rsidRPr="00B6765A" w:rsidRDefault="00B6765A" w:rsidP="004264D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001536AF">
+      <w:r w:rsidRPr="00B6765A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>The contribution of nutrition in maintaining human health cannot be overestimated. Food, entering the body, performs a huge variety of functions.</w:t>
+        </w:rPr>
+        <w:t>Вклад питания</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B6765A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B6765A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в поддержании здоровья человека , переоценить невозможно. Еда, поступая в организм, выполняет огромное количество разнообразных функций.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001536AF" w:rsidRPr="001536AF" w:rsidRDefault="001536AF" w:rsidP="001536AF">
+    <w:p w:rsidR="00B6765A" w:rsidRPr="00B6765A" w:rsidRDefault="00B6765A" w:rsidP="004264D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001536AF">
+      <w:r w:rsidRPr="00B6765A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">First of all, food is a source of energy for our </w:t>
+        </w:rPr>
+        <w:t>Прежде всего, пищ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="001536AF">
+      <w:r w:rsidRPr="00B6765A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>body ,</w:t>
+        </w:rPr>
+        <w:t>а-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="001536AF">
+      <w:r w:rsidRPr="00B6765A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> through which we live.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> это источник энергии , для нашего организма, за счёт которой мы живём.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001536AF" w:rsidRPr="001536AF" w:rsidRDefault="001536AF" w:rsidP="001536AF">
+    <w:p w:rsidR="00B6765A" w:rsidRPr="00B6765A" w:rsidRDefault="00B6765A" w:rsidP="004264D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001536AF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">     That is why in the framework of the decade of healthy eating social teacher Beysekeeva Z. R. February 1, 2019 held a competition of posters and </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6765A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Именно, поэтому в рамках декады по здоровому питанию социальным педагогом Бейсекеевой З.Р. 1 февраля 2019 года проведен конкурс плакатов и рисунков</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="001536AF">
+      <w:r w:rsidRPr="00B6765A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>drawings .</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="001536AF">
+      <w:r w:rsidRPr="00B6765A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001536AF" w:rsidRPr="001536AF" w:rsidRDefault="001536AF" w:rsidP="001536AF">
+    <w:p w:rsidR="00B6765A" w:rsidRPr="00B6765A" w:rsidRDefault="00B6765A" w:rsidP="004264D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001536AF">
+      <w:r w:rsidRPr="00B6765A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">In their works, the participants reflected views on malnutrition, conducted experiments. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">В своих работах участники отразили взгляды к неправильному питанию, проводили эксперименты. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE598B" w:rsidRPr="001536AF" w:rsidRDefault="001536AF" w:rsidP="001536AF">
+    <w:p w:rsidR="00B6765A" w:rsidRPr="00B6765A" w:rsidRDefault="00B6765A" w:rsidP="004264D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="36"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001536AF">
+      <w:r w:rsidRPr="00B6765A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00FE598B">
+        </w:rPr>
+        <w:t>Все учащиеся, принявшие участие в конкурсе были награждены призами и грамотами. Ребята получили новую информацию о пользе правильного питания!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE598B" w:rsidRDefault="00FE598B" w:rsidP="00B6765A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7350"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4763F9FC" wp14:editId="617A1096">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5940425" cy="3960283"/>
             <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\питание  декада\на сайт\IMG_1272.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\питание  декада\на сайт\IMG_1272.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="3960283"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE598B" w:rsidRPr="001536AF" w:rsidRDefault="00FE598B" w:rsidP="00B6765A">
+    <w:p w:rsidR="00FE598B" w:rsidRDefault="00FE598B" w:rsidP="00B6765A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7350"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FE598B" w:rsidRDefault="00FE598B" w:rsidP="00B6765A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7350"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5940425" cy="3960283"/>
             <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Зере\Desktop\питание  декада\на сайт\IMG_1210.JPG"/>
@@ -846,51 +881,50 @@
     <w:rsid w:val="000B5C1B"/>
     <w:rsid w:val="000B7D11"/>
     <w:rsid w:val="000C458D"/>
     <w:rsid w:val="000C7446"/>
     <w:rsid w:val="000C7D87"/>
     <w:rsid w:val="000D046B"/>
     <w:rsid w:val="000E09E0"/>
     <w:rsid w:val="000E140D"/>
     <w:rsid w:val="000E1BDE"/>
     <w:rsid w:val="000E7D63"/>
     <w:rsid w:val="000F4E7E"/>
     <w:rsid w:val="00100C92"/>
     <w:rsid w:val="001017B9"/>
     <w:rsid w:val="00101EFB"/>
     <w:rsid w:val="001041AC"/>
     <w:rsid w:val="00105F72"/>
     <w:rsid w:val="00107749"/>
     <w:rsid w:val="00112AF9"/>
     <w:rsid w:val="00115978"/>
     <w:rsid w:val="001233A7"/>
     <w:rsid w:val="00134C71"/>
     <w:rsid w:val="001400DB"/>
     <w:rsid w:val="00146BCD"/>
     <w:rsid w:val="00150B93"/>
     <w:rsid w:val="00152E4C"/>
-    <w:rsid w:val="001536AF"/>
     <w:rsid w:val="0015456C"/>
     <w:rsid w:val="00156F97"/>
     <w:rsid w:val="0016567E"/>
     <w:rsid w:val="00172B8E"/>
     <w:rsid w:val="00173299"/>
     <w:rsid w:val="00177A93"/>
     <w:rsid w:val="00184986"/>
     <w:rsid w:val="001872E1"/>
     <w:rsid w:val="001B50B7"/>
     <w:rsid w:val="001B5576"/>
     <w:rsid w:val="001C2BFD"/>
     <w:rsid w:val="001D3F1D"/>
     <w:rsid w:val="001E572D"/>
     <w:rsid w:val="001F23C7"/>
     <w:rsid w:val="00200385"/>
     <w:rsid w:val="0020589F"/>
     <w:rsid w:val="002065C3"/>
     <w:rsid w:val="00207671"/>
     <w:rsid w:val="00210790"/>
     <w:rsid w:val="00215E3F"/>
     <w:rsid w:val="0021704D"/>
     <w:rsid w:val="0022223F"/>
     <w:rsid w:val="00224351"/>
     <w:rsid w:val="00224898"/>
     <w:rsid w:val="0022615E"/>
@@ -2202,65 +2236,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>111</Words>
-  <Characters>638</Characters>
+  <Words>112</Words>
+  <Characters>643</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>748</CharactersWithSpaces>
+  <CharactersWithSpaces>754</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>