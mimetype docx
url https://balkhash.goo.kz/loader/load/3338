--- v0 (2025-12-07)
+++ v1 (2025-12-08)
@@ -1,1308 +1,216 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0087425F" w:rsidRPr="001425D9" w:rsidRDefault="00176790">
+    <w:p w:rsidR="0087425F" w:rsidRPr="001425D9" w:rsidRDefault="009972E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00176790">
-[...1226 lines deleted...]
-        <w:t>!</w:t>
+      <w:r w:rsidRPr="001425D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>В рамках  реализации  Республиканской    акции «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001425D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Забота»  и   статьи  Главы   государства «Семь граней  великих степей»  29  января  </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="006E7EBC" w:rsidRPr="006E7EBC">
-[...6 lines deleted...]
-        <w:t>!</w:t>
+      <w:r w:rsidRPr="001425D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2019  года    ИП Гультяев   Алексей  Валерьевич    для учащихся   коррекционных классов, обучающихся   по программе   инклюзивного образования   под</w:t>
+      </w:r>
+      <w:r w:rsidR="00674328" w:rsidRPr="001425D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>готовил  неожиданный</w:t>
+      </w:r>
+      <w:r w:rsidR="00674328" w:rsidRPr="001425D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  сюрприз, оказал спонсорскую  помощь   </w:t>
+      </w:r>
+      <w:r w:rsidR="0085522A" w:rsidRPr="001425D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в виде развивающих игрушек  для коррекционных занятий</w:t>
+      </w:r>
+      <w:r w:rsidR="002D423D" w:rsidRPr="001425D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на общую сумму  50 тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0085522A" w:rsidRPr="001425D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D423D" w:rsidRPr="001425D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D423D" w:rsidRPr="001425D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>енге.</w:t>
+      </w:r>
+      <w:r w:rsidR="0085522A" w:rsidRPr="001425D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Администрация  школы  выражает  </w:t>
+      </w:r>
+      <w:r w:rsidR="002D423D" w:rsidRPr="001425D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  глубокую   признательность     Алексею Валерьевичу</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10C16" w:rsidRPr="001425D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C45686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неравнодушие  и готовность  бес</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10C16" w:rsidRPr="001425D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>корыстно  участвовать  в чужой судьбе!</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3785F" w:rsidRPr="00C3785F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C3785F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E31E298" wp14:editId="0ACEDC54">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2385337E" wp14:editId="48152DA2">
             <wp:extent cx="5930265" cy="3953510"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\АДМИН 19\Downloads\Файлы Mail.Ru Агента\IMG_1152.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\АДМИН 19\Downloads\Файлы Mail.Ru Агента\IMG_1152.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -1407,51 +315,50 @@
     <w:rsid w:val="000C7446"/>
     <w:rsid w:val="000D046B"/>
     <w:rsid w:val="000E09E0"/>
     <w:rsid w:val="000E140D"/>
     <w:rsid w:val="000E1BDE"/>
     <w:rsid w:val="000E7D63"/>
     <w:rsid w:val="000F4E7E"/>
     <w:rsid w:val="00100C92"/>
     <w:rsid w:val="001017B9"/>
     <w:rsid w:val="00101EFB"/>
     <w:rsid w:val="001041AC"/>
     <w:rsid w:val="00105F72"/>
     <w:rsid w:val="00107749"/>
     <w:rsid w:val="00112AF9"/>
     <w:rsid w:val="00115978"/>
     <w:rsid w:val="001233A7"/>
     <w:rsid w:val="001400DB"/>
     <w:rsid w:val="001425D9"/>
     <w:rsid w:val="00146BCD"/>
     <w:rsid w:val="00150B93"/>
     <w:rsid w:val="0015456C"/>
     <w:rsid w:val="00156F97"/>
     <w:rsid w:val="0016567E"/>
     <w:rsid w:val="00172B8E"/>
     <w:rsid w:val="00173299"/>
-    <w:rsid w:val="00176790"/>
     <w:rsid w:val="00177A93"/>
     <w:rsid w:val="00184986"/>
     <w:rsid w:val="001872E1"/>
     <w:rsid w:val="001B50B7"/>
     <w:rsid w:val="001B5576"/>
     <w:rsid w:val="001D3F1D"/>
     <w:rsid w:val="001F23C7"/>
     <w:rsid w:val="00200385"/>
     <w:rsid w:val="0020589F"/>
     <w:rsid w:val="002065C3"/>
     <w:rsid w:val="00210790"/>
     <w:rsid w:val="00215E3F"/>
     <w:rsid w:val="0021704D"/>
     <w:rsid w:val="0022223F"/>
     <w:rsid w:val="00224351"/>
     <w:rsid w:val="00224898"/>
     <w:rsid w:val="0022615E"/>
     <w:rsid w:val="0023708B"/>
     <w:rsid w:val="00240449"/>
     <w:rsid w:val="00241B1A"/>
     <w:rsid w:val="002529D3"/>
     <w:rsid w:val="00256A7E"/>
     <w:rsid w:val="0025710A"/>
     <w:rsid w:val="0025730C"/>
     <w:rsid w:val="00271957"/>
@@ -1547,51 +454,50 @@
     <w:rsid w:val="00601F0D"/>
     <w:rsid w:val="00606304"/>
     <w:rsid w:val="00606DCD"/>
     <w:rsid w:val="00613B65"/>
     <w:rsid w:val="006237E4"/>
     <w:rsid w:val="00624E78"/>
     <w:rsid w:val="00632A58"/>
     <w:rsid w:val="0063799A"/>
     <w:rsid w:val="00637FDE"/>
     <w:rsid w:val="006463F1"/>
     <w:rsid w:val="00653BD9"/>
     <w:rsid w:val="006734E5"/>
     <w:rsid w:val="00673A71"/>
     <w:rsid w:val="00674328"/>
     <w:rsid w:val="00682705"/>
     <w:rsid w:val="00690725"/>
     <w:rsid w:val="00691B6A"/>
     <w:rsid w:val="006966D2"/>
     <w:rsid w:val="006A1FF0"/>
     <w:rsid w:val="006A205E"/>
     <w:rsid w:val="006A4018"/>
     <w:rsid w:val="006B3028"/>
     <w:rsid w:val="006C3AFE"/>
     <w:rsid w:val="006C7D1E"/>
     <w:rsid w:val="006E36DD"/>
-    <w:rsid w:val="006E7EBC"/>
     <w:rsid w:val="006F71BF"/>
     <w:rsid w:val="007017B8"/>
     <w:rsid w:val="0070378F"/>
     <w:rsid w:val="00703C8D"/>
     <w:rsid w:val="00707961"/>
     <w:rsid w:val="0071509F"/>
     <w:rsid w:val="007202EC"/>
     <w:rsid w:val="007253DD"/>
     <w:rsid w:val="00741852"/>
     <w:rsid w:val="00742E8F"/>
     <w:rsid w:val="0074697B"/>
     <w:rsid w:val="0075165B"/>
     <w:rsid w:val="0077664D"/>
     <w:rsid w:val="007934CC"/>
     <w:rsid w:val="00794133"/>
     <w:rsid w:val="007B43FB"/>
     <w:rsid w:val="007C717B"/>
     <w:rsid w:val="007C7538"/>
     <w:rsid w:val="007D0A07"/>
     <w:rsid w:val="007E7F77"/>
     <w:rsid w:val="007F4F1C"/>
     <w:rsid w:val="008005D9"/>
     <w:rsid w:val="0080112E"/>
     <w:rsid w:val="008016BD"/>
     <w:rsid w:val="008066DB"/>
@@ -2525,65 +1431,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>79</Words>
-  <Characters>453</Characters>
+  <Words>87</Words>
+  <Characters>501</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>531</CharactersWithSpaces>
+  <CharactersWithSpaces>587</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>