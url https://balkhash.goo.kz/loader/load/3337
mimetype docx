--- v0 (2025-12-10)
+++ v1 (2026-01-09)
@@ -3,834 +3,160 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D32B87" w:rsidRDefault="00D32B87">
+    <w:p w:rsidR="004E501F" w:rsidRDefault="00036345">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D32B87">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">2019 </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D32B87">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>жылдың</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D32B87">
+        <w:t xml:space="preserve">26  января   </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB721F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 26 </w:t>
+        <w:t xml:space="preserve">2019  года    для    детей  из социально  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D32B87">
+      <w:r w:rsidR="00AB721F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>қаңтарында</w:t>
+        <w:t>незащенных</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D32B87">
+      <w:r w:rsidR="00AB721F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D32B87">
+        <w:t xml:space="preserve">  слоев населения     организовано  было  мероприятие «</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB721F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>халықтың</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D32B87">
+        <w:t>Вместе  мы  сможем все»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AB721F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D32B87">
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AB721F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>әлеуметтік</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D32B87">
+        <w:t xml:space="preserve"> в  ходе которой  известная  ведущая –тамада   Татьяна  Ледовская   со своей командой   подарили   ребятам   большой  праздник. </w:t>
+      </w:r>
+      <w:r w:rsidR="008D5BE2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D32B87">
+        <w:t xml:space="preserve">В ходе    праздника  ребята   пели, танцевали, играли    в игры.  Праздник   очень  понравился   им.  </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4637">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қорғалмаған</w:t>
-[...664 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Завершилось меропряитие   со сладким  угощением     от известных кондитеров города.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="0087425F" w:rsidRPr="00AB721F" w:rsidRDefault="009A4637">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D5BE2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E501F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -1043,119 +369,119 @@
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0087425F" w:rsidRPr="00AB721F" w:rsidSect="0087425F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D0304C" w:rsidRDefault="00D0304C" w:rsidP="00036345">
+    <w:p w:rsidR="00D73292" w:rsidRDefault="00D73292" w:rsidP="00036345">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D0304C" w:rsidRDefault="00D0304C" w:rsidP="00036345">
+    <w:p w:rsidR="00D73292" w:rsidRDefault="00D73292" w:rsidP="00036345">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D0304C" w:rsidRDefault="00D0304C" w:rsidP="00036345">
+    <w:p w:rsidR="00D73292" w:rsidRDefault="00D73292" w:rsidP="00036345">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D0304C" w:rsidRDefault="00D0304C" w:rsidP="00036345">
+    <w:p w:rsidR="00D73292" w:rsidRDefault="00D73292" w:rsidP="00036345">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="71"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -1445,94 +771,92 @@
     <w:rsid w:val="00BE76F8"/>
     <w:rsid w:val="00BF05C0"/>
     <w:rsid w:val="00C07810"/>
     <w:rsid w:val="00C158B1"/>
     <w:rsid w:val="00C1605E"/>
     <w:rsid w:val="00C22C45"/>
     <w:rsid w:val="00C33E67"/>
     <w:rsid w:val="00C426F1"/>
     <w:rsid w:val="00C52B88"/>
     <w:rsid w:val="00C61BBC"/>
     <w:rsid w:val="00C64D8E"/>
     <w:rsid w:val="00C73DF7"/>
     <w:rsid w:val="00C84A41"/>
     <w:rsid w:val="00C93FF0"/>
     <w:rsid w:val="00CA1FA8"/>
     <w:rsid w:val="00CA603B"/>
     <w:rsid w:val="00CB54C0"/>
     <w:rsid w:val="00CD15BF"/>
     <w:rsid w:val="00CD4AF3"/>
     <w:rsid w:val="00CD5BB7"/>
     <w:rsid w:val="00CD6964"/>
     <w:rsid w:val="00CE49B3"/>
     <w:rsid w:val="00CE515A"/>
     <w:rsid w:val="00CF0A66"/>
     <w:rsid w:val="00CF7D22"/>
-    <w:rsid w:val="00D0304C"/>
     <w:rsid w:val="00D07BFC"/>
     <w:rsid w:val="00D11BB6"/>
     <w:rsid w:val="00D167B6"/>
     <w:rsid w:val="00D20218"/>
     <w:rsid w:val="00D30FB8"/>
-    <w:rsid w:val="00D32B87"/>
     <w:rsid w:val="00D41793"/>
     <w:rsid w:val="00D42990"/>
     <w:rsid w:val="00D42AF4"/>
     <w:rsid w:val="00D564E3"/>
     <w:rsid w:val="00D629AC"/>
     <w:rsid w:val="00D64DE1"/>
+    <w:rsid w:val="00D73292"/>
     <w:rsid w:val="00D94D91"/>
     <w:rsid w:val="00DB3F46"/>
     <w:rsid w:val="00DC5737"/>
     <w:rsid w:val="00DE29F1"/>
     <w:rsid w:val="00DE57B7"/>
     <w:rsid w:val="00E01925"/>
     <w:rsid w:val="00E05A85"/>
     <w:rsid w:val="00E12993"/>
     <w:rsid w:val="00E13B9C"/>
     <w:rsid w:val="00E20D7C"/>
     <w:rsid w:val="00E24D52"/>
     <w:rsid w:val="00E26B9B"/>
     <w:rsid w:val="00E35597"/>
     <w:rsid w:val="00E451B7"/>
     <w:rsid w:val="00E766E5"/>
     <w:rsid w:val="00E85004"/>
     <w:rsid w:val="00E9428C"/>
     <w:rsid w:val="00EA2AAC"/>
     <w:rsid w:val="00EA5BCE"/>
     <w:rsid w:val="00EB5F2A"/>
     <w:rsid w:val="00EC40AE"/>
     <w:rsid w:val="00ED0E6A"/>
     <w:rsid w:val="00ED7C49"/>
     <w:rsid w:val="00EE0056"/>
     <w:rsid w:val="00EE7B5B"/>
     <w:rsid w:val="00F043F5"/>
     <w:rsid w:val="00F12016"/>
     <w:rsid w:val="00F352D7"/>
     <w:rsid w:val="00F46EBF"/>
     <w:rsid w:val="00F51A4B"/>
-    <w:rsid w:val="00F81E6A"/>
     <w:rsid w:val="00F97952"/>
     <w:rsid w:val="00FA7CBE"/>
     <w:rsid w:val="00FC1427"/>
     <w:rsid w:val="00FD4367"/>
     <w:rsid w:val="00FF06A6"/>
     <w:rsid w:val="00FF6D43"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -2356,65 +1680,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>45</Words>
-  <Characters>258</Characters>
+  <Words>69</Words>
+  <Characters>399</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
+  <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>302</CharactersWithSpaces>
+  <CharactersWithSpaces>467</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>