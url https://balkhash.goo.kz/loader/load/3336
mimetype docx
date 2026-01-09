--- v0 (2025-12-10)
+++ v1 (2026-01-09)
@@ -1,1890 +1,761 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D82521" w:rsidRPr="000E1D47" w:rsidRDefault="00366B30" w:rsidP="00D82521">
+    <w:p w:rsidR="007138F7" w:rsidRPr="007138F7" w:rsidRDefault="00D82521" w:rsidP="00D153D1">
       <w:pPr>
-        <w:rPr>
-[...1379 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25.01.2019 г. </w:t>
+      </w:r>
+      <w:r w:rsidR="007138F7" w:rsidRPr="007138F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в ОСШ №1 имени М.Горького состоялось общешкольное родительское собрание</w:t>
+      </w:r>
+      <w:r w:rsidR="005A1014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007138F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> где рассматривался вопрос выбора будущей профессии. На данное собрание были приглашены представители учебных заведений г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007138F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007138F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алхаш</w:t>
+      </w:r>
+      <w:r w:rsidR="00E85FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D153D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidR="007138F7" w:rsidRPr="007138F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>одители узнали о роли родительского влияния на процесс профессионального самоопределения ребенка, об основных правилах и ошибках выбора профессии, о важности пр</w:t>
+      </w:r>
+      <w:r w:rsidR="00D153D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>офессионального такого выбор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00D153D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007138F7" w:rsidRPr="007138F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с учетом кадровой потребности.</w:t>
+      </w:r>
+      <w:r w:rsidR="005A1014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007138F7" w:rsidRPr="007138F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данное мероприятие не оставило ни одного</w:t>
+      </w:r>
+      <w:r w:rsidR="00D153D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителя равнодушным, заставив</w:t>
+      </w:r>
+      <w:r w:rsidR="007138F7" w:rsidRPr="007138F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в очередной раз задуматься о роли родителей в пр</w:t>
+      </w:r>
+      <w:r w:rsidR="005A1014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>офессиональном выборе детей, и</w:t>
+      </w:r>
+      <w:r w:rsidR="00D153D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005A1014">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  конечно</w:t>
+      </w:r>
+      <w:r w:rsidR="00D153D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007138F7" w:rsidRPr="007138F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стало огромной информационной поддержкой</w:t>
+      </w:r>
+      <w:r w:rsidR="00D153D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для будущих выпускников</w:t>
+      </w:r>
+      <w:r w:rsidR="007138F7" w:rsidRPr="007138F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D82521" w:rsidRDefault="00D82521" w:rsidP="005A1014">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D82521" w:rsidRDefault="00D82521" w:rsidP="00D82521">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31AB84E6" wp14:editId="1C1642D9">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-915035</wp:posOffset>
+              <wp:posOffset>-918210</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>50165</wp:posOffset>
+              <wp:posOffset>52070</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3597275" cy="2019300"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\2.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\2.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5"/>
+                    <a:blip r:embed="rId4"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3597275" cy="2019300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D82521" w:rsidRPr="000E1D47" w:rsidRDefault="00D82521" w:rsidP="00D82521">
+    <w:p w:rsidR="00D82521" w:rsidRPr="00D82521" w:rsidRDefault="00D82521" w:rsidP="00D82521">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D82521" w:rsidRDefault="00D82521" w:rsidP="00D82521">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D82521" w:rsidRDefault="00D82521" w:rsidP="00D82521">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1770"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2806065</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>32385</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3457575" cy="1943100"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\5.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\5.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6"/>
+                    <a:blip r:embed="rId5"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3457575" cy="1943100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="000E1D47">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D82521" w:rsidRPr="000E1D47" w:rsidRDefault="00D82521" w:rsidP="00D82521">
+    <w:p w:rsidR="00D82521" w:rsidRPr="00D82521" w:rsidRDefault="00D82521" w:rsidP="00D82521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D82521" w:rsidRPr="000E1D47" w:rsidRDefault="00D82521" w:rsidP="00D82521">
+    <w:p w:rsidR="00D82521" w:rsidRPr="00D82521" w:rsidRDefault="00D82521" w:rsidP="00D82521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D82521" w:rsidRPr="000E1D47" w:rsidRDefault="00D82521" w:rsidP="00D82521">
+    <w:p w:rsidR="00D82521" w:rsidRPr="00D82521" w:rsidRDefault="00D82521" w:rsidP="00D82521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D82521" w:rsidRPr="000E1D47" w:rsidRDefault="00D82521" w:rsidP="00D82521">
+    <w:p w:rsidR="00D82521" w:rsidRPr="00D82521" w:rsidRDefault="00D82521" w:rsidP="00D82521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D82521" w:rsidRPr="000E1D47" w:rsidRDefault="00D82521" w:rsidP="00D82521">
+    <w:p w:rsidR="00D82521" w:rsidRPr="00D82521" w:rsidRDefault="00D82521" w:rsidP="00D82521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-746760</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>98425</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3552825" cy="2000250"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Аселя\Desktop\6.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Аселя\Desktop\6.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7"/>
+                    <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3552825" cy="2000250"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D82521" w:rsidRPr="000E1D47" w:rsidRDefault="00D82521" w:rsidP="00D82521">
+    <w:p w:rsidR="00D82521" w:rsidRDefault="00D82521" w:rsidP="00D82521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D82521" w:rsidRPr="000E1D47" w:rsidRDefault="00D82521" w:rsidP="00D82521">
+    <w:p w:rsidR="00D82521" w:rsidRDefault="00D82521" w:rsidP="00D82521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D82521" w:rsidRPr="000E1D47" w:rsidRDefault="00D82521" w:rsidP="00D82521">
+    <w:p w:rsidR="00D82521" w:rsidRPr="00D82521" w:rsidRDefault="00D82521" w:rsidP="00D82521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D82521" w:rsidRPr="000E1D47" w:rsidRDefault="00D82521" w:rsidP="00D82521">
+    <w:p w:rsidR="00D82521" w:rsidRPr="00D82521" w:rsidRDefault="00D82521" w:rsidP="00D82521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D82521" w:rsidRPr="000E1D47" w:rsidRDefault="00D82521" w:rsidP="00D82521">
+    <w:p w:rsidR="00D82521" w:rsidRPr="00D82521" w:rsidRDefault="00D82521" w:rsidP="00D82521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D82521" w:rsidRPr="000E1D47" w:rsidRDefault="00D82521" w:rsidP="00D82521">
+    <w:p w:rsidR="00D82521" w:rsidRDefault="00D82521" w:rsidP="00D82521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2253615</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>20955</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3942715" cy="2219325"/>
             <wp:effectExtent l="19050" t="0" r="635" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Рисунок 5" descr="C:\Users\Аселя\Desktop\5.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Аселя\Desktop\5.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6"/>
+                    <a:blip r:embed="rId5"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3942715" cy="2219325"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00380D66" w:rsidRPr="000E1D47" w:rsidRDefault="00D82521" w:rsidP="00D82521">
+    <w:p w:rsidR="00380D66" w:rsidRPr="00D82521" w:rsidRDefault="00D82521" w:rsidP="00D82521">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2595"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E1D47">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00380D66" w:rsidRPr="000E1D47" w:rsidSect="00380D66">
+    <w:sectPr w:rsidR="00380D66" w:rsidRPr="00D82521" w:rsidSect="00380D66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...5 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="007138F7"/>
     <w:rsid w:val="0000159A"/>
     <w:rsid w:val="00003909"/>
     <w:rsid w:val="000059D8"/>
     <w:rsid w:val="00005FFA"/>
     <w:rsid w:val="000067A5"/>
     <w:rsid w:val="00006F5D"/>
     <w:rsid w:val="000074C5"/>
     <w:rsid w:val="00013EB1"/>
     <w:rsid w:val="0001407D"/>
     <w:rsid w:val="00014787"/>
     <w:rsid w:val="00015152"/>
     <w:rsid w:val="00015D4E"/>
     <w:rsid w:val="00015DB3"/>
     <w:rsid w:val="0001680B"/>
     <w:rsid w:val="00025F88"/>
     <w:rsid w:val="00026074"/>
     <w:rsid w:val="000313B7"/>
     <w:rsid w:val="00032578"/>
     <w:rsid w:val="00035EF4"/>
     <w:rsid w:val="000361E1"/>
     <w:rsid w:val="00040128"/>
     <w:rsid w:val="00041E71"/>
     <w:rsid w:val="00041EF7"/>
@@ -1925,51 +796,50 @@
     <w:rsid w:val="0009442E"/>
     <w:rsid w:val="0009728F"/>
     <w:rsid w:val="000A1351"/>
     <w:rsid w:val="000A2727"/>
     <w:rsid w:val="000B0D13"/>
     <w:rsid w:val="000B15F0"/>
     <w:rsid w:val="000B19AE"/>
     <w:rsid w:val="000B41BC"/>
     <w:rsid w:val="000B49D1"/>
     <w:rsid w:val="000B4ED9"/>
     <w:rsid w:val="000B76F8"/>
     <w:rsid w:val="000C0501"/>
     <w:rsid w:val="000C1495"/>
     <w:rsid w:val="000C1A60"/>
     <w:rsid w:val="000C3184"/>
     <w:rsid w:val="000C3E56"/>
     <w:rsid w:val="000C43F7"/>
     <w:rsid w:val="000C622A"/>
     <w:rsid w:val="000C6AD1"/>
     <w:rsid w:val="000D02A4"/>
     <w:rsid w:val="000D2661"/>
     <w:rsid w:val="000D4470"/>
     <w:rsid w:val="000D69E6"/>
     <w:rsid w:val="000E03AF"/>
     <w:rsid w:val="000E1C97"/>
-    <w:rsid w:val="000E1D47"/>
     <w:rsid w:val="000E24F8"/>
     <w:rsid w:val="000E43B0"/>
     <w:rsid w:val="000E4F05"/>
     <w:rsid w:val="000E5F68"/>
     <w:rsid w:val="000E6D55"/>
     <w:rsid w:val="000E7419"/>
     <w:rsid w:val="000F1F08"/>
     <w:rsid w:val="000F3B95"/>
     <w:rsid w:val="000F7B11"/>
     <w:rsid w:val="00102955"/>
     <w:rsid w:val="00103D4D"/>
     <w:rsid w:val="00104C04"/>
     <w:rsid w:val="00104E4C"/>
     <w:rsid w:val="0010633E"/>
     <w:rsid w:val="0010695C"/>
     <w:rsid w:val="00106BC2"/>
     <w:rsid w:val="00106EDE"/>
     <w:rsid w:val="00110110"/>
     <w:rsid w:val="0011030F"/>
     <w:rsid w:val="00110D08"/>
     <w:rsid w:val="00111510"/>
     <w:rsid w:val="001136F3"/>
     <w:rsid w:val="00114D56"/>
     <w:rsid w:val="00120887"/>
     <w:rsid w:val="001214DE"/>
@@ -2120,51 +990,50 @@
     <w:rsid w:val="003236FC"/>
     <w:rsid w:val="00323B04"/>
     <w:rsid w:val="003307C4"/>
     <w:rsid w:val="00330B7A"/>
     <w:rsid w:val="00332324"/>
     <w:rsid w:val="003330F4"/>
     <w:rsid w:val="003331DE"/>
     <w:rsid w:val="003341DF"/>
     <w:rsid w:val="003350D3"/>
     <w:rsid w:val="003365BF"/>
     <w:rsid w:val="003407A7"/>
     <w:rsid w:val="00340DC9"/>
     <w:rsid w:val="00343264"/>
     <w:rsid w:val="00344333"/>
     <w:rsid w:val="003444C3"/>
     <w:rsid w:val="00345917"/>
     <w:rsid w:val="003523EC"/>
     <w:rsid w:val="003539E2"/>
     <w:rsid w:val="00356554"/>
     <w:rsid w:val="00356EB6"/>
     <w:rsid w:val="003573EA"/>
     <w:rsid w:val="003629EC"/>
     <w:rsid w:val="0036599F"/>
     <w:rsid w:val="00365DC8"/>
     <w:rsid w:val="00366332"/>
-    <w:rsid w:val="00366B30"/>
     <w:rsid w:val="00366EC8"/>
     <w:rsid w:val="003679F4"/>
     <w:rsid w:val="00376B4F"/>
     <w:rsid w:val="00380D62"/>
     <w:rsid w:val="00380D66"/>
     <w:rsid w:val="0038169A"/>
     <w:rsid w:val="00382BDC"/>
     <w:rsid w:val="003841CB"/>
     <w:rsid w:val="0038430B"/>
     <w:rsid w:val="003928EE"/>
     <w:rsid w:val="0039500D"/>
     <w:rsid w:val="0039545C"/>
     <w:rsid w:val="00397B49"/>
     <w:rsid w:val="003A05C1"/>
     <w:rsid w:val="003A2350"/>
     <w:rsid w:val="003A28AD"/>
     <w:rsid w:val="003A347E"/>
     <w:rsid w:val="003A77BF"/>
     <w:rsid w:val="003B103D"/>
     <w:rsid w:val="003B1EBF"/>
     <w:rsid w:val="003B2706"/>
     <w:rsid w:val="003B62EA"/>
     <w:rsid w:val="003B76AF"/>
     <w:rsid w:val="003B7ADD"/>
     <w:rsid w:val="003C1FE2"/>
@@ -3098,81 +1967,81 @@
     <w:rsid w:val="00FC0520"/>
     <w:rsid w:val="00FC1AD1"/>
     <w:rsid w:val="00FC207B"/>
     <w:rsid w:val="00FC60E2"/>
     <w:rsid w:val="00FC6D26"/>
     <w:rsid w:val="00FD2E8C"/>
     <w:rsid w:val="00FD4F86"/>
     <w:rsid w:val="00FD5CF0"/>
     <w:rsid w:val="00FE0402"/>
     <w:rsid w:val="00FE13F1"/>
     <w:rsid w:val="00FE1CEA"/>
     <w:rsid w:val="00FE2643"/>
     <w:rsid w:val="00FE3C1D"/>
     <w:rsid w:val="00FE3D11"/>
     <w:rsid w:val="00FE5111"/>
     <w:rsid w:val="00FE5B3F"/>
     <w:rsid w:val="00FF0E24"/>
     <w:rsid w:val="00FF33B7"/>
     <w:rsid w:val="00FF49F6"/>
     <w:rsid w:val="00FF55AF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -3279,333 +2148,115 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00380D66"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...205 lines deleted...]
-    <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...10 lines deleted...]
-    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D82521"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D82521"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="1166095703">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="391081340">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -3754,51 +2405,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="398524534">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4045,66 +2696,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>88</Words>
-  <Characters>506</Characters>
+  <Words>103</Words>
+  <Characters>588</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>593</CharactersWithSpaces>
+  <CharactersWithSpaces>690</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>