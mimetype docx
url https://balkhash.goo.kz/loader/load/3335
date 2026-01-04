--- v0 (2025-12-10)
+++ v1 (2026-01-04)
@@ -3,5372 +3,1027 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00986135" w:rsidRDefault="00986135" w:rsidP="00986135">
+    <w:p w:rsidR="004B7181" w:rsidRPr="004B7181" w:rsidRDefault="004B7181" w:rsidP="004B7181">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B7181">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информация о проведении Республиканской детской акции,                       посвященная Международному дню без интернета «Я </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7181">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>OFFLINE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7181">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00100B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7181">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по КГУ ОСШ№1 имени М.Горького.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B7181" w:rsidRPr="004B7181" w:rsidRDefault="004B7181" w:rsidP="00346610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B7181">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель акции — профилактика интернет</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7181">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7181">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зависимости, повышение культуры пользования интернетом, усиление ответственности взрослых за интернет-активность несовершеннолетних. Детям помогут отвлечься от смартфонов, компьютеров и глобальной сети, и прожить этот день исключительно в реальном мире, общаясь с </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B7181">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>близкими</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B7181">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и занимаясь своим любимым </w:t>
+      </w:r>
+      <w:r w:rsidR="007C6B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>занятием, не имеющим отношения к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7181">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00100B95" w:rsidRDefault="00100B95" w:rsidP="00C37951">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В ОСШ №1</w:t>
+      </w:r>
+      <w:r w:rsidR="001A28E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с 21.01.19г по 26.01.19г проходила</w:t>
+      </w:r>
+      <w:r w:rsidR="00346610" w:rsidRPr="00346610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> декад</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а «День без интернета». Проводились</w:t>
+      </w:r>
+      <w:r w:rsidR="00346610" w:rsidRPr="00346610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классны</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е часы, беседы с  просмотром </w:t>
+      </w:r>
+      <w:r w:rsidR="007C6B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> видео</w:t>
+      </w:r>
+      <w:r w:rsidR="00346610" w:rsidRPr="00346610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">роликов. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При проведении классных часов учителя обратили внимание учащихся на обеспечение информационной безопасности детей в сети интернет. Учителя познакомили ребят с правилами отбора информации в сети интернет, рассказали как грамотно и безопасно вести себя в социальных сетях.</w:t>
+      </w:r>
+      <w:r w:rsidR="00346610" w:rsidRPr="00346610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="00346610" w:rsidRPr="00346610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лассный руководитель и психолог школы Беляева А.В., предложила провести день без интернета очень интересным способом – заинтересовать детей изготовлением «Оригами»</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00346610" w:rsidRPr="00346610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Детям специализированных классов сложно выполнять такого рода задания, но познакомившись с японским видом искус</w:t>
+      </w:r>
+      <w:r w:rsidR="001A28E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ства «Оригами», посмотрев видео</w:t>
+      </w:r>
+      <w:r w:rsidR="00346610" w:rsidRPr="00346610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ролики с изготовлением бумажных игрушек, ребята ре</w:t>
+      </w:r>
+      <w:r w:rsidR="00346610" w:rsidRPr="00346610">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шили единогласно заняться этим творчеством.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00346610" w:rsidRPr="00346610">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сложное конструирование из бумаги не только отвлекает детей от социальных сетей и компьютерных игр, оно развивает и корректирует психологические и психосоматические проблемные зоны детей. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00346610" w:rsidRPr="00346610">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ребята получили колоссальное удовольствие, видя свои работы, сделанные своими руками. И дней без интернета будет теперь гораздо больше!</w:t>
+      </w:r>
+      <w:r w:rsidR="00D03BCD" w:rsidRPr="00346610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00C37951" w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C37951" w:rsidRPr="00C37951" w:rsidRDefault="00C37951" w:rsidP="00C37951">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учащиеся приняли активное участие в конкурсе рисунков </w:t>
+      </w:r>
+      <w:r w:rsidR="00100B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и плакатов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Как я провел день без интернета». Хочется отметить рисунки </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Карамшиной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дерид</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  П., Лось В. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сагындык</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Выгузовой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тайгулиной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Ж., Шакирова Р.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230920" w:rsidRPr="00346610" w:rsidRDefault="00C37951" w:rsidP="00C37951">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Старшеклассники  написали эссе на тему «Я OFFLINE », где  написали о том, как бы они провели</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> свое время вне сети.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D03BCD" w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лучшие сочинения у </w:t>
+      </w:r>
+      <w:r w:rsidR="00100B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чегановой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00100B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Костенко В.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00100B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кошелевой В.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00100B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Фадеевой К.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00100B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дерид</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> П.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00100B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Федоровой А., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сагандыкова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Р.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D03BCD" w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="00230920" w:rsidRPr="00C37951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В школе прошло спортивное мероприятие среди 3-х классов «В</w:t>
+      </w:r>
+      <w:r w:rsidR="00230920" w:rsidRPr="00346610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернете – OFFLINE, в спорте – ONLINE». Главная цель данного праздника – полностью отвлечь детей от компьютеров и глобальной сети, чтобы прожить </w:t>
+      </w:r>
+      <w:r w:rsidR="00230920" w:rsidRPr="00346610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">его исключительно в реальном мире, общаться с другими людьми </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0067600E" w:rsidRPr="00346610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0067600E" w:rsidRPr="00346610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> живую или заниматься </w:t>
+      </w:r>
+      <w:r w:rsidR="00230920" w:rsidRPr="00346610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> спортом.</w:t>
+      </w:r>
+      <w:r w:rsidR="00346610" w:rsidRPr="00346610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00230920" w:rsidRPr="00346610">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Все команды были награждены грамотами и получили огромное удовольствие, убедившись, что без интернета можно провести время весело и увлекательно!!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00380D66" w:rsidRDefault="00100B95" w:rsidP="00230920">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-        <w:jc w:val="center"/>
+        <w:ind w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986135">
-[...5128 lines deleted...]
-      <w:r w:rsidRPr="007742C4">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="544128CF" wp14:editId="62C77772">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2764155</wp:posOffset>
+              <wp:posOffset>2634615</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-632460</wp:posOffset>
+              <wp:posOffset>-6350</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2886075" cy="1619250"/>
-            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\инт.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\инт.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2886075" cy="1619250"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A4D7B27" wp14:editId="597A4D26">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-186690</wp:posOffset>
+              <wp:posOffset>-737235</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-663575</wp:posOffset>
+              <wp:posOffset>-6350</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2527300" cy="1638300"/>
-            <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+            <wp:extent cx="2876550" cy="1620520"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="11" name="Рисунок 10" descr="C:\Users\Аселя\Desktop\50670013_230410561169509_1107713795540647936_n.jpg"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\инт1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 10" descr="C:\Users\Аселя\Desktop\50670013_230410561169509_1107713795540647936_n.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\инт1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId8" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2527300" cy="1638300"/>
+                      <a:ext cx="2876550" cy="1620520"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="00346610" w:rsidP="007742C4">
-[...38 lines deleted...]
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="00100B95" w:rsidP="00230920">
+    <w:p w:rsidR="00346610" w:rsidRDefault="00346610" w:rsidP="00230920">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00346610" w:rsidRDefault="00346610" w:rsidP="00230920">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00346610" w:rsidRDefault="00346610" w:rsidP="00230920">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00346610" w:rsidRDefault="00346610" w:rsidP="00230920">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00346610" w:rsidRDefault="00346610" w:rsidP="00230920">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00346610" w:rsidRDefault="00346610" w:rsidP="00230920">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00346610" w:rsidRDefault="00346610" w:rsidP="00230920">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00346610" w:rsidRDefault="00100B95" w:rsidP="00230920">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43EE9DAB" wp14:editId="3423946B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3402965</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>110490</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2924175" cy="1647825"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Рисунок 6" descr="C:\Users\Аселя\Desktop\с1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Аселя\Desktop\с1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
@@ -5382,53 +1037,54 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="2924175" cy="1647825"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5401AAE8" wp14:editId="5F065E8C">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1853565</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>24765</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1352550" cy="1809750"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Рисунок 4" descr="C:\Users\Аселя\Desktop\инт5.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Аселя\Desktop\инт5.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print"/>
@@ -5442,53 +1098,54 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="1352550" cy="1809750"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1265F9A7" wp14:editId="6D273882">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-918210</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>24765</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2590800" cy="1943100"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Рисунок 3" descr="C:\Users\Аселя\Desktop\инт3.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Аселя\Desktop\инт3.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print"/>
@@ -5497,166 +1154,158 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2590800" cy="1943100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="00346610" w:rsidP="00230920">
+    <w:p w:rsidR="00346610" w:rsidRDefault="00346610" w:rsidP="00230920">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="00346610" w:rsidP="00230920">
+    <w:p w:rsidR="00346610" w:rsidRDefault="00346610" w:rsidP="00230920">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="00346610" w:rsidP="00230920">
+    <w:p w:rsidR="00346610" w:rsidRDefault="00346610" w:rsidP="00230920">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="00346610" w:rsidP="00230920">
+    <w:p w:rsidR="00346610" w:rsidRDefault="00346610" w:rsidP="00230920">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="00346610" w:rsidP="00230920">
+    <w:p w:rsidR="00346610" w:rsidRDefault="00346610" w:rsidP="00230920">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="00346610" w:rsidP="00230920">
+    <w:p w:rsidR="00346610" w:rsidRDefault="00346610" w:rsidP="00230920">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="00346610" w:rsidP="00230920">
+    <w:p w:rsidR="00346610" w:rsidRDefault="00346610" w:rsidP="00230920">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="00346610" w:rsidP="00230920">
+    <w:p w:rsidR="00346610" w:rsidRDefault="00346610" w:rsidP="00230920">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="001A28E0" w:rsidP="00230920">
+    <w:p w:rsidR="00346610" w:rsidRDefault="001A28E0" w:rsidP="00230920">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14AFBFF3" wp14:editId="35639655">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1739265</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>156210</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2714625" cy="1752600"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="9" name="Рисунок 8" descr="C:\Users\Аселя\Desktop\с4.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Users\Аселя\Desktop\с4.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
@@ -5670,53 +1319,54 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="2714625" cy="1752600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="488B188A" wp14:editId="1B3941EC">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4234815</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>156210</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2466975" cy="1724025"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="10" name="Рисунок 9" descr="C:\Users\Аселя\Desktop\с5.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\Аселя\Desktop\с5.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13"/>
@@ -5725,70 +1375,70 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2466975" cy="1724025"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="001A28E0" w:rsidP="00230920">
+    <w:p w:rsidR="00346610" w:rsidRDefault="001A28E0" w:rsidP="00230920">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7EA2C1C3" wp14:editId="44F05D89">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-918210</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>66040</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2705100" cy="1704975"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="8" name="Рисунок 7" descr="C:\Users\Аселя\Desktop\с2.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\Аселя\Desktop\с2.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
@@ -5797,301 +1447,292 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2705100" cy="1704975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="00346610" w:rsidP="00230920">
+    <w:p w:rsidR="00346610" w:rsidRDefault="00346610" w:rsidP="00230920">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="00346610" w:rsidP="00346610">
+    <w:p w:rsidR="00346610" w:rsidRPr="00346610" w:rsidRDefault="00346610" w:rsidP="00346610">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="00986135" w:rsidP="00346610">
+    <w:p w:rsidR="00346610" w:rsidRPr="00346610" w:rsidRDefault="00346610" w:rsidP="00346610">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...69 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="001A28E0" w:rsidP="00346610">
+    <w:p w:rsidR="00346610" w:rsidRPr="00346610" w:rsidRDefault="00346610" w:rsidP="00346610">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00346610" w:rsidRPr="00346610" w:rsidRDefault="001A28E0" w:rsidP="00346610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53BCF12B" wp14:editId="127CF0BD">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2558415</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>276225</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2247900" cy="1619250"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="12" name="Рисунок 11" descr="C:\Users\Аселя\Desktop\50710992_230410057836226_4249862721983479808_n.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 11" descr="C:\Users\Аселя\Desktop\50710992_230410057836226_4249862721983479808_n.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16"/>
+                    <a:blip r:embed="rId15"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2247900" cy="1619250"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-387985</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>209550</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2527300" cy="1638300"/>
+            <wp:effectExtent l="19050" t="0" r="6350" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="11" name="Рисунок 10" descr="C:\Users\Аселя\Desktop\50670013_230410561169509_1107713795540647936_n.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 10" descr="C:\Users\Аселя\Desktop\50670013_230410561169509_1107713795540647936_n.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2527300" cy="1638300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:softEdge rad="112500"/>
+                    </a:effectLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="00346610" w:rsidP="00346610">
+    <w:p w:rsidR="00346610" w:rsidRPr="00346610" w:rsidRDefault="00346610" w:rsidP="00346610">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="00346610" w:rsidP="00346610">
+    <w:p w:rsidR="00346610" w:rsidRDefault="00346610" w:rsidP="00346610">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="00346610" w:rsidP="00346610">
+    <w:p w:rsidR="00346610" w:rsidRDefault="00346610" w:rsidP="00346610">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1215"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007742C4">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="00346610" w:rsidP="00346610">
+    <w:p w:rsidR="00346610" w:rsidRDefault="00346610" w:rsidP="00346610">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...18 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00346610" w:rsidRPr="00346610" w:rsidRDefault="00100B95" w:rsidP="00346610">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>758190</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>179705</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4476750" cy="1685925"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name="Рисунок 5" descr="C:\Users\Аселя\Desktop\библ..jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Аселя\Desktop\библ..jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
@@ -6103,195 +1744,195 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4476750" cy="1685925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="00346610" w:rsidP="00346610">
+    <w:p w:rsidR="00346610" w:rsidRPr="00346610" w:rsidRDefault="00346610" w:rsidP="00346610">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidRDefault="008F7845" w:rsidP="008F7845">
+    <w:p w:rsidR="00346610" w:rsidRPr="00346610" w:rsidRDefault="008F7845" w:rsidP="008F7845">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8655"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007742C4">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00346610" w:rsidRPr="007742C4" w:rsidSect="00380D66">
+    <w:sectPr w:rsidR="00346610" w:rsidRPr="00346610" w:rsidSect="00380D66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E81FF6" w:rsidRDefault="00E81FF6" w:rsidP="008F7845">
+    <w:p w:rsidR="00145C3D" w:rsidRDefault="00145C3D" w:rsidP="008F7845">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E81FF6" w:rsidRDefault="00E81FF6" w:rsidP="008F7845">
+    <w:p w:rsidR="00145C3D" w:rsidRDefault="00145C3D" w:rsidP="008F7845">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E81FF6" w:rsidRDefault="00E81FF6" w:rsidP="008F7845">
+    <w:p w:rsidR="00145C3D" w:rsidRDefault="00145C3D" w:rsidP="008F7845">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E81FF6" w:rsidRDefault="00E81FF6" w:rsidP="008F7845">
+    <w:p w:rsidR="00145C3D" w:rsidRDefault="00145C3D" w:rsidP="008F7845">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A357F4"/>
     <w:rsid w:val="0000159A"/>
     <w:rsid w:val="00003909"/>
     <w:rsid w:val="000059D8"/>
     <w:rsid w:val="00005FFA"/>
     <w:rsid w:val="000067A5"/>
     <w:rsid w:val="00006F5D"/>
     <w:rsid w:val="000074C5"/>
     <w:rsid w:val="00013EB1"/>
     <w:rsid w:val="0001407D"/>
     <w:rsid w:val="00014787"/>
     <w:rsid w:val="00015152"/>
     <w:rsid w:val="00015D4E"/>
     <w:rsid w:val="00015DB3"/>
     <w:rsid w:val="0001680B"/>
     <w:rsid w:val="00025F88"/>
     <w:rsid w:val="00026074"/>
     <w:rsid w:val="000313B7"/>
     <w:rsid w:val="00032578"/>
     <w:rsid w:val="00035EF4"/>
     <w:rsid w:val="000361E1"/>
     <w:rsid w:val="00040128"/>
     <w:rsid w:val="00041E71"/>
@@ -6375,50 +2016,51 @@
     <w:rsid w:val="00106BC2"/>
     <w:rsid w:val="00106EDE"/>
     <w:rsid w:val="00110110"/>
     <w:rsid w:val="0011030F"/>
     <w:rsid w:val="00110D08"/>
     <w:rsid w:val="00111510"/>
     <w:rsid w:val="001136F3"/>
     <w:rsid w:val="00114D56"/>
     <w:rsid w:val="00120887"/>
     <w:rsid w:val="001214DE"/>
     <w:rsid w:val="001272C6"/>
     <w:rsid w:val="00127999"/>
     <w:rsid w:val="001300D1"/>
     <w:rsid w:val="00130747"/>
     <w:rsid w:val="00131DCB"/>
     <w:rsid w:val="0013242F"/>
     <w:rsid w:val="00134311"/>
     <w:rsid w:val="001343E3"/>
     <w:rsid w:val="00134B0E"/>
     <w:rsid w:val="0013607C"/>
     <w:rsid w:val="00136390"/>
     <w:rsid w:val="00136CB4"/>
     <w:rsid w:val="00136CD2"/>
     <w:rsid w:val="0014049E"/>
     <w:rsid w:val="00140795"/>
+    <w:rsid w:val="00145C3D"/>
     <w:rsid w:val="00150D1A"/>
     <w:rsid w:val="0015136E"/>
     <w:rsid w:val="00152B5A"/>
     <w:rsid w:val="001535D4"/>
     <w:rsid w:val="00155CCF"/>
     <w:rsid w:val="00156EBE"/>
     <w:rsid w:val="00157993"/>
     <w:rsid w:val="00163FA8"/>
     <w:rsid w:val="0016446B"/>
     <w:rsid w:val="00166752"/>
     <w:rsid w:val="001675B2"/>
     <w:rsid w:val="00171618"/>
     <w:rsid w:val="001727E7"/>
     <w:rsid w:val="00173B3F"/>
     <w:rsid w:val="00174362"/>
     <w:rsid w:val="00175C4C"/>
     <w:rsid w:val="001761E3"/>
     <w:rsid w:val="00176BD0"/>
     <w:rsid w:val="0018191F"/>
     <w:rsid w:val="00182C10"/>
     <w:rsid w:val="00182CA3"/>
     <w:rsid w:val="00184DA2"/>
     <w:rsid w:val="00187A97"/>
     <w:rsid w:val="00190EE9"/>
     <w:rsid w:val="00191D30"/>
@@ -6831,51 +2473,50 @@
     <w:rsid w:val="00721B46"/>
     <w:rsid w:val="00723E9B"/>
     <w:rsid w:val="007247E3"/>
     <w:rsid w:val="007275AD"/>
     <w:rsid w:val="00727B54"/>
     <w:rsid w:val="00730905"/>
     <w:rsid w:val="00734658"/>
     <w:rsid w:val="00734FCF"/>
     <w:rsid w:val="00740371"/>
     <w:rsid w:val="00741184"/>
     <w:rsid w:val="007431A0"/>
     <w:rsid w:val="00747147"/>
     <w:rsid w:val="007479A3"/>
     <w:rsid w:val="007600CE"/>
     <w:rsid w:val="00760D3A"/>
     <w:rsid w:val="00761D60"/>
     <w:rsid w:val="0076407E"/>
     <w:rsid w:val="007641A2"/>
     <w:rsid w:val="007660DB"/>
     <w:rsid w:val="007664AA"/>
     <w:rsid w:val="007667A0"/>
     <w:rsid w:val="00770769"/>
     <w:rsid w:val="00772CD2"/>
     <w:rsid w:val="0077323E"/>
     <w:rsid w:val="00773FC8"/>
-    <w:rsid w:val="007742C4"/>
     <w:rsid w:val="00775825"/>
     <w:rsid w:val="00777D72"/>
     <w:rsid w:val="0078009E"/>
     <w:rsid w:val="00780A43"/>
     <w:rsid w:val="007821F1"/>
     <w:rsid w:val="00783298"/>
     <w:rsid w:val="007873EC"/>
     <w:rsid w:val="007877FD"/>
     <w:rsid w:val="00787B45"/>
     <w:rsid w:val="00790BF7"/>
     <w:rsid w:val="0079105B"/>
     <w:rsid w:val="0079488E"/>
     <w:rsid w:val="007954AE"/>
     <w:rsid w:val="007A53E6"/>
     <w:rsid w:val="007A70DE"/>
     <w:rsid w:val="007A7236"/>
     <w:rsid w:val="007B08FE"/>
     <w:rsid w:val="007B1005"/>
     <w:rsid w:val="007B194B"/>
     <w:rsid w:val="007B3F9E"/>
     <w:rsid w:val="007C2EF4"/>
     <w:rsid w:val="007C3098"/>
     <w:rsid w:val="007C6B11"/>
     <w:rsid w:val="007C7B22"/>
     <w:rsid w:val="007D12B8"/>
@@ -6988,51 +2629,50 @@
     <w:rsid w:val="009334D3"/>
     <w:rsid w:val="0093387B"/>
     <w:rsid w:val="0093549A"/>
     <w:rsid w:val="00940361"/>
     <w:rsid w:val="009420CF"/>
     <w:rsid w:val="00945142"/>
     <w:rsid w:val="009471C8"/>
     <w:rsid w:val="00947CB7"/>
     <w:rsid w:val="00953723"/>
     <w:rsid w:val="00955B9E"/>
     <w:rsid w:val="00961E62"/>
     <w:rsid w:val="00962B46"/>
     <w:rsid w:val="009641CD"/>
     <w:rsid w:val="00964403"/>
     <w:rsid w:val="0096517E"/>
     <w:rsid w:val="0096552E"/>
     <w:rsid w:val="00967EAE"/>
     <w:rsid w:val="00971BDE"/>
     <w:rsid w:val="009727A8"/>
     <w:rsid w:val="0097333F"/>
     <w:rsid w:val="00977549"/>
     <w:rsid w:val="0098177B"/>
     <w:rsid w:val="0098188F"/>
     <w:rsid w:val="00983459"/>
     <w:rsid w:val="00984FF8"/>
-    <w:rsid w:val="00986135"/>
     <w:rsid w:val="00987CA8"/>
     <w:rsid w:val="00990839"/>
     <w:rsid w:val="009919B3"/>
     <w:rsid w:val="00991C1F"/>
     <w:rsid w:val="0099223A"/>
     <w:rsid w:val="00992CB7"/>
     <w:rsid w:val="009944A4"/>
     <w:rsid w:val="0099627C"/>
     <w:rsid w:val="009A6162"/>
     <w:rsid w:val="009A6499"/>
     <w:rsid w:val="009A70F3"/>
     <w:rsid w:val="009A76E6"/>
     <w:rsid w:val="009B2BAF"/>
     <w:rsid w:val="009B5BD6"/>
     <w:rsid w:val="009C13E3"/>
     <w:rsid w:val="009C2465"/>
     <w:rsid w:val="009C2BCE"/>
     <w:rsid w:val="009C414F"/>
     <w:rsid w:val="009C6858"/>
     <w:rsid w:val="009D14EB"/>
     <w:rsid w:val="009D367D"/>
     <w:rsid w:val="009D3C0E"/>
     <w:rsid w:val="009D5747"/>
     <w:rsid w:val="009D6BE6"/>
     <w:rsid w:val="009E0E1C"/>
@@ -7407,51 +3047,50 @@
     <w:rsid w:val="00E23D02"/>
     <w:rsid w:val="00E27BCB"/>
     <w:rsid w:val="00E33153"/>
     <w:rsid w:val="00E34CA2"/>
     <w:rsid w:val="00E35EBC"/>
     <w:rsid w:val="00E40A40"/>
     <w:rsid w:val="00E46304"/>
     <w:rsid w:val="00E47FE3"/>
     <w:rsid w:val="00E5014A"/>
     <w:rsid w:val="00E501CD"/>
     <w:rsid w:val="00E5197A"/>
     <w:rsid w:val="00E53DB1"/>
     <w:rsid w:val="00E54812"/>
     <w:rsid w:val="00E56E17"/>
     <w:rsid w:val="00E61642"/>
     <w:rsid w:val="00E64D9F"/>
     <w:rsid w:val="00E67AA9"/>
     <w:rsid w:val="00E67E25"/>
     <w:rsid w:val="00E71ADB"/>
     <w:rsid w:val="00E72CD7"/>
     <w:rsid w:val="00E74209"/>
     <w:rsid w:val="00E7421F"/>
     <w:rsid w:val="00E7502D"/>
     <w:rsid w:val="00E77FAF"/>
     <w:rsid w:val="00E805CC"/>
-    <w:rsid w:val="00E81FF6"/>
     <w:rsid w:val="00E826CB"/>
     <w:rsid w:val="00E864F0"/>
     <w:rsid w:val="00E921BC"/>
     <w:rsid w:val="00E93A1B"/>
     <w:rsid w:val="00E94410"/>
     <w:rsid w:val="00E97C07"/>
     <w:rsid w:val="00EA277C"/>
     <w:rsid w:val="00EA31C9"/>
     <w:rsid w:val="00EA65D8"/>
     <w:rsid w:val="00EA73FA"/>
     <w:rsid w:val="00EA756B"/>
     <w:rsid w:val="00EB013D"/>
     <w:rsid w:val="00EC0EB0"/>
     <w:rsid w:val="00EC133A"/>
     <w:rsid w:val="00EC76AA"/>
     <w:rsid w:val="00ED056F"/>
     <w:rsid w:val="00ED23A4"/>
     <w:rsid w:val="00ED339E"/>
     <w:rsid w:val="00ED7B41"/>
     <w:rsid w:val="00ED7E53"/>
     <w:rsid w:val="00EE0E9D"/>
     <w:rsid w:val="00EE113F"/>
     <w:rsid w:val="00EE1276"/>
     <w:rsid w:val="00EE1F83"/>
     <w:rsid w:val="00EE5A72"/>
@@ -7557,54 +3196,54 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -7711,92 +3350,94 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00380D66"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A357F4"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="textexposedshow">
     <w:name w:val="text_exposed_show"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00346610"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00346610"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
@@ -8023,145 +3664,50 @@
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...93 lines deleted...]
-    <w:rsid w:val="008F7845"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="796685971">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="800391225">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -8569,66 +4115,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>381</Words>
-  <Characters>2178</Characters>
+  <Words>431</Words>
+  <Characters>2458</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
+  <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2554</CharactersWithSpaces>
+  <CharactersWithSpaces>2884</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>