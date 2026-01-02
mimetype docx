--- v0 (2025-12-10)
+++ v1 (2026-01-02)
@@ -1,353 +1,606 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0035621C" w:rsidRPr="0035621C" w:rsidRDefault="0035621C" w:rsidP="0035621C">
+    <w:p w:rsidR="00C564AA" w:rsidRPr="000C3469" w:rsidRDefault="00302A3D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0035621C">
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00251248" w:rsidRPr="000C3469">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Өткізілген дәріс туралы анықтама</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Справка о проведенной  лекции </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0035621C" w:rsidRPr="0035621C" w:rsidRDefault="0035621C" w:rsidP="0035621C">
+    <w:p w:rsidR="00251248" w:rsidRPr="00871A37" w:rsidRDefault="00251248">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302A3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00871A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00551220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21  января </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00871A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  201</w:t>
+      </w:r>
+      <w:r w:rsidR="00551220">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00871A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00251248" w:rsidRPr="00871A37" w:rsidRDefault="00251248">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0035621C">
+      <w:r w:rsidRPr="00302A3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өткізу күні: 21 қаңтар 2019 жыл</w:t>
+        <w:t>Классы: 8  классы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0035621C" w:rsidRPr="0035621C" w:rsidRDefault="0035621C" w:rsidP="0035621C">
+    <w:p w:rsidR="00673F00" w:rsidRPr="00263FAD" w:rsidRDefault="00551220" w:rsidP="005D48A2">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0035621C">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="005D48A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сынып: 8 сынып</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A30105" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С целью </w:t>
+      </w:r>
+      <w:r w:rsidR="005D69AC" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профилактики   употребления насвая </w:t>
+      </w:r>
+      <w:r w:rsidR="00871A37" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A30105" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00203C8D" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00251248" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21  января 2019  </w:t>
+      </w:r>
+      <w:r w:rsidR="00251248" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года   школьным инспектором </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ГЮП ОМПС ОП  </w:t>
+      </w:r>
+      <w:r w:rsidR="00251248" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7A6F" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Керимжановой  Г.С. </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7A6F" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00613B32" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7A6F" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  социальным педагогом   Бейсекеевой  З.Р.    среди   </w:t>
+      </w:r>
+      <w:r w:rsidR="00673F00" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учащихся  </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7A6F" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8 классо</w:t>
+      </w:r>
+      <w:r w:rsidR="00302A3D" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="00263FAD" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00673F00" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сегодня поговорим об опасности курения для организма. Но сначала немного истории</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00673F00" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Е</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00673F00" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сть такая присказка: «Если бы молодость знала, если бы старость могла».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0035621C" w:rsidRPr="0035621C" w:rsidRDefault="0035621C" w:rsidP="0035621C">
+    <w:p w:rsidR="00673F00" w:rsidRPr="00263FAD" w:rsidRDefault="00673F00" w:rsidP="00263FAD">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0035621C">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">         8 сынып оқушылары арасында насыбайдың қолдануының алдын алу мақсатында 2018 жылдың 21 қаңтарында мектеп инспекторы Г. С. Керімжанова және әлеуметтік педагог З. Р. Бейсекеева 8 сынып оқушылары арасында "Біз салауатты өмір салтын қолдаймыз!" атты сынып сағатын өткізді .Бүгін ағза үшін темекі шегу қаупі туралы әңгімелесетін боламыз. Бірақ алдымен аз тарих.Бар мұндай присказка: "жұлдыз болғың келсе, егер кәрілік еді".</w:t>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Начать – проще всего, а вот, привыкнув, бросить… Марк Твен на вопрос: «Трудно ли бросить курить?» отвечал: «Совсем не трудно, я раз сто бросал».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0035621C" w:rsidRPr="0035621C" w:rsidRDefault="0035621C" w:rsidP="0035621C">
+    <w:p w:rsidR="00673F00" w:rsidRPr="00263FAD" w:rsidRDefault="00673F00" w:rsidP="00263FAD">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0035621C">
-[...6 lines deleted...]
-        <w:t>Марк Твен: "темекіні тастау қиын ба?"жауап берді:" қиын емес, Мен бір рет тастадым".</w:t>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Великий Бальзак сказал «Табак приносит вред телу, разрушает разум, отупляет целые нации». В табачном дыме содержится много ядовитых вредных веществ: синильная кислота, сероводород, никотин, аммиак, оксид углерода, радиоактивный изотоп калия, мышьяк.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0035621C" w:rsidRPr="0035621C" w:rsidRDefault="0035621C" w:rsidP="0035621C">
+    <w:p w:rsidR="00673F00" w:rsidRDefault="00673F00" w:rsidP="00263FAD">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0035621C">
-[...6 lines deleted...]
-        <w:t>Ұлы Бальзак "темекі денеге зиян келтіреді, ақыл-ойды бұзады, тұтас ұлттарды ақтайды"деді. Темекі түтінінде көптеген улы зиянды заттар бар: синиль қышқылы, күкіртсутек, никотин, аммиак, көміртегі оксиді, калийдің радиоактивті изотопы, мышьяк.</w:t>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Некоторые курильщики полагают, что сигаретные фильтры, освобождая дым от содержащихся в нем частиц, делают его безвредным. К сожалению, это не так.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0035621C" w:rsidRPr="00487041" w:rsidRDefault="0035621C" w:rsidP="0035621C">
+    <w:p w:rsidR="00C31599" w:rsidRDefault="00C31599" w:rsidP="005D48A2">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:ind w:left="-993"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0035621C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00C31599" w:rsidRDefault="00C31599" w:rsidP="005D48A2">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:ind w:left="-426" w:right="-568"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Кейбір темекі шегушілер темекі сүзгілері оның ішіндегі бөліктерден түтін босатып, оны зиянсыз етеді деп санайды.  Өкінішке орай, бұл олай емес. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00487041">
+      </w:pPr>
+      <w:r w:rsidRPr="00C31599">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="105A514D" wp14:editId="73EDA99F">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3226381" cy="2152650"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Рисунок 3" descr="C:\Users\Зере\Desktop\лекция  от 21  января\IMG_0916.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\лекция  от 21  января\IMG_0916.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2819400" cy="2152650"/>
+                      <a:ext cx="3226381" cy="2152650"/>
                     </a:xfrm>
                     <a:prstGeom prst="ellipse">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00487041">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00487041">
+      <w:r w:rsidR="005D48A2" w:rsidRPr="005D48A2">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F9130DE" wp14:editId="000CBB73">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3219573" cy="2149475"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="8" name="Рисунок 4" descr="C:\Users\Зере\Desktop\лекция  от 21  января\IMG_0917.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Зере\Desktop\лекция  от 21  января\IMG_0917.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3221303" cy="2150630"/>
                     </a:xfrm>
                     <a:prstGeom prst="ellipse">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0035621C" w:rsidRPr="00487041" w:rsidRDefault="0035621C" w:rsidP="0035621C">
+    <w:p w:rsidR="00C31599" w:rsidRDefault="005D48A2" w:rsidP="00263FAD">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="567"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00487041">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74F1DF8A" wp14:editId="7E19ADCF">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>862965</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>50165</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4019550" cy="2676525"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="12" name="Рисунок 5" descr="C:\Users\Зере\Desktop\лекция  от 21  января\IMG_0927.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Зере\Desktop\лекция  от 21  января\IMG_0927.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
@@ -356,567 +609,515 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4019550" cy="2676525"/>
                     </a:xfrm>
                     <a:prstGeom prst="ellipse">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0035621C" w:rsidRPr="00487041" w:rsidRDefault="0035621C" w:rsidP="0035621C">
+    <w:p w:rsidR="00C31599" w:rsidRDefault="00C31599" w:rsidP="00263FAD">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="567"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0035621C" w:rsidRPr="0035621C" w:rsidRDefault="0035621C" w:rsidP="0035621C">
+    <w:p w:rsidR="00C31599" w:rsidRDefault="005D48A2" w:rsidP="005D48A2">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00487041">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0035621C" w:rsidRPr="0035621C" w:rsidRDefault="0035621C" w:rsidP="0035621C">
+    <w:p w:rsidR="00673F00" w:rsidRPr="00263FAD" w:rsidRDefault="00673F00" w:rsidP="005D48A2">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:contextualSpacing/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:ind w:right="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31599">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Никотин способствует нарушению зубной эмали и отложению на поверхности зубов табачного дегтя, вследствие чего она приобретает желтоватый цвет, а полость рта начинает издавать специфический запах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00673F00" w:rsidRPr="00263FAD" w:rsidRDefault="00C31599" w:rsidP="005D48A2">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:ind w:right="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00673F00" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>  Температура дыма оказывает влияние на слизистые оболочки рта и носоглотки. Капилляры их расширяются, слизистая оболочка воспаляется. Тепло табачного дыма и находящиеся в нем химические вещества раздражают слюнные железы. Ядовитые вещества дыма, переходя в слюну, действуют на слизистую оболочку желудка, что не остается бесследным.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00673F00" w:rsidRPr="00263FAD" w:rsidRDefault="00673F00" w:rsidP="005D48A2">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:ind w:right="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Потери аппетита, боли в области желудка, чередование запора и поноса, хронические гастриты и, наконец, язвы желудка – вот расстройства, которые встречаются </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> курящих во много раз чаще, чем у некурящих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00673F00" w:rsidRPr="00263FAD" w:rsidRDefault="00C31599" w:rsidP="005D48A2">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:ind w:right="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="00673F00" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Постоянное курение, как правило, сопровождается бронхитом, который проявляется кашлем после пробуждения и отхаркиванием сероватой, грязно-коричневой мокроты. Хроническое раздражение слизистой оболочки голосовых связок сказывается на тембре голоса. Он теряет звучность и чистоту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00673F00" w:rsidRPr="00263FAD" w:rsidRDefault="00673F00" w:rsidP="005D48A2">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:ind w:right="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> В результате поступления дыма в кровь, кровь обогащается угарным газом вместо кислорода. В результате снижается гемоглобин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00673F00" w:rsidRPr="00263FAD" w:rsidRDefault="00673F00" w:rsidP="005D48A2">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:ind w:right="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Высокая доза синильной кислоты в дыме возбуждает центральную нервную систему, может наступить ее паралич, прекращение дыхания, а затем остановка сердца.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00673F00" w:rsidRPr="00263FAD" w:rsidRDefault="00C31599" w:rsidP="005D48A2">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:ind w:right="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="00673F00" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> У курящего человека снижается сопротивляемость легких к различным инфекционным заболеваниям., в частности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00673F00" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00673F00" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к туберкулезу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00673F00" w:rsidRPr="00263FAD" w:rsidRDefault="00673F00" w:rsidP="005D48A2">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:ind w:right="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Как видим, курение сопровождается весьма неприятными ощущениями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00673F00" w:rsidRPr="00263FAD" w:rsidRDefault="00673F00" w:rsidP="005D48A2">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:ind w:right="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> «Привычка – вторая натура» - именно этим можно объяснить курение многих людей, которые и рады бы бросить это никчемное занятие, да не могут изменить своей вредной привычке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00673F00" w:rsidRPr="00263FAD" w:rsidRDefault="00C31599" w:rsidP="005D48A2">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:ind w:right="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="00673F00" w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Если причиной начала курения у мальчиков является стремление подражать взрослым, то у девушек начало курения часто связано с кокетством, желанием нравиться юношам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00673F00" w:rsidRPr="00263FAD" w:rsidRDefault="00673F00" w:rsidP="005D48A2">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:ind w:right="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Подсчитано, что смертельная доза никотина для человека составляет 50-70мг для подростка. Но растущий организм примерно в 2 раза чувствительнее к никотину, чем взрослый. Значит, смерть может наступить, если подросток за один раз выкурит полпачки сигарет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00673F00" w:rsidRPr="00263FAD" w:rsidRDefault="00673F00" w:rsidP="005D48A2">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:ind w:right="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Случаи смерти молодых людей от поступления в организм больших доз никотина не столь уж редки. Особенно часто такие случаи бывают при выкуривании сигарет в компании «на спор».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00673F00" w:rsidRPr="00263FAD" w:rsidRDefault="00673F00" w:rsidP="005D48A2">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:ind w:right="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Самой грозной расплатой за курение оказывается рак.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00673F00" w:rsidRDefault="00673F00" w:rsidP="005D48A2">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:ind w:right="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00263FAD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Бросить курить под силу каждому. Для этого нужно четко обосновать для себя причину побудившую принять такое решение. Это может быть стремление сохранить здоровье. Начать лучше учиться, желание избавить окружающих от вредного воздействия дыма, наконец, стремление приобщиться к спорту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C31599" w:rsidRDefault="00C31599" w:rsidP="00263FAD">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0035621C" w:rsidRDefault="0035621C" w:rsidP="0035621C">
+    <w:p w:rsidR="00C31599" w:rsidRPr="005D48A2" w:rsidRDefault="005D48A2" w:rsidP="00263FAD">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="005D48A2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00C31599" w:rsidRPr="005D48A2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...65 lines deleted...]
-        <w:t>Никотин тіс эмалінің бұзылуына және темекі шегінің тістерінің бетінде шөгуге ықпал етеді, соның салдарынан ол сарғыш түске ие болады, ал ауыз қуысы ерекше иіс шығара бастайды.</w:t>
+        <w:t xml:space="preserve">сп.Бейсекеева З.Р. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0035621C" w:rsidRPr="0035621C" w:rsidRDefault="0035621C" w:rsidP="0035621C">
+    <w:p w:rsidR="00C31599" w:rsidRPr="005D48A2" w:rsidRDefault="00C31599" w:rsidP="00263FAD">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="272" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0035621C">
-[...333 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="005D48A2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>73092</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C31599" w:rsidRPr="0035621C" w:rsidSect="0035621C">
+    <w:sectPr w:rsidR="00C31599" w:rsidRPr="005D48A2" w:rsidSect="005D48A2">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="707" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="424" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
@@ -2251,51 +2452,50 @@
     <w:rsid w:val="00350AA4"/>
     <w:rsid w:val="00350B90"/>
     <w:rsid w:val="00350CDD"/>
     <w:rsid w:val="00350ED0"/>
     <w:rsid w:val="0035102E"/>
     <w:rsid w:val="00351278"/>
     <w:rsid w:val="00351402"/>
     <w:rsid w:val="00351E73"/>
     <w:rsid w:val="00351F6C"/>
     <w:rsid w:val="00351FE4"/>
     <w:rsid w:val="0035266D"/>
     <w:rsid w:val="00352E96"/>
     <w:rsid w:val="003531A1"/>
     <w:rsid w:val="00353809"/>
     <w:rsid w:val="00353D30"/>
     <w:rsid w:val="00354642"/>
     <w:rsid w:val="003547FB"/>
     <w:rsid w:val="00354B3A"/>
     <w:rsid w:val="00354CD7"/>
     <w:rsid w:val="00355041"/>
     <w:rsid w:val="0035514F"/>
     <w:rsid w:val="00355688"/>
     <w:rsid w:val="00355ADA"/>
     <w:rsid w:val="00355C64"/>
     <w:rsid w:val="00356031"/>
-    <w:rsid w:val="0035621C"/>
     <w:rsid w:val="00356718"/>
     <w:rsid w:val="00357015"/>
     <w:rsid w:val="003572CC"/>
     <w:rsid w:val="003577BF"/>
     <w:rsid w:val="003577D2"/>
     <w:rsid w:val="00357982"/>
     <w:rsid w:val="0035799D"/>
     <w:rsid w:val="003601AC"/>
     <w:rsid w:val="003614F5"/>
     <w:rsid w:val="00361DFA"/>
     <w:rsid w:val="00362EF4"/>
     <w:rsid w:val="003631D6"/>
     <w:rsid w:val="003639DD"/>
     <w:rsid w:val="00363DA5"/>
     <w:rsid w:val="00364E90"/>
     <w:rsid w:val="00364FC5"/>
     <w:rsid w:val="0036545D"/>
     <w:rsid w:val="0036551C"/>
     <w:rsid w:val="003655B8"/>
     <w:rsid w:val="0036567D"/>
     <w:rsid w:val="003657B9"/>
     <w:rsid w:val="00366496"/>
     <w:rsid w:val="00366B69"/>
     <w:rsid w:val="00367011"/>
     <w:rsid w:val="003672EC"/>
@@ -8315,66 +8515,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>513</Words>
-  <Characters>2928</Characters>
+  <Words>556</Words>
+  <Characters>3174</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3435</CharactersWithSpaces>
+  <CharactersWithSpaces>3723</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>