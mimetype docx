--- v0 (2025-12-10)
+++ v1 (2026-01-02)
@@ -1,2281 +1,386 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="001B4CD6" w:rsidRPr="001B4CD6" w:rsidRDefault="001B4CD6" w:rsidP="001B4CD6">
+    <w:p w:rsidR="00C93856" w:rsidRPr="00C93856" w:rsidRDefault="00C93856" w:rsidP="00C93856">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001B4CD6">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00C93856">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>Жаңа</w:t>
+        </w:rPr>
+        <w:t>Информация о проведении новогодних праздников.</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-          <w:b/>
+    </w:p>
+    <w:p w:rsidR="00C93856" w:rsidRPr="00C93856" w:rsidRDefault="00C93856" w:rsidP="00C93856">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C93856">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С 26 по 29 декабря в ОСШ № 1 прошли новогодние утренники и вечера.        </w:t>
+      </w:r>
+      <w:r w:rsidR="00206851" w:rsidRPr="00C93856">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По традиции детям и родителям показали новогоднюю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93856">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сказку. </w:t>
+      </w:r>
+      <w:r w:rsidR="00206851" w:rsidRPr="00C93856">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С самого начала представления сказочные герои увлекли детей в волшебный мир сказки. Дети смогли окунуться в праздничную атмосферу приключений. После представления ребята пели песни, танцевали </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00206851" w:rsidRPr="00C93856">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>новогодний</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00206851" w:rsidRPr="00C93856">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B4CD6">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00206851" w:rsidRPr="00C93856">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...985 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>флешмоб</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B4CD6">
+      <w:r w:rsidR="00206851" w:rsidRPr="00C93856">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>, фотографировались с персонажами, получали новогодние подарки. Утренники прошли интересно и весело!</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B4CD6">
+      <w:r w:rsidRPr="00C93856">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>биледі</w:t>
+        </w:rPr>
+        <w:t>29.12.18г  в школе прошел новогодний вечер для старшеклассников. Учащиеся 11 класса представили сказку «Приключения в Новый год». 9 «А» класс с мини-спектаклем «Как  встречают Новый год в разных странах». Праздник начался замечательным вальсом и боем курантов, которые огласили начало вечера.</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B4CD6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B4CD6">
+      <w:r w:rsidRPr="00C93856">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>кейіпкерлермен</w:t>
+        </w:rPr>
+        <w:t>Звучали замечательные песни, прекрасные пожелания, которые непременно сбудутся в 2019 году.</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B4CD6">
+    </w:p>
+    <w:p w:rsidR="00C93856" w:rsidRPr="00C93856" w:rsidRDefault="00C93856" w:rsidP="00C93856">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>суретке</w:t>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>3113350</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>160572</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2475672" cy="1866803"/>
+            <wp:effectExtent l="19050" t="0" r="828" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\н.г\index.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\н.г\index.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2475633" cy="1866774"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-196850</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>71120</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2614295" cy="1957705"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\н.г\5.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\н.г\5.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2614295" cy="1957705"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B4CD6">
+    </w:p>
+    <w:p w:rsidR="00C54D98" w:rsidRPr="00C93856" w:rsidRDefault="00C54D98" w:rsidP="00C54D98">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...1044 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C54D98" w:rsidRPr="000377CE" w:rsidRDefault="00C54D98" w:rsidP="00C54D98">
+    <w:p w:rsidR="00C54D98" w:rsidRDefault="00C54D98" w:rsidP="00C54D98">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C54D98" w:rsidRPr="000377CE" w:rsidRDefault="00C54D98" w:rsidP="00C54D98">
+    <w:p w:rsidR="00C54D98" w:rsidRPr="00C54D98" w:rsidRDefault="00C54D98" w:rsidP="00C54D98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C54D98" w:rsidRPr="000377CE" w:rsidRDefault="00C54D98" w:rsidP="00C54D98">
+    <w:p w:rsidR="00C54D98" w:rsidRDefault="00C54D98" w:rsidP="00C54D98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C54D98" w:rsidRPr="000377CE" w:rsidRDefault="00C93856" w:rsidP="00C54D98">
+    <w:p w:rsidR="00C54D98" w:rsidRDefault="00C93856" w:rsidP="00C54D98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5821"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3797300</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>256540</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2425700" cy="1818640"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name="Рисунок 3" descr="C:\Users\Аселя\Desktop\Вечер новогодний\5.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Аселя\Desktop\Вечер новогодний\5.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print"/>
+                    <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2425700" cy="1818640"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -2292,244 +397,237 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-852805</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>256540</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2508885" cy="1878330"/>
             <wp:effectExtent l="19050" t="0" r="5715" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\Вечер новогодний\1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\Вечер новогодний\1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:blip r:embed="rId8" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2508885" cy="1878330"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00C54D98" w:rsidRPr="000377CE">
+      <w:r w:rsidR="00C54D98">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C54D98" w:rsidRPr="000377CE" w:rsidRDefault="00C93856" w:rsidP="00C54D98">
+    <w:p w:rsidR="00C54D98" w:rsidRPr="00C54D98" w:rsidRDefault="00C93856" w:rsidP="00C54D98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1761628</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>80479</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2035810" cy="1520687"/>
             <wp:effectExtent l="19050" t="0" r="2540" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\Вечер новогодний\2.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\Вечер новогодний\2.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2035810" cy="1520687"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C54D98" w:rsidRPr="000377CE" w:rsidRDefault="00C54D98" w:rsidP="00C54D98">
+    <w:p w:rsidR="00C54D98" w:rsidRPr="00C54D98" w:rsidRDefault="00C54D98" w:rsidP="00C54D98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C54D98" w:rsidRPr="000377CE" w:rsidRDefault="00C54D98" w:rsidP="00C54D98">
+    <w:p w:rsidR="00C54D98" w:rsidRDefault="00C54D98" w:rsidP="00C54D98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C93856" w:rsidRPr="000377CE" w:rsidRDefault="00C54D98" w:rsidP="00C54D98">
+    <w:p w:rsidR="00C93856" w:rsidRDefault="00C54D98" w:rsidP="00C54D98">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3265"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000377CE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C93856" w:rsidRPr="000377CE" w:rsidRDefault="00C93856" w:rsidP="00C93856">
+    <w:p w:rsidR="00C93856" w:rsidRPr="00C93856" w:rsidRDefault="00C93856" w:rsidP="00C93856">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3003550</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>156210</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2446020" cy="2017395"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Рисунок 4" descr="C:\Users\Аселя\Desktop\Вечер новогодний\6.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Аселя\Desktop\Вечер новогодний\6.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId10"/>
                     <a:srcRect l="8622"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2446020" cy="2017395"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -2546,112 +644,109 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-47294</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>158971</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2535307" cy="1888435"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="8" name="Рисунок 5" descr="C:\Users\Аселя\Desktop\Вечер новогодний\4.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Аселя\Desktop\Вечер новогодний\4.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print"/>
+                    <a:blip r:embed="rId11" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2535307" cy="1888435"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C93856" w:rsidRPr="000377CE" w:rsidRDefault="00C93856" w:rsidP="00C93856">
+    <w:p w:rsidR="00C93856" w:rsidRDefault="00C93856" w:rsidP="00C93856">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00380D66" w:rsidRPr="000377CE" w:rsidRDefault="00C93856" w:rsidP="00C93856">
+    <w:p w:rsidR="00380D66" w:rsidRPr="00C93856" w:rsidRDefault="00C93856" w:rsidP="00C93856">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="908"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000377CE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00380D66" w:rsidRPr="000377CE" w:rsidSect="00380D66">
+    <w:sectPr w:rsidR="00380D66" w:rsidRPr="00C93856" w:rsidSect="00380D66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2684,51 +779,50 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="96"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00206851"/>
     <w:rsid w:val="0000159A"/>
     <w:rsid w:val="000059D8"/>
     <w:rsid w:val="00005FFA"/>
     <w:rsid w:val="00015D4E"/>
     <w:rsid w:val="0001680B"/>
     <w:rsid w:val="00025F88"/>
     <w:rsid w:val="00026074"/>
     <w:rsid w:val="000313B7"/>
     <w:rsid w:val="00032578"/>
     <w:rsid w:val="00035EF4"/>
     <w:rsid w:val="000361E1"/>
-    <w:rsid w:val="000377CE"/>
     <w:rsid w:val="00041E71"/>
     <w:rsid w:val="00041EF7"/>
     <w:rsid w:val="00045FF4"/>
     <w:rsid w:val="0005048F"/>
     <w:rsid w:val="00050F46"/>
     <w:rsid w:val="00051B6C"/>
     <w:rsid w:val="00053A64"/>
     <w:rsid w:val="0005433E"/>
     <w:rsid w:val="0005733A"/>
     <w:rsid w:val="000579CC"/>
     <w:rsid w:val="00060F5A"/>
     <w:rsid w:val="00063C20"/>
     <w:rsid w:val="00065432"/>
     <w:rsid w:val="0006631C"/>
     <w:rsid w:val="000719B5"/>
     <w:rsid w:val="00072566"/>
     <w:rsid w:val="000735ED"/>
     <w:rsid w:val="00073624"/>
     <w:rsid w:val="00073E9D"/>
     <w:rsid w:val="000756E1"/>
     <w:rsid w:val="00075F63"/>
     <w:rsid w:val="00081C39"/>
     <w:rsid w:val="00083436"/>
     <w:rsid w:val="00084B16"/>
     <w:rsid w:val="00086473"/>
@@ -2787,51 +881,50 @@
     <w:rsid w:val="00152B5A"/>
     <w:rsid w:val="00155CCF"/>
     <w:rsid w:val="00163FA8"/>
     <w:rsid w:val="0016446B"/>
     <w:rsid w:val="00166752"/>
     <w:rsid w:val="00171618"/>
     <w:rsid w:val="001727E7"/>
     <w:rsid w:val="00174362"/>
     <w:rsid w:val="00175C4C"/>
     <w:rsid w:val="001761E3"/>
     <w:rsid w:val="0018191F"/>
     <w:rsid w:val="00184DA2"/>
     <w:rsid w:val="00187A97"/>
     <w:rsid w:val="00190EE9"/>
     <w:rsid w:val="00191D30"/>
     <w:rsid w:val="001936C5"/>
     <w:rsid w:val="00194884"/>
     <w:rsid w:val="00194948"/>
     <w:rsid w:val="00194CC4"/>
     <w:rsid w:val="00197918"/>
     <w:rsid w:val="001A0FAA"/>
     <w:rsid w:val="001A66DC"/>
     <w:rsid w:val="001A70D3"/>
     <w:rsid w:val="001B1D53"/>
     <w:rsid w:val="001B2BD1"/>
-    <w:rsid w:val="001B4CD6"/>
     <w:rsid w:val="001B7802"/>
     <w:rsid w:val="001C42AA"/>
     <w:rsid w:val="001C6D0B"/>
     <w:rsid w:val="001D4C4C"/>
     <w:rsid w:val="001D5C57"/>
     <w:rsid w:val="001D6CAF"/>
     <w:rsid w:val="001D75CC"/>
     <w:rsid w:val="001E3878"/>
     <w:rsid w:val="001E770F"/>
     <w:rsid w:val="001F0BD5"/>
     <w:rsid w:val="001F1AA8"/>
     <w:rsid w:val="00204112"/>
     <w:rsid w:val="00206851"/>
     <w:rsid w:val="00206959"/>
     <w:rsid w:val="00206E36"/>
     <w:rsid w:val="00211842"/>
     <w:rsid w:val="00213860"/>
     <w:rsid w:val="00214CA2"/>
     <w:rsid w:val="00215E52"/>
     <w:rsid w:val="00216DA1"/>
     <w:rsid w:val="002201E6"/>
     <w:rsid w:val="002207DF"/>
     <w:rsid w:val="00221360"/>
     <w:rsid w:val="0023555A"/>
     <w:rsid w:val="00242360"/>
@@ -4033,51 +2126,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C54D98"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4324,65 +2417,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>131</Words>
-  <Characters>749</Characters>
+  <Words>134</Words>
+  <Characters>765</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>879</CharactersWithSpaces>
+  <CharactersWithSpaces>898</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>