--- v0 (2025-12-10)
+++ v1 (2026-01-02)
@@ -1,3797 +1,594 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="001E5B8E" w:rsidRPr="001E5B8E" w:rsidRDefault="001E5B8E" w:rsidP="001E5B8E">
+    <w:p w:rsidR="009B405A" w:rsidRDefault="009B405A" w:rsidP="007167C2">
       <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В рамках развития инклюзивного развития 09.01.2019 года проведен плановый </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Психолого-медико-педагогический консилиум</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы по результатам диагн</w:t>
+      </w:r>
+      <w:r w:rsidR="007167C2">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>остирования за первое полугодие</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B405A" w:rsidRDefault="009B405A" w:rsidP="009B405A">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Психолого-медико-педагогический консилиум (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПМПк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – постоянно действующий, объединенный общими целями, скоординированный коллектив специалистов, реализую</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>щий  сопровождение ребенка с ООП</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПМПк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в нашей школе </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>создан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказом директора школы, Положением  о психолого-медико-педагогическом консилиуме </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГУ «ОСШ №1 им.М.Горького</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B405A" w:rsidRPr="009B405A" w:rsidRDefault="009B405A" w:rsidP="009B405A">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-        <w:t>Инклюзивті</w:t>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПМПк</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001E5B8E">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> строит свою деятельность в соответствии с Уставом, договором с родителями. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B405A" w:rsidRPr="009B405A" w:rsidRDefault="009B405A" w:rsidP="009B405A">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основная цель </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001E5B8E">
-[...7 lines deleted...]
-        <w:t>дамыту</w:t>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ПМПк</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001E5B8E">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –  обеспечение оптимальных условий для обучения и воспитания детей в соответствии с их возрастными и индивидуальными особенностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B405A" w:rsidRPr="009B405A" w:rsidRDefault="009B405A" w:rsidP="009B405A">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для реализации этой цели  мы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ставим  следующие задачи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B405A" w:rsidRPr="009B405A" w:rsidRDefault="009B405A" w:rsidP="009B405A">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анняя диагностика отклонений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B405A" w:rsidRPr="009B405A" w:rsidRDefault="009B405A" w:rsidP="009B405A">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>онсультирование родителей, педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B405A" w:rsidRPr="009B405A" w:rsidRDefault="009B405A" w:rsidP="009B405A">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пределение необходимых специальных образовательных  условий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B405A" w:rsidRPr="009B405A" w:rsidRDefault="009B405A" w:rsidP="009B405A">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4. О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>предел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ение путей включения детей с ООП</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в классы, работающие по основным  образовательным программам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B405A" w:rsidRPr="009B405A" w:rsidRDefault="009B405A" w:rsidP="009B405A">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оставление заключения для представления на</w:t>
+      </w:r>
+      <w:r w:rsidR="00650E9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> городскую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психолого-медико-педагогическую комиссию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B405A" w:rsidRDefault="009B405A" w:rsidP="009B405A">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В основной состав </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001E5B8E">
-[...7 lines deleted...]
-        <w:t>аясында</w:t>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПМПк</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001E5B8E">
-[...251 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> входят: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заместитель директора по инклюзивному образованию,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагог-психолог; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дефектолог, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> медицинская сестра, социальный педагог, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>руководитель МО начальной школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B405A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Психолого-педагогический консилиум проводится: в соответствии с планом работы; по запросу учителя-предметника; по запросу классного руководителя; по запросу специалистов ППМС сопровождения; по запросу родителей </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="001E5B8E" w:rsidRPr="00305952" w:rsidRDefault="001E5B8E" w:rsidP="001E5B8E">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="007167C2" w:rsidRPr="009B405A" w:rsidRDefault="007167C2" w:rsidP="009B405A">
       <w:pPr>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...755 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="001E5B8E" w:rsidRPr="00305952" w:rsidRDefault="001E5B8E" w:rsidP="001E5B8E">
-[...2643 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="004A658E" w:rsidRDefault="007167C2">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F31DEB2" wp14:editId="373951AB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A14E238" wp14:editId="1E376632">
             <wp:extent cx="2731135" cy="2374900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\АДМИН 19\Downloads\Файлы Mail.Ru Агента\461b367f9daf677860858fbde5910f53.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\АДМИН 19\Downloads\Файлы Mail.Ru Агента\461b367f9daf677860858fbde5910f53.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -3805,100 +602,100 @@
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2CFEE277" wp14:editId="4942C4CC">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="28C05C6F" wp14:editId="76A6D607">
             <wp:extent cx="2660015" cy="2374900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\АДМИН 19\Downloads\Файлы Mail.Ru Агента\55672dad95eb21abee258c6275d692a4.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\АДМИН 19\Downloads\Файлы Mail.Ru Агента\55672dad95eb21abee258c6275d692a4.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2660015" cy="2374900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="004A658E" w:rsidRPr="001E5B8E" w:rsidSect="00FD6D44">
+    <w:sectPr w:rsidR="004A658E" w:rsidSect="00FD6D44">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3912,54 +709,51 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009B405A"/>
-    <w:rsid w:val="001E5B8E"/>
-    <w:rsid w:val="00305952"/>
     <w:rsid w:val="004A658E"/>
-    <w:rsid w:val="004E1504"/>
     <w:rsid w:val="00650E9E"/>
     <w:rsid w:val="007167C2"/>
     <w:rsid w:val="009B405A"/>
     <w:rsid w:val="00E12299"/>
     <w:rsid w:val="00FD6D44"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -4797,65 +1591,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>226</Words>
-  <Characters>1292</Characters>
+  <Words>228</Words>
+  <Characters>1304</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1515</CharactersWithSpaces>
+  <CharactersWithSpaces>1529</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Кристина</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>