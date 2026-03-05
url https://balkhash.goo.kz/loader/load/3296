--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -2,11817 +2,721 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C3327F" w:rsidRPr="00C3327F" w:rsidRDefault="00C3327F" w:rsidP="00C3327F">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="002526DE" w:rsidRPr="009009BB" w:rsidRDefault="00CE51E8" w:rsidP="002526DE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C3327F">
+      <w:r w:rsidRPr="009009BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Қысқы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C3327F">
+        <w:t>Информация о проведении зимних каникул</w:t>
+      </w:r>
+      <w:r w:rsidR="00193F04" w:rsidRPr="009009BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C3327F">
+    </w:p>
+    <w:p w:rsidR="00CE51E8" w:rsidRPr="009009BB" w:rsidRDefault="00193F04" w:rsidP="002526DE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009009BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>каникулды</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C3327F">
+        <w:t>в ОСШ№1 имени М.Горького 2018-2019 уч.год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE51E8" w:rsidRPr="002526DE" w:rsidRDefault="00CE51E8" w:rsidP="002526DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:i/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00C3327F">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Целью проведения зимних  каникул были:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE51E8" w:rsidRPr="002526DE" w:rsidRDefault="00CE51E8" w:rsidP="002526DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00C3327F">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002526DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C3327F">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.     Организовать досуг учащихся в период зимних каникул.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE51E8" w:rsidRPr="002526DE" w:rsidRDefault="00CE51E8" w:rsidP="002526DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C3327F">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002526DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00C3327F">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.     Организовать занятость детей, попавших в трудную жизненную ситуацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE51E8" w:rsidRPr="002526DE" w:rsidRDefault="00CE51E8" w:rsidP="002526DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...14 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002526DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00C3327F">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.     Укрепить здоровье и физические силы детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3045A" w:rsidRPr="002526DE" w:rsidRDefault="00C3045A" w:rsidP="002526DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C3327F">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C67679" w:rsidRPr="002526DE" w:rsidRDefault="00C67679" w:rsidP="002526DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...7601 lines deleted...]
-        <w:t>!</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В течение всех зимних каникул школа функционировала в полном режиме работы в соответствии с ранее разработанным планом. Для учащихся всех возрастных групп были разработаны и проведены </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-    <w:p w:rsidR="00C3327F" w:rsidRPr="00C3327F" w:rsidRDefault="00C3327F" w:rsidP="00C3327F">
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внеклассные мероприятия и коллективные творческие дела в соответствии с их интересами и потребностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B83AC0" w:rsidRPr="002526DE" w:rsidRDefault="00CE51E8" w:rsidP="002526DE">
+      <w:pPr>
+        <w:pStyle w:val="6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В рамках реализации поставленных целей был разработан план работы на зимние  каникулы совместно с социальным педагогом, зав. библиотекой, старшим вожатым, психологом, классными руководителями и привлечением к работе с детьми родителей, педагогов дополнительного образования. Воспитательная работа школы была направлена на максимальную занятость детей и подростков в школьных мероприятиях, как в первую, так и во вторую половину дня,  уделив особое внимание занятости детей «группы риска» и детей, оставшихся без попечения родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B83AC0" w:rsidRPr="002526DE" w:rsidRDefault="00B83AC0" w:rsidP="002526DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В целях информирования детей и родителей по проведению мероприятий в период зимних каникул был оформлен стенд, где была отражена вся информация по мероприятиям, режиму работы школы в период каникул, работа спортивных секции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E7DD4" w:rsidRPr="002526DE" w:rsidRDefault="004A6855" w:rsidP="002526DE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учащиеся 2 классов приняли участие в командной игре «Хочу все знать» (окружающий мир), </w:t>
+      </w:r>
+      <w:r w:rsidR="000E7DD4" w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">игра «Поле чудес», среди 9-х классов, интеллектуальный марафон в 10 классе, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">где </w:t>
+      </w:r>
+      <w:r w:rsidR="000E7DD4" w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дети </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>показали свои интеллектуальные способности.</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7DD4" w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мероприятия  способствовало  развитию логического и творческого мышления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE51E8" w:rsidRPr="002526DE" w:rsidRDefault="00A61FDB" w:rsidP="002526DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>03.01.2019</w:t>
+      </w:r>
+      <w:r w:rsidR="004A6855" w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г. Классные руководители </w:t>
+      </w:r>
+      <w:r w:rsidR="00B83AC0" w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-х классов </w:t>
+      </w:r>
+      <w:r w:rsidR="004A6855" w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организовали  подвижные игры  «</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83AC0" w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Зимние забавы</w:t>
+      </w:r>
+      <w:r w:rsidR="004A6855" w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>». Ребята поиграли на свежем воздухе, получили огромный заряд бодрости и позитива.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E7DD4" w:rsidRPr="002526DE" w:rsidRDefault="00CE51E8" w:rsidP="002526DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Классные руководители провели в своих классах инструктажи учащихся по проведению зимних каникул и поведению детей в общественных местах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B83AC0" w:rsidRPr="002526DE" w:rsidRDefault="000E7DD4" w:rsidP="002526DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Беседа «Зимние виды спорта и их польза здоровью</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE51E8" w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» - та</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к называлось мероприятие в 5-х классах</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE51E8" w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, в рамках которого  был проведён обзор книг о зиме, о зимних праздниках, о зи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мних забавах, о зимних видах спорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE51E8" w:rsidRPr="002526DE" w:rsidRDefault="00B83AC0" w:rsidP="002526DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С большим удовольствием учащиеся младших классов принимали участие в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3045A" w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «А ты знаешь ПДД?».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE51E8" w:rsidRPr="002526DE" w:rsidRDefault="00CE51E8" w:rsidP="002526DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В период зимних  каникул социальным педагогом и классными руководителями осуществлялся контроль  детей социального риска.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00193F04" w:rsidRPr="002526DE" w:rsidRDefault="00193F04" w:rsidP="002526DE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...118 lines deleted...]
-          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00072B4A" w:rsidRPr="002526DE" w:rsidRDefault="00072B4A" w:rsidP="002526DE">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Интересно и увлекательно прошли игра-викторина «Экологическая тропа», «Эти забавные  животные» в которой приняли участие ребята 4-5 классов. В конкурсе ребята вспоминали птиц, вписывали их названия в подготовленные таблицы. Аналогичное задание получили и болельщики. С заданием справились все. Мероприятие вызвало много положительных эмоций, было очень весело и познавательно!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E7DD4" w:rsidRPr="002526DE" w:rsidRDefault="00072B4A" w:rsidP="002526DE">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Внеклассные мероприятия  в 6 классах  на тему "Да здравствует вежливость и доброта, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>главная цель воспитать каждого ученика вежливой, культурной, творческой, активной и социально зрелой личностью. Очень важно ещё в юном возрасте пробудить у  учеников потребность в совершении добрых поступков, прививать важные человеческие качества: доброту, отзывчивость, чуткость, внимательность к окружающим людям, умения правильно употреблять в речи вежливые слова.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A61FDB" w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Через «Игротерапию» детям коррекционных классов можно показать и проиграть много жизненных ситуаций, которые встречаются на их пути.  «Кто твой друг?», «Какими качествами обладаешь ты?», «Как справляешься со своими эмоциями?», «Какие слова ты подберешь, если…» На эти и многие другие вопросы дети находят ответ, посещая занятия психолога школы. Играя в сюжетные, ролевые, групповые игры, представляя себя героями ситуаций, дети меняют мнения и взгляды на свои поступки и действия. После каждого занятия, мероприятия «Игротерапии» ребята самостоятельно делают выводы, находят решения своих ситуаций, которые помогают им справится с неожиданностями, встречающимися в их жизни.                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="000E7DD4" w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вопросы профориентации были рассмотрены в 11 классе, где были рассмотрены самые востребованные профессии. Ребята также ознакомились с учебными заведениями, где можно получить </w:t>
+      </w:r>
+      <w:r w:rsidR="00E80B53" w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">интересные </w:t>
+      </w:r>
+      <w:r w:rsidR="000E7DD4" w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профессии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E7DD4" w:rsidRPr="002526DE" w:rsidRDefault="000E7DD4" w:rsidP="002526DE">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учащиеся ОСШ№1  в течении </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6E1E" w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3859 lines deleted...]
-        <w:t xml:space="preserve"> барды.</w:t>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">каникул посетили городские мероприятия </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6E1E" w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">возле городской елки, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">во ДШ и </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6E1E" w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>развлекательный центр «Мерей - караоке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002526DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A61FDB" w:rsidRPr="002526DE" w:rsidRDefault="00A61FDB" w:rsidP="002526DE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1690"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0072233F" w:rsidRPr="002526DE" w:rsidRDefault="0072233F" w:rsidP="002526DE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1690"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11847,50 +751,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0072233F" w:rsidRPr="002526DE" w:rsidRDefault="00E16723" w:rsidP="002526DE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1690"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002526DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251632128" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54F09792" wp14:editId="2CF38FBC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2685415</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-257810</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3220720" cy="2414905"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\666.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\666.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -12497,50 +1402,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D5440E" w:rsidRPr="002526DE" w:rsidRDefault="00E16723" w:rsidP="002526DE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6073"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002526DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675136" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79EC7A44" wp14:editId="001B82FC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2844800</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-140335</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3469005" cy="2593975"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="8" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\пдд2.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\пдд2.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -13165,51 +2071,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="41"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CE51E8"/>
     <w:rsid w:val="0000159A"/>
     <w:rsid w:val="00003909"/>
     <w:rsid w:val="000059D8"/>
     <w:rsid w:val="00005FFA"/>
     <w:rsid w:val="00014787"/>
     <w:rsid w:val="00015D4E"/>
     <w:rsid w:val="0001680B"/>
     <w:rsid w:val="00025F88"/>
     <w:rsid w:val="00026074"/>
     <w:rsid w:val="000313B7"/>
     <w:rsid w:val="00032578"/>
     <w:rsid w:val="00035EF4"/>
     <w:rsid w:val="000361E1"/>
     <w:rsid w:val="00041E71"/>
@@ -13892,51 +2797,50 @@
     <w:rsid w:val="00BC2FB5"/>
     <w:rsid w:val="00BC47AE"/>
     <w:rsid w:val="00BC47FC"/>
     <w:rsid w:val="00BC53D2"/>
     <w:rsid w:val="00BD30C5"/>
     <w:rsid w:val="00BD7A46"/>
     <w:rsid w:val="00BE4B63"/>
     <w:rsid w:val="00BE50B8"/>
     <w:rsid w:val="00BE5CC7"/>
     <w:rsid w:val="00BE5E7C"/>
     <w:rsid w:val="00BE658B"/>
     <w:rsid w:val="00BE7BB2"/>
     <w:rsid w:val="00BF4704"/>
     <w:rsid w:val="00BF4B24"/>
     <w:rsid w:val="00BF719A"/>
     <w:rsid w:val="00BF7C6B"/>
     <w:rsid w:val="00C059C2"/>
     <w:rsid w:val="00C06744"/>
     <w:rsid w:val="00C140B1"/>
     <w:rsid w:val="00C14658"/>
     <w:rsid w:val="00C16BC7"/>
     <w:rsid w:val="00C17D7D"/>
     <w:rsid w:val="00C21371"/>
     <w:rsid w:val="00C238BB"/>
     <w:rsid w:val="00C3045A"/>
-    <w:rsid w:val="00C3327F"/>
     <w:rsid w:val="00C3388B"/>
     <w:rsid w:val="00C35ED2"/>
     <w:rsid w:val="00C36FB3"/>
     <w:rsid w:val="00C42F1A"/>
     <w:rsid w:val="00C553E0"/>
     <w:rsid w:val="00C55F28"/>
     <w:rsid w:val="00C57544"/>
     <w:rsid w:val="00C610D2"/>
     <w:rsid w:val="00C61779"/>
     <w:rsid w:val="00C62CAB"/>
     <w:rsid w:val="00C63086"/>
     <w:rsid w:val="00C6333C"/>
     <w:rsid w:val="00C63718"/>
     <w:rsid w:val="00C667A9"/>
     <w:rsid w:val="00C66E11"/>
     <w:rsid w:val="00C67679"/>
     <w:rsid w:val="00C73EB6"/>
     <w:rsid w:val="00C75439"/>
     <w:rsid w:val="00C7574D"/>
     <w:rsid w:val="00C76060"/>
     <w:rsid w:val="00C804C4"/>
     <w:rsid w:val="00C83B66"/>
     <w:rsid w:val="00C9253B"/>
     <w:rsid w:val="00C92CEA"/>
     <w:rsid w:val="00C94844"/>
@@ -15158,66 +4062,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>606</Words>
-  <Characters>3456</Characters>
+  <Words>643</Words>
+  <Characters>3667</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
+  <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4054</CharactersWithSpaces>
+  <CharactersWithSpaces>4302</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>