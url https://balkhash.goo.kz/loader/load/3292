--- v0 (2025-12-09)
+++ v1 (2025-12-31)
@@ -1,6664 +1,1005 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="002C66C0" w:rsidRPr="002C66C0" w:rsidRDefault="002C66C0" w:rsidP="002C66C0">
+    <w:p w:rsidR="00521E54" w:rsidRPr="00521E54" w:rsidRDefault="00521E54" w:rsidP="00521E54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="21"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="21"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рекомендации, памятка родителям по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="21"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>медиабезопасности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00521E54" w:rsidRPr="00521E54" w:rsidRDefault="00521E54" w:rsidP="00521E54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт 1: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Как можно больше общайтесь со своим ребенком, чтобы избежать возникновения Интернет-зависимости. Приобщайте ребенка к культуре и спорту, чтобы он не стремился заполнить свободное время компьютерными играми. Запомните! Не существует детей, которых бы не интересовало ничего, кроме компьютера. Помните! «Ребенку для полного и гармоничного развития его личности необходимо расти в семейном окружении, в атмосфере счастья, любви и понимания»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00521E54" w:rsidRPr="00521E54" w:rsidRDefault="00521E54" w:rsidP="00521E54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт 2: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Существуют определенные механизмы контроля пользования Интернетом, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00124252" w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>например,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00521E54" w:rsidRPr="00521E54" w:rsidRDefault="00521E54" w:rsidP="00521E54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>·      размещать компьютер в общих комнатах, или быть рядом, когда дети пользуются Интернетом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00521E54" w:rsidRPr="00521E54" w:rsidRDefault="00521E54" w:rsidP="00521E54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>·      совместное с ребенком пользование Интернетом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00521E54" w:rsidRPr="00521E54" w:rsidRDefault="00521E54" w:rsidP="00521E54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>·      устанавливать специальные системы фильтрации данных,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00521E54" w:rsidRPr="00521E54" w:rsidRDefault="00521E54" w:rsidP="00521E54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">самостоятельно закрывающие доступ к определенной информации. Критерии фильтрации задает взрослый, что позволяет устанавливать определенное расписание пользования интернетом. Например, в состав браузера </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Internet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002C66C0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Explorer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> входит модуль "Ограничение доступа" (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Content</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Advisor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) – Сервис | Свойства обозревателя | Содержание (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Tools</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Internet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Options</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Content</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00521E54" w:rsidRPr="00521E54" w:rsidRDefault="00521E54" w:rsidP="00521E54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Также к перечисленным программам по контролю Интернета можно добавить: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>NetPolice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, K9 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Web</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Protection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КиберПапа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, функции родительского контроля, которые есть в большинстве антивирусов, детский браузер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гогуль</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Чистернет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00521E54" w:rsidRPr="00521E54" w:rsidRDefault="00521E54" w:rsidP="00521E54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт 3: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Возможные </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Соцсети</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в которых могут сидеть Ваши дети – это В контакте, Одноклассники, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Facebook</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фотострана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>MySpace</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Также обратите внимание на ресурс «Мой Мир» на почтовом сайте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При общении в Сети у ребенка завязываются виртуальные отношения с новыми «знакомыми» и «друзьями», которые кажутся безобидными, поскольку Интернет-друг является как бы «ненастоящим». Предупредите своего ребенка, что под именем «нового друга» может скрываться мошенник или извращенец. Виртуальное хамство и розыгрыши часто заканчиваются </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>киберпреследованием</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>киберунижением</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, доставляя объекту травли множество страданий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00521E54" w:rsidRPr="00521E54" w:rsidRDefault="00521E54" w:rsidP="00521E54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт 4: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Научите детей не оставлять в публичном доступе личную информацию: контакты, фото, видео. Запомните принцип Интернет: «Все, что вы выложили, может быть использовано против вас». Желательно оставлять только электронные способы связи. Например, специально выделенный для подобного общения е-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или номер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>icq</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00521E54" w:rsidRPr="00521E54" w:rsidRDefault="00521E54" w:rsidP="00521E54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт 5: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Станьте «другом» Вашего ребенка в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Соцсетях</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Это Вам поможет контролировать виртуальные отношения ребенка с новыми «знакомыми» и «друзьями». Объясните ему, что </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Другом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должен быть только тот, кто хорошо известен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00521E54" w:rsidRPr="00521E54" w:rsidRDefault="00521E54" w:rsidP="00521E54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт 6: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Контролируйте время, которое Ваш ребенок проводит в Интернете. Длительное времяпрепровождение в Сети может быть связано с «заигрываниями» со стороны педофилов, особенно в блогах, социальных сетях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00521E54" w:rsidRPr="00521E54" w:rsidRDefault="00521E54" w:rsidP="00521E54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Пункт 7: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Несмотря на моральный аспект, периодически читайте электронную почту ребенка, если вы видите, что после прочтения почты Ваш ребенок расстроен, растерян, запуган.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002C66C0" w:rsidRPr="002C66C0" w:rsidRDefault="002C66C0" w:rsidP="002C66C0">
+    <w:p w:rsidR="00521E54" w:rsidRPr="00521E54" w:rsidRDefault="00521E54" w:rsidP="00521E54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт 8: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Главное средство защиты от мошенника, педофила – ребенок должен твердо усвоить, что виртуальные знакомые должны оставаться виртуальными. То есть – никаких встреч в реальном мире с теми друзьями, которых он обрел в Интернете. По крайней мере, без родительского присмотра.</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="002C66C0" w:rsidRPr="002C66C0" w:rsidRDefault="002C66C0" w:rsidP="002C66C0">
+    <w:p w:rsidR="00521E54" w:rsidRPr="00521E54" w:rsidRDefault="00521E54" w:rsidP="00521E54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...658 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт 9: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Средство защиты от хамства и оскорблений в Сети – игнорирование пользователя - ни в коем случае не поддаваться на провокации. Объясните ребенку, как пользоваться настройками приватности; как блокировать нежелательного «гостя»: добавить пользователя в «черный список», пожаловаться модератору сайта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C66C0" w:rsidRPr="002C66C0" w:rsidRDefault="002C66C0" w:rsidP="002C66C0">
+    <w:p w:rsidR="00521E54" w:rsidRPr="00521E54" w:rsidRDefault="00521E54" w:rsidP="00521E54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...158 lines deleted...]
-        <w:t>:</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт 10: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избежать неприятного опыта с покупками в Интернет-магазинах можно, придерживаясь нескольких правил: проверьте «черный список», читайте отзывы в Интернете. Вас должна насторожить слишком низкая цена товара, отсутствие фактического адреса и телефона продавца на сайте, стопроцентная предоплата.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C66C0" w:rsidRPr="002C66C0" w:rsidRDefault="002C66C0" w:rsidP="002C66C0">
-[...1769 lines deleted...]
-    <w:p w:rsidR="002C66C0" w:rsidRPr="002C66C0" w:rsidRDefault="002C66C0" w:rsidP="002C66C0">
+    <w:p w:rsidR="00521E54" w:rsidRPr="00521E54" w:rsidRDefault="00521E54" w:rsidP="00521E54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...602 lines deleted...]
-        <w:t>соңында көптеген  азап шегуге әкеліп соғады.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт 11: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Для защиты компьютера от вирусов установите специальные для этого программы и периодически обновляйте их. Объясните ребенку, что нельзя сохранять на компьютере неизвестные файлы, переходить по ссылкам от незнакомцев, запускать неизвестные файлы с расширением *</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>exe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, так как большая вероятность, что эти файлы могут оказаться вирусом или трояном.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C66C0" w:rsidRPr="002C66C0" w:rsidRDefault="002C66C0" w:rsidP="002C66C0">
+    <w:p w:rsidR="009949BC" w:rsidRPr="00521E54" w:rsidRDefault="009949BC" w:rsidP="00521E54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...223 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C66C0" w:rsidRPr="002C66C0" w:rsidRDefault="002C66C0" w:rsidP="002C66C0">
-[...2897 lines deleted...]
-    <w:sectPr w:rsidR="00FE2A20" w:rsidRPr="002C66C0">
+    <w:sectPr w:rsidR="009949BC" w:rsidRPr="00521E54">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DB08D1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FE2A20"/>
+    <w:rsidRoot w:val="007A6721"/>
+    <w:rsid w:val="00124252"/>
+    <w:rsid w:val="00521E54"/>
+    <w:rsid w:val="007A6721"/>
+    <w:rsid w:val="009949BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B4739904-84D3-4DEE-B28B-6E3D6DA032CD}"/>
+  <w15:docId w15:val="{11B90BD0-64FE-42CC-B075-6AB8473898D0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7045,76 +1386,76 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="1981884759">
+    <w:div w:id="814688631">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1780561082">
+        <w:div w:id="693574496">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1688865996">
+        <w:div w:id="1077240366">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -7361,54 +1702,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>570</Words>
-  <Characters>3254</Characters>
+  <Words>619</Words>
+  <Characters>3531</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3817</CharactersWithSpaces>
+  <CharactersWithSpaces>4142</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>л</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>