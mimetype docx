--- v0 (2025-12-09)
+++ v1 (2026-03-05)
@@ -1,1274 +1,332 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00F669C3" w:rsidRDefault="00F669C3" w:rsidP="00F669C3">
+    <w:p w:rsidR="00C54D98" w:rsidRDefault="00206851" w:rsidP="00CD4A86">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Сегодня 26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00206851">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> декабря в нашей школе у учеников начальных</w:t>
+      </w:r>
+      <w:r w:rsidR="007613CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и 5-х </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00206851">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классов проходил</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>и новогодние</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00206851">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утренник</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00206851">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  По традиции детям и родителям показали новогоднюю сказку. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00206851">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С самого начала представления сказочные герои увлекли детей в волшебный мир сказки. Дети смогли окунуться в праздничную атмосферу приключений. После представления </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ребята </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00206851">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>пели песни, танцевали</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>новогодний</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F669C3">
-[...5 lines deleted...]
-        <w:t>Бүгін</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>флешмоб</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F669C3">
-[...383 lines deleted...]
-        <w:t xml:space="preserve">.                       </w:t>
+      <w:r w:rsidRPr="00206851">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>, фотографировались с персонажами, получали новогодние подарки. Утренники прошли интересно и весело!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C54D98" w:rsidRDefault="00F669C3" w:rsidP="00F669C3">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00C54D98" w:rsidRDefault="00C54D98" w:rsidP="00C54D98">
       <w:pPr>
-        <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A0CBB6B" wp14:editId="257EA940">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2750185</wp:posOffset>
+              <wp:posOffset>3008639</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>1894205</wp:posOffset>
+              <wp:posOffset>199247</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="3042920" cy="2292350"/>
-            <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+            <wp:extent cx="3042947" cy="2292439"/>
+            <wp:effectExtent l="19050" t="0" r="5053" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\н.г\index.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\н.г\index.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3042920" cy="2292350"/>
+                      <a:ext cx="3042947" cy="2292439"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DC7A600" wp14:editId="5F3819D3">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-868680</wp:posOffset>
+              <wp:posOffset>-636270</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>1894205</wp:posOffset>
+              <wp:posOffset>95885</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3310255" cy="2485390"/>
-            <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+            <wp:effectExtent l="19050" t="0" r="4445" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\н.г\5.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\н.г\5.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3310255" cy="2485390"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
-      </w:r>
-[...682 lines deleted...]
-        <w:t>!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C54D98" w:rsidRDefault="00C54D98" w:rsidP="00C54D98">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C54D98" w:rsidRPr="00C54D98" w:rsidRDefault="00C54D98" w:rsidP="00C54D98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C54D98" w:rsidRDefault="00C54D98" w:rsidP="00C54D98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2299,51 +1357,50 @@
     <w:rsid w:val="00F12D2D"/>
     <w:rsid w:val="00F144E9"/>
     <w:rsid w:val="00F20A17"/>
     <w:rsid w:val="00F212C2"/>
     <w:rsid w:val="00F213A6"/>
     <w:rsid w:val="00F23CCD"/>
     <w:rsid w:val="00F256BD"/>
     <w:rsid w:val="00F30D45"/>
     <w:rsid w:val="00F35018"/>
     <w:rsid w:val="00F406B8"/>
     <w:rsid w:val="00F422D3"/>
     <w:rsid w:val="00F43393"/>
     <w:rsid w:val="00F4395A"/>
     <w:rsid w:val="00F45A64"/>
     <w:rsid w:val="00F472EC"/>
     <w:rsid w:val="00F50DF6"/>
     <w:rsid w:val="00F52B8C"/>
     <w:rsid w:val="00F534BC"/>
     <w:rsid w:val="00F5376A"/>
     <w:rsid w:val="00F53827"/>
     <w:rsid w:val="00F62C52"/>
     <w:rsid w:val="00F633CB"/>
     <w:rsid w:val="00F63FE1"/>
     <w:rsid w:val="00F64E7F"/>
     <w:rsid w:val="00F65A0A"/>
-    <w:rsid w:val="00F669C3"/>
     <w:rsid w:val="00F73B60"/>
     <w:rsid w:val="00F73FFE"/>
     <w:rsid w:val="00F75730"/>
     <w:rsid w:val="00F814D9"/>
     <w:rsid w:val="00F83D2F"/>
     <w:rsid w:val="00F85661"/>
     <w:rsid w:val="00F875DC"/>
     <w:rsid w:val="00F937D2"/>
     <w:rsid w:val="00F943B3"/>
     <w:rsid w:val="00F95C8A"/>
     <w:rsid w:val="00FA1F9A"/>
     <w:rsid w:val="00FA640B"/>
     <w:rsid w:val="00FA66CF"/>
     <w:rsid w:val="00FB0D97"/>
     <w:rsid w:val="00FB1F57"/>
     <w:rsid w:val="00FB26B7"/>
     <w:rsid w:val="00FB3567"/>
     <w:rsid w:val="00FB4F66"/>
     <w:rsid w:val="00FB75F9"/>
     <w:rsid w:val="00FC1AD1"/>
     <w:rsid w:val="00FC60E2"/>
     <w:rsid w:val="00FE0402"/>
     <w:rsid w:val="00FE13F1"/>
     <w:rsid w:val="00FE2643"/>
     <w:rsid w:val="00FE3C1D"/>
@@ -3097,65 +2154,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>80</Words>
-  <Characters>462</Characters>
+  <Words>77</Words>
+  <Characters>443</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>541</CharactersWithSpaces>
+  <CharactersWithSpaces>519</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>