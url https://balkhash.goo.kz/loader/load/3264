--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -1,230 +1,790 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="003540DC" w:rsidRDefault="003540DC" w:rsidP="003540DC">
+    <w:p w:rsidR="003639E4" w:rsidRPr="003639E4" w:rsidRDefault="00765A16" w:rsidP="003639E4">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003540DC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Сыбайлас жемқорлықпен </w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidR="003639E4" w:rsidRPr="003639E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-        <w:t>күреске арналған онкүндік</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Декада, посвященная борьбе с коррупцией</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003540DC" w:rsidRDefault="003540DC" w:rsidP="003540DC">
+    <w:p w:rsidR="00E06240" w:rsidRPr="00E06240" w:rsidRDefault="00765A16" w:rsidP="00FB6AB8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="003639E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С 1 по 9 декабря в </w:t>
+      </w:r>
+      <w:r w:rsidR="003639E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="003639E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОСШ </w:t>
+      </w:r>
+      <w:r w:rsidR="003639E4" w:rsidRPr="003639E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A4973">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 1 им.М.Горького руководителем   клуба «Адал ұрпақ»</w:t>
+      </w:r>
+      <w:r w:rsidR="003639E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="001A4973">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бейсекеевой  З.Р.   и </w:t>
+      </w:r>
+      <w:r w:rsidR="009D5876">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  членами  клуба    организована  д</w:t>
+      </w:r>
+      <w:r w:rsidR="003639E4" w:rsidRPr="003639E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екада, посвященная борьбе с коррупцией. В течение недели учащиеся принимали активное участие  в различных мероприятиях и конкурсах,</w:t>
+      </w:r>
+      <w:r w:rsidR="003639E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003639E4" w:rsidRPr="003639E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а  итоги были подведены в международный день борьбы с коррупцией 9 декабря</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003639E4" w:rsidRPr="003639E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001C43CD" w:rsidRPr="001C43CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001C43CD" w:rsidRPr="001C43CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рамках проведения декады «Нет коррупции!» в школе был разработан </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6AB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="001C43CD" w:rsidRPr="001C43CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лан мероприятий</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6AB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r w:rsidR="001C43CD" w:rsidRPr="001C43CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> антикоррупционной направленности. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6AB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>02.12.2018</w:t>
+      </w:r>
+      <w:r w:rsidR="001C43CD" w:rsidRPr="001C43CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г. в 5-11 </w:t>
+      </w:r>
+      <w:r w:rsidR="001C43CD" w:rsidRPr="00151413">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прошли классные  часы</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6AB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6AB8" w:rsidRPr="00F117D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>« Зачем  человеку  быть честным?»</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6AB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1-4 классы), «</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6AB8" w:rsidRPr="00F117D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Что такое взятка?»</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6AB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ( 5-9  классы), </w:t>
+      </w:r>
+      <w:r w:rsidR="001C43CD" w:rsidRPr="00151413">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C43CD" w:rsidRPr="001C43CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="001C43CD" w:rsidRPr="00F117D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вместе–против коррупции»</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6AB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (9-11  класс)</w:t>
+      </w:r>
+      <w:r w:rsidR="001C43CD" w:rsidRPr="00151413">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240" w:rsidRPr="00E06240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240" w:rsidRPr="00BE12ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:kern w:val="36"/>
+        <w:t>С целью ф</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240" w:rsidRPr="00BE12ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ормирова</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240" w:rsidRPr="00BE12ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">              1-9 желтоқсан аралығында ЖББ № 1 ОММ. Горький "Адал ұрпақ" клубының жетекшісі З. Р. Бейсекеева және клуб мүшелері сыбайлас жемқорлыққа қарсы күреске арналған декада ұйымдастырды. Апта бойы оқушылар түрлі іс-шаралар мен конкурстарға белсене қатысты, ал қорытындысы 9 желтоқсанда Халықаралық сыбайлас жемқорлықпен күрес күні шығарылды.Өзін өзі тану онкүндігі шегінде "сыбайлас жемқорлыққа жол Жоқ!"мектепте сыбайлас жемқорлыққа қарсы бағыттағы іс-шаралар жоспары әзірленді. 02.12.2018 ж. 5-11 сынып оқушылары "адамға адал болу не үшін?" атты сынып сағаттары өтті."(1-4 сыныптар), " пара деген не?"(5-9 сыныптар)," бірге–сыбайлас жемқорлыққа қарсы " (9-11 сыныптар). "Адал ұрпақ" клубының мүшелері 1-4 сынып оқушылары арасында қоғамдық пайдалы, өндірістік еңбекке дайындығын қалыптастыру мақсатында "Кім болу - кім болу керек?" атты мультфильмді тамашалады.". Мектеп кітапханасында кітап көрмесі ұйымдастырылды . Сонымен қатар, "Адал ұрпақ" клубының мүшелері Желтоқсанның 1 мен 8 аралығында " Сыбайлас жемқорлыққа жол жоқ!"байқау қорытындысы бойынша сыбайлас жемқорлыққа қарсы іс-қимыл бойынша көрме мен ақпараттық стенд ресімделді. 2018 жылғы 3 желтоқсанда мектепте сыбайлас жемқорлыққа қарсы мектеп ата-аналар комитетінің отырысы өтті. Отырыста мектептерде ақша қаражатын заңсыз жинау туралы мәселелер белсенді қаралды.Онкүндік соңында "Жастар-жемқорлыққа қарсы"атты би флэшмобы өтті.</w:t>
+        <w:t xml:space="preserve">ния </w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240" w:rsidRPr="00BE12ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>  у   школьников   готовност</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240" w:rsidRPr="00BE12ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>   к   общественно   полезному, производительному труду</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240" w:rsidRPr="00645BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240" w:rsidRPr="00645BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реди учащихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240" w:rsidRPr="005E56ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   1-4  классов</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  членами  клуба « Адал ұрпақ» </w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организован  просмотр    мультфильма  «</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240" w:rsidRPr="00F117D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кем быть- кем стать</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">?». </w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В школьной  библиотеке  была оформлена   книжная  выставка .</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240" w:rsidRPr="00E06240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Также   членами  клуба </w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Адал ұрпақ»  с</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240" w:rsidRPr="001C43CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 по 8 декабря  проведён конкурс плакатов «Коррупции – нет!», по итогам к</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>онкурса была оформлена выставка</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и  информационный  стенд по </w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240" w:rsidRPr="001C43CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>противодействию коррупции</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240" w:rsidRPr="00E06240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240" w:rsidRPr="001C43CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3 декабря 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45078">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240" w:rsidRPr="001C43CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года проведено заседание родительского комитета школы по противодействию коррупции в школе. На заседании активно рассматривались вопросы о незаконных сборах денежных средств в школах</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E06240" w:rsidRPr="001C43CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авершением   декады  стал  танцевальный  флэшмоб «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Молодежь-против  коррупции»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06240" w:rsidRPr="003639E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E06240" w:rsidRDefault="00C2375E" w:rsidP="003540DC">
+    <w:p w:rsidR="00E06240" w:rsidRDefault="00C2375E" w:rsidP="00E06240">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003540DC">
+      <w:r w:rsidRPr="00C2375E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E318CB1" wp14:editId="7DEF4C19">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2847551" cy="2133600"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="8" name="Рисунок 1" descr="C:\Users\Зере\Desktop\4а-ааа.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\4а-ааа.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6"/>
+                    <a:blip r:embed="rId5"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2847551" cy="2133600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C2375E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21D19E8D" wp14:editId="01BC4AF6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2819271" cy="2112410"/>
             <wp:effectExtent l="19050" t="0" r="129" b="0"/>
             <wp:docPr id="9" name="Рисунок 2" descr="C:\Users\Зере\Desktop\4-ааааааааааааааааааааааа.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\4-ааааааааааааааааааааааа.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7"/>
+                    <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2819271" cy="2112410"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -232,1432 +792,1443 @@
     </w:p>
     <w:p w:rsidR="00E06240" w:rsidRDefault="00C2375E" w:rsidP="00E06240">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C2375E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2752725" cy="2171700"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:docPr id="11" name="Рисунок 3" descr="C:\Users\Зере\Desktop\4-ааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааа.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\4-ааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааа.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2755175" cy="2173633"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00C2375E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2781300" cy="2179013"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="15" name="Рисунок 5" descr="C:\Users\Зере\Desktop\4аааааааааааааааааааааааааа.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Зере\Desktop\4аааааааааааааааааааааааааа.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9"/>
+                    <a:blip r:embed="rId8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2781300" cy="2179013"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00151413" w:rsidRDefault="00151413" w:rsidP="001C43CD">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00151413" w:rsidRDefault="00151413" w:rsidP="001C43CD">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3000375" cy="2028825"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:docPr id="12" name="Рисунок 4" descr="C:\Users\Зере\Desktop\коррупция фотки\6-нгггггггггггггггггггггг.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Зере\Desktop\коррупция фотки\6-нгггггггггггггггггггггг.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
+                    <a:blip r:embed="rId9"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3000375" cy="2028825"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2619375" cy="2028825"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:docPr id="13" name="Рисунок 5" descr="C:\Users\Зере\Desktop\коррупция фотки\8-ггггггггггггггггггггггггггггггггггггггггггг.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Зере\Desktop\коррупция фотки\8-ггггггггггггггггггггггггггггггггггггггггггг.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId10"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2623302" cy="2031867"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00565625" w:rsidRDefault="00FA4672" w:rsidP="00845B20">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1714500" cy="2038791"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="34" name="Рисунок 12" descr="C:\Users\Зере\Desktop\коррупция фотки\3-ввввввввввввввввввввввввввв.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 12" descr="C:\Users\Зере\Desktop\коррупция фотки\3-ввввввввввввввввввввввввввв.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12" cstate="print"/>
+                    <a:blip r:embed="rId11" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1715604" cy="2040104"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="005B0160">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2472296" cy="2076450"/>
             <wp:effectExtent l="19050" t="0" r="4204" b="0"/>
             <wp:docPr id="14" name="Рисунок 6" descr="C:\Users\Зере\Desktop\коррупция фотки\3-А.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Зере\Desktop\коррупция фотки\3-А.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print"/>
+                    <a:blip r:embed="rId12" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2476319" cy="2079828"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="005B0160">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2362200" cy="2036203"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="19" name="Рисунок 7" descr="C:\Users\Зере\Desktop\коррупция фотки\8-ггггггггггг.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\Зере\Desktop\коррупция фотки\8-ггггггггггг.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14"/>
+                    <a:blip r:embed="rId13"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2361901" cy="2035945"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00645BE8" w:rsidRDefault="00E06240" w:rsidP="00645BE8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3740785</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>45085</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2933700" cy="2352675"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name="Рисунок 4" descr="C:\Users\Зере\Desktop\111111111111111111111.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Зере\Desktop\111111111111111111111.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId14"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2933700" cy="2352675"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-100965</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>54610</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2809875" cy="2343150"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="23" name="Рисунок 2" descr="C:\Users\Зере\Desktop\4-б11111111111111111111111.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\4-б11111111111111111111111.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16"/>
+                    <a:blip r:embed="rId15"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2809875" cy="2343150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00645BE8" w:rsidRPr="003639E4" w:rsidRDefault="00645BE8" w:rsidP="00645BE8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00645BE8" w:rsidRDefault="00645BE8" w:rsidP="00645BE8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004333E5" w:rsidRDefault="004333E5" w:rsidP="00645BE8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004333E5" w:rsidRDefault="004333E5" w:rsidP="00645BE8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004333E5" w:rsidRDefault="00D45078" w:rsidP="00645BE8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-1406525</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>601980</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3138805" cy="2352675"/>
             <wp:effectExtent l="19050" t="0" r="4445" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="524" y="0"/>
                 <wp:lineTo x="-131" y="1224"/>
                 <wp:lineTo x="-131" y="20463"/>
                 <wp:lineTo x="262" y="21513"/>
                 <wp:lineTo x="524" y="21513"/>
                 <wp:lineTo x="20975" y="21513"/>
                 <wp:lineTo x="21237" y="21513"/>
                 <wp:lineTo x="21631" y="20463"/>
                 <wp:lineTo x="21631" y="1224"/>
                 <wp:lineTo x="21368" y="175"/>
                 <wp:lineTo x="20975" y="0"/>
                 <wp:lineTo x="524" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="24" name="Рисунок 5" descr="C:\Users\Зере\Desktop\3-ююююююююююююююююю.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Зере\Desktop\3-ююююююююююююююююю.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17"/>
+                    <a:blip r:embed="rId16"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3138805" cy="2352675"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E06240" w:rsidRDefault="00E06240" w:rsidP="00645BE8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E06240" w:rsidRDefault="00E06240" w:rsidP="00645BE8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004333E5" w:rsidRDefault="004333E5" w:rsidP="00645BE8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B7289D" w:rsidRDefault="00B7289D" w:rsidP="00645BE8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B7289D" w:rsidRDefault="00B7289D" w:rsidP="00645BE8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B7289D" w:rsidRDefault="00B7289D" w:rsidP="00645BE8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B7289D" w:rsidRDefault="00B7289D" w:rsidP="00645BE8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B7289D" w:rsidRDefault="00B7289D" w:rsidP="00726EC7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3105150" cy="1990400"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\IMG_0022.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\IMG_0022.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18" cstate="print"/>
+                    <a:blip r:embed="rId17" cstate="print"/>
                     <a:srcRect l="8808" b="26166"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3105752" cy="1990786"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00726EC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3157538" cy="2105025"/>
             <wp:effectExtent l="19050" t="0" r="4762" b="0"/>
             <wp:docPr id="4" name="Рисунок 2" descr="C:\Users\Зере\Desktop\IMG_9989.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\IMG_9989.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19" cstate="print"/>
+                    <a:blip r:embed="rId18" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3157538" cy="2105025"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00726EC7" w:rsidRDefault="00FC5F25" w:rsidP="00726EC7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3672205</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>2233930</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1905000" cy="1895475"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="864" y="0"/>
                 <wp:lineTo x="-216" y="1520"/>
                 <wp:lineTo x="-216" y="20840"/>
                 <wp:lineTo x="648" y="21491"/>
                 <wp:lineTo x="864" y="21491"/>
                 <wp:lineTo x="20520" y="21491"/>
                 <wp:lineTo x="20736" y="21491"/>
                 <wp:lineTo x="21600" y="21057"/>
                 <wp:lineTo x="21600" y="1520"/>
                 <wp:lineTo x="21168" y="217"/>
                 <wp:lineTo x="20520" y="0"/>
                 <wp:lineTo x="864" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="29" name="Рисунок 13" descr="C:\Users\Зере\Desktop\Зере коруп\IMG_9869.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 13" descr="C:\Users\Зере\Desktop\Зере коруп\IMG_9869.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20" cstate="print"/>
+                    <a:blip r:embed="rId19" cstate="print"/>
                     <a:srcRect l="24555" t="17544" r="25484" b="7690"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1905000" cy="1895475"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00726EC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2943225" cy="1962150"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:docPr id="5" name="Рисунок 3" descr="C:\Users\Зере\Desktop\IMG_9911.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\IMG_9911.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21" cstate="print"/>
+                    <a:blip r:embed="rId20" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2943225" cy="1962150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00726EC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00D34847">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3036661" cy="2133600"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Рисунок 4" descr="C:\Users\Зере\Desktop\IMG_9968.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Зере\Desktop\IMG_9968.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22" cstate="print"/>
+                    <a:blip r:embed="rId21" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3041623" cy="2137086"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00607775" w:rsidRDefault="00607775" w:rsidP="00FC5F25">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00607775">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3229781" cy="1819275"/>
             <wp:effectExtent l="19050" t="0" r="8719" b="0"/>
             <wp:docPr id="16" name="Рисунок 8" descr="C:\Users\Зере\Desktop\коррупция фотки\index (2).jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Users\Зере\Desktop\коррупция фотки\index (2).jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23"/>
+                    <a:blip r:embed="rId22"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3233098" cy="1821143"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC5F25" w:rsidRDefault="00607775" w:rsidP="00FC5F25">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00607775">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1628775" cy="1910173"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:docPr id="21" name="Рисунок 10" descr="C:\Users\Зере\Desktop\Зере коруп\IMG_9871.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 10" descr="C:\Users\Зере\Desktop\Зере коруп\IMG_9871.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24" cstate="print"/>
+                    <a:blip r:embed="rId23" cstate="print"/>
                     <a:srcRect t="21186" r="23607" b="13136"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1632941" cy="1915059"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00607775">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1998309" cy="1981200"/>
             <wp:effectExtent l="19050" t="0" r="1941" b="0"/>
             <wp:docPr id="26" name="Рисунок 11" descr="C:\Users\Зере\Desktop\коррупция фотки\рисунки.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 11" descr="C:\Users\Зере\Desktop\коррупция фотки\рисунки.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25" cstate="print"/>
+                    <a:blip r:embed="rId24" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2001605" cy="1984468"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00607775">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2162175" cy="1932240"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:docPr id="28" name="Рисунок 9" descr="C:\Users\Зере\Desktop\Зере коруп\IMG_9868.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\Зере\Desktop\Зере коруп\IMG_9868.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26" cstate="print"/>
+                    <a:blip r:embed="rId25" cstate="print"/>
                     <a:srcRect l="5556" r="7465" b="13802"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2162175" cy="1932240"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A8196E" w:rsidRDefault="00FC5F25" w:rsidP="001C43CD">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Исп.</w:t>
       </w:r>
       <w:r w:rsidR="00765A16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Бейсекеева  З.Р</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A8196E" w:rsidSect="00845B20">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="566" w:bottom="993" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...5 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="003639E4"/>
     <w:rsid w:val="00000A70"/>
     <w:rsid w:val="00000C4D"/>
     <w:rsid w:val="00001119"/>
     <w:rsid w:val="000013D1"/>
     <w:rsid w:val="00001D22"/>
     <w:rsid w:val="000020AD"/>
     <w:rsid w:val="00003430"/>
     <w:rsid w:val="00003A7E"/>
     <w:rsid w:val="00003B67"/>
     <w:rsid w:val="00004094"/>
     <w:rsid w:val="00004A97"/>
     <w:rsid w:val="00004ACB"/>
     <w:rsid w:val="00004C9A"/>
     <w:rsid w:val="00004F02"/>
     <w:rsid w:val="00005208"/>
     <w:rsid w:val="00005F4C"/>
     <w:rsid w:val="00006300"/>
     <w:rsid w:val="0000650C"/>
     <w:rsid w:val="00006C6A"/>
     <w:rsid w:val="000070E7"/>
     <w:rsid w:val="00007530"/>
     <w:rsid w:val="00007C98"/>
     <w:rsid w:val="00010128"/>
@@ -2962,51 +3533,50 @@
     <w:rsid w:val="00346AC9"/>
     <w:rsid w:val="00346CD7"/>
     <w:rsid w:val="00346DCD"/>
     <w:rsid w:val="00347123"/>
     <w:rsid w:val="0035024E"/>
     <w:rsid w:val="00350251"/>
     <w:rsid w:val="003502C6"/>
     <w:rsid w:val="00350460"/>
     <w:rsid w:val="00350704"/>
     <w:rsid w:val="00350AA4"/>
     <w:rsid w:val="00350B90"/>
     <w:rsid w:val="00350CDD"/>
     <w:rsid w:val="00350ED0"/>
     <w:rsid w:val="0035102E"/>
     <w:rsid w:val="00351278"/>
     <w:rsid w:val="00351402"/>
     <w:rsid w:val="00351E73"/>
     <w:rsid w:val="00351F6C"/>
     <w:rsid w:val="00351FE4"/>
     <w:rsid w:val="003520E8"/>
     <w:rsid w:val="0035266D"/>
     <w:rsid w:val="00352E96"/>
     <w:rsid w:val="003531A1"/>
     <w:rsid w:val="00353809"/>
     <w:rsid w:val="00353D30"/>
-    <w:rsid w:val="003540DC"/>
     <w:rsid w:val="00354642"/>
     <w:rsid w:val="003547FB"/>
     <w:rsid w:val="00354B3A"/>
     <w:rsid w:val="00354CD7"/>
     <w:rsid w:val="00355041"/>
     <w:rsid w:val="0035514F"/>
     <w:rsid w:val="00355688"/>
     <w:rsid w:val="00355ADA"/>
     <w:rsid w:val="00355C64"/>
     <w:rsid w:val="00356031"/>
     <w:rsid w:val="00356718"/>
     <w:rsid w:val="00357015"/>
     <w:rsid w:val="003572CC"/>
     <w:rsid w:val="003577BF"/>
     <w:rsid w:val="003577D2"/>
     <w:rsid w:val="00357982"/>
     <w:rsid w:val="0035799D"/>
     <w:rsid w:val="003601AC"/>
     <w:rsid w:val="003614F5"/>
     <w:rsid w:val="00361DFA"/>
     <w:rsid w:val="00362EF4"/>
     <w:rsid w:val="00363124"/>
     <w:rsid w:val="003631D6"/>
     <w:rsid w:val="003639DD"/>
     <w:rsid w:val="003639E4"/>
@@ -8205,81 +8775,81 @@
     <w:rsid w:val="00FF1B52"/>
     <w:rsid w:val="00FF2550"/>
     <w:rsid w:val="00FF2BFD"/>
     <w:rsid w:val="00FF2D8D"/>
     <w:rsid w:val="00FF37D4"/>
     <w:rsid w:val="00FF3F9C"/>
     <w:rsid w:val="00FF4426"/>
     <w:rsid w:val="00FF4C5C"/>
     <w:rsid w:val="00FF525D"/>
     <w:rsid w:val="00FF52A8"/>
     <w:rsid w:val="00FF55DF"/>
     <w:rsid w:val="00FF5D55"/>
     <w:rsid w:val="00FF6516"/>
     <w:rsid w:val="00FF6C37"/>
     <w:rsid w:val="00FF6C8A"/>
     <w:rsid w:val="00FF6DD3"/>
     <w:rsid w:val="00FF72E0"/>
     <w:rsid w:val="00FF761A"/>
     <w:rsid w:val="00FF7646"/>
     <w:rsid w:val="00FF7758"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="7170"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -8386,511 +8956,231 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00C564AA"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003639E4"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003639E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003639E4"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-    </w:rPr>
-[...265 lines deleted...]
-      <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
-    </w:rPr>
-[...14 lines deleted...]
-      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003639E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003639E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001C43CD"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="612590801">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1242569494">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="713579797">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9141,78 +9431,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F5E79A3-0478-45F5-AE90-8BEBDD467930}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5536354-FEBF-4612-922F-CE401B23FBC0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>1294</Characters>
+  <Pages>1</Pages>
+  <Words>233</Words>
+  <Characters>1330</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
+  <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1517</CharactersWithSpaces>
+  <CharactersWithSpaces>1560</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>