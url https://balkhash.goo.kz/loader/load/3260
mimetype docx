--- v0 (2025-12-08)
+++ v1 (2026-01-02)
@@ -2,10337 +2,1504 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00CE372A" w:rsidRPr="00CE372A" w:rsidRDefault="00CE372A" w:rsidP="00CE372A">
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE372A">
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Справка</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00CE372A" w:rsidRPr="00CE372A" w:rsidRDefault="00CE372A" w:rsidP="00CE372A">
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE372A">
-[...31 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по итогам классно-обобщающего </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контроля в 1 классах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Первый класс школы – один из наиболее важных и трудных периодов жизни детей. Поступление ребенка в школу приводит к эмоционально-стрессовой ситуации: изменяется привычный стереотип поведения, возрастает психоэмоциональная нагрузка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В связи с этим, целью диагностического минимума в параллели 1-х классов явилось получение необходимой информации о социально-психологическом статусе школьников для преодоления трудностей периода адаптации к новой социальной ситуации; предупреждения и преодоления школьных факторов риска.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Для достижения данной цели решались следующие задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Проведено психолого-психологическое обследование учащихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Анкетирование среди учителей первоклассников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Изучалась документация;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Проводились консультации родителей, обучающихся первоклассников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Проводились консультации классных руководителей первоклассников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Психодиагностический инструментарий включил в себя следующие диагностические материалы, направленные на изучение, уровня адаптации (дезадаптации) учащихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Опросник для учителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Проективная методика «Школа зверей».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Полученные данные проанализированы, как количественно, так и качественно, сделаны выводы по адаптации первоклассников, даны соответствующие рекомендации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анализ результатов Опросника для учителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 «А» класс:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>19 учеников - дезадаптация отсутствует;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>7 учеников – средняя степень дезадаптации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 ученик – высокая степень дезадаптации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 «Б» класс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20 учеников – дезадаптация отсутствует;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5 учеников – средняя степень дезадаптации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 «В» класс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12 учеников – дезадаптация отсутствует;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8 учеников – средняя степень дезадаптации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4 ученика – высокая степень дезадаптации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Проективная методика «Школа зверей» показала следующие результаты</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CE372A">
-[...7 lines deleted...]
-        <w:t>ба</w:t>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CE372A">
-[...65 lines deleted...]
-      <w:r w:rsidRPr="00CE372A">
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 «А» класс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00CE372A">
+        <w:t>13 учеников - отсутствуют негативные ассоциации, связанные со школой. Цветовая гамма и размещение говорит о принятии школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...31 lines deleted...]
-        <w:t>бі</w:t>
+        <w:t>10 - учеников негативных ассоциаций нет, ни рисунок расположен в нижней части листа, что говорит о низкой самооценке. Учебная деятельность не изображена – школа привлекает внеучебной деятельностью. Также присутствует тревожность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1 ученик - низкая самооценка. Отсутствие глаз у зверей свидетельствует о неприятии информации, выявлена тревожность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1 «Б» класс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>10 учеников - отсутствуют негативные ассоциации, связанные со школой. Цветовая гамма и размещение говорит о принятии школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3 ученика – школа привлекает внеучебной деятельностью. Присутствует тревожность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1 ученик – неблагополучие, угнетенное состояние. Отсутствие глаз – неприятие информации, но в то же время прорисованы уши – заинтересованность в информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1 ученик – присутствие внутренней агрессии. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CE372A">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подозрителен</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CE372A">
-[...637 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (заслоны). Школа привлекает внеучебной деятельностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1 ученик – неуверенность в себе. Сильный нажим – напряженность. Также присутствует тревожность. Школа привлекает внеучебной деятельностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 ученик – страх и тревога, напряженность. Трудности в построении контактов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 ученик – можно предположить о тревожности, связанной со школой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 ученик – неприятие информации. Проявление тревожности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 ученик – защита от окружающих. Тревожность. Высокая оценка учителя. </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CE372A">
-[...7 lines deleted...]
-        <w:t>жа</w:t>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Возможно</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CE372A">
-[...557 lines deleted...]
-        <w:t>мақ</w:t>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есть трудности в общении с одноклассниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 «В» класс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9 учеников - отсутствуют негативные ассоциации, связанные со школой. Цветовая гамма и размещение говорит о принятии школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 учеников – </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CE372A">
-[...7 lines deleted...]
-        <w:t>сат</w:t>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>негативный</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CE372A">
-[...192 lines deleted...]
-        <w:t>психологиялы</w:t>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ассоциаций нет. Низкая самооценка. Присутствует тревожность. Школа привлекает внеучебной деятельностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 ученик – угнетенное состояние. Тревожность. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CE372A">
-[...7 lines deleted...]
-        <w:t>қ-</w:t>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Возможно</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CE372A">
-[...104 lines deleted...]
-        <w:t>Бі</w:t>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есть трудности в общении с одноклассниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Резюме: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Таким образом, по результатам можно назвать следующие причины, ведущие к дезадаптации учащихся, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- несоответствие функциональных возможностей детей требованиям, предъявляемым существующей системой обучения, иначе говоря, отсутствие «школьной зрелости»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- недостаточный уровень интеллектуального развития ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- социальная незрелость, неумение общаться с окружающими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- неудовлетворительное состояние здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Главная роль в создании благоприятного психологического климата в классе, несомненно, принадлежит учителю. Совместные усилия учителей,, родителей, врачей и школьного психолога способны снизить риск возникновения у ребенка </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CE372A">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школьной</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CE372A">
-[...8514 lines deleted...]
-    <w:sectPr w:rsidR="00CD6B59" w:rsidRPr="00CE372A" w:rsidSect="004B1482">
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дезадаптации и трудностей обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35A3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педагог-психолог Рожко О.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A35A3E" w:rsidRPr="00A35A3E" w:rsidRDefault="00A35A3E" w:rsidP="00A35A3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD6B59" w:rsidRPr="00A35A3E" w:rsidRDefault="00CD6B59" w:rsidP="00A35A3E"/>
+    <w:sectPr w:rsidR="00CD6B59" w:rsidRPr="00A35A3E" w:rsidSect="004B1482">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="993" w:right="850" w:bottom="540" w:left="900" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -12830,76 +3997,78 @@
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="71"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F3D68"/>
     <w:rsid w:val="00012C8C"/>
     <w:rsid w:val="00022CE1"/>
     <w:rsid w:val="00034BC9"/>
+    <w:rsid w:val="0004377F"/>
     <w:rsid w:val="00073C94"/>
     <w:rsid w:val="000857EE"/>
     <w:rsid w:val="00125A5A"/>
     <w:rsid w:val="00203F21"/>
     <w:rsid w:val="002D1851"/>
     <w:rsid w:val="00300636"/>
     <w:rsid w:val="00325153"/>
     <w:rsid w:val="004B1482"/>
     <w:rsid w:val="00557D3E"/>
     <w:rsid w:val="0061443C"/>
     <w:rsid w:val="006419C8"/>
     <w:rsid w:val="00670FF2"/>
     <w:rsid w:val="00672DCB"/>
     <w:rsid w:val="0068475C"/>
     <w:rsid w:val="006B5C3A"/>
     <w:rsid w:val="006C0C7F"/>
     <w:rsid w:val="007C7BB4"/>
     <w:rsid w:val="00810FEF"/>
     <w:rsid w:val="0088409F"/>
     <w:rsid w:val="008977FD"/>
     <w:rsid w:val="008A0277"/>
     <w:rsid w:val="008B7D08"/>
     <w:rsid w:val="008D32AE"/>
     <w:rsid w:val="00957C0A"/>
     <w:rsid w:val="009F3D68"/>
     <w:rsid w:val="00A02552"/>
+    <w:rsid w:val="00A35A3E"/>
     <w:rsid w:val="00B02699"/>
     <w:rsid w:val="00BF02F4"/>
     <w:rsid w:val="00C17DCC"/>
     <w:rsid w:val="00C31836"/>
     <w:rsid w:val="00C656AE"/>
     <w:rsid w:val="00CD6B59"/>
     <w:rsid w:val="00CE372A"/>
     <w:rsid w:val="00D01011"/>
     <w:rsid w:val="00D24743"/>
     <w:rsid w:val="00DA1638"/>
     <w:rsid w:val="00E43565"/>
     <w:rsid w:val="00E55597"/>
     <w:rsid w:val="00E8504C"/>
     <w:rsid w:val="00F26979"/>
     <w:rsid w:val="00FA5D52"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -13707,79 +4876,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE16A235-B7E6-481B-9B5C-84B5BF680AD6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82F28E1F-FD43-48B9-9662-8774424E9C8D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>607</Words>
-  <Characters>3465</Characters>
+  <Words>643</Words>
+  <Characters>3666</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
+  <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Справка</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4064</CharactersWithSpaces>
+  <CharactersWithSpaces>4301</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Справка</dc:title>
   <dc:creator>Loner-XP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>