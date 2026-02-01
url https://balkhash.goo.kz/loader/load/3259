--- v0 (2025-12-08)
+++ v1 (2026-02-01)
@@ -3,4278 +3,2460 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0080188C" w:rsidRPr="0080188C" w:rsidRDefault="0080188C" w:rsidP="0080188C">
-      <w:pPr>
+    <w:p w:rsidR="005133DA" w:rsidRPr="00433E1E" w:rsidRDefault="00992DAD" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="20"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Анкета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B7495" w:rsidRDefault="00992DAD" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="20"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адаптация учащихся 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7495">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00716EA8" w:rsidRDefault="003B7495" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="20"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Результат проведенной анкеты</w:t>
+      </w:r>
+      <w:r w:rsidR="00716EA8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005133DA" w:rsidRDefault="00716EA8" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="20"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>прошло тестирование – 21 человек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00716EA8" w:rsidRPr="00433E1E" w:rsidRDefault="00716EA8" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="20"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005133DA" w:rsidRPr="00323ADB" w:rsidRDefault="00433E1E" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323ADB">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00992DAD" w:rsidRPr="00323ADB">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С каким настроением ты идёшь в школу?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B7495" w:rsidRDefault="00992DAD" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidR="00433E1E" w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С радостью</w:t>
+      </w:r>
+      <w:r w:rsidR="00433E1E" w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00461DAD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 6 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B7495" w:rsidRDefault="00992DAD" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidR="00433E1E" w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С привычным равнодушием</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00433E1E" w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00433E1E" w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00461DAD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 15 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00433E1E" w:rsidRPr="00433E1E" w:rsidRDefault="00992DAD" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00433E1E" w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) С предчувствием неприятностей; </w:t>
+      </w:r>
+      <w:r w:rsidR="00461DAD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 0 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005133DA" w:rsidRPr="00433E1E" w:rsidRDefault="00992DAD" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidR="00433E1E" w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Скорее бы всё это кончилось</w:t>
+      </w:r>
+      <w:r w:rsidR="00461DAD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 4 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005133DA" w:rsidRPr="00323ADB" w:rsidRDefault="00433E1E" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323ADB">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00992DAD" w:rsidRPr="00323ADB">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вы хотели бы перейти в другую школу, если бы была такая возможность?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B7495" w:rsidRDefault="006840CF" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А) Да, </w:t>
+      </w:r>
+      <w:r w:rsidR="00461DAD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 0 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B7495" w:rsidRDefault="006840CF" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Б) Нет, </w:t>
+      </w:r>
+      <w:r w:rsidR="00461DAD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 18 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00433E1E" w:rsidRPr="00433E1E" w:rsidRDefault="006840CF" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В) Не знаю</w:t>
+      </w:r>
+      <w:r w:rsidR="00461DAD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 3 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005133DA" w:rsidRPr="00323ADB" w:rsidRDefault="00433E1E" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="382"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323ADB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00992DAD" w:rsidRPr="00323ADB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Какой предмет в школе вам больше всего нравится?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C1198" w:rsidRDefault="004C1198" w:rsidP="004C1198">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Физическая культура, -11 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C1198" w:rsidRDefault="004C1198" w:rsidP="004C1198">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Английский язык,- 10 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B7495" w:rsidRDefault="001039DC" w:rsidP="001039DC">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">НВП, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4463">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 9 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C1198" w:rsidRDefault="004C1198" w:rsidP="004C1198">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Русская литература, - 8 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C1198" w:rsidRDefault="004C1198" w:rsidP="004C1198">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ИВТ,- 7 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C1198" w:rsidRDefault="004C1198" w:rsidP="004C1198">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Физика, - 6 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C1198" w:rsidRDefault="004C1198" w:rsidP="004C1198">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Технология, - 6 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C1198" w:rsidRDefault="004C1198" w:rsidP="004C1198">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>География,- 6 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B7495" w:rsidRDefault="001039DC" w:rsidP="001039DC">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Русский язык, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4463">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-5 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C1198" w:rsidRDefault="004C1198" w:rsidP="004C1198">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Алгебра,- 5 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2281F" w:rsidRDefault="00E2281F" w:rsidP="00E2281F">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Биология, - 4 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2281F" w:rsidRDefault="00E2281F" w:rsidP="00E2281F">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Геометрия,- 4 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B7495" w:rsidRDefault="001039DC" w:rsidP="001039DC">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Казахский язык, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A03862">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="000368DC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00A03862">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B7495" w:rsidRDefault="001039DC" w:rsidP="001039DC">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>История,</w:t>
+      </w:r>
+      <w:r w:rsidR="00082616">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 3 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B7495" w:rsidRDefault="001039DC" w:rsidP="001039DC">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Химия,</w:t>
+      </w:r>
+      <w:r w:rsidR="000368DC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 3 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005133DA" w:rsidRPr="00323ADB" w:rsidRDefault="00433E1E" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323ADB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00992DAD" w:rsidRPr="00323ADB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>По какому предмету вам учиться трудно?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD374F" w:rsidRDefault="00BD374F" w:rsidP="00BD374F">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Геометрия, - 16 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD374F" w:rsidRDefault="00BD374F" w:rsidP="00BD374F">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Алгебра,  - 14 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024754B" w:rsidRDefault="0024754B" w:rsidP="0024754B">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Английский язык, - 11 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD374F" w:rsidRDefault="00BD374F" w:rsidP="00BD374F">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Физика, - 10 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024754B" w:rsidRDefault="0024754B" w:rsidP="0024754B">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Химия, - 5 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024754B" w:rsidRDefault="0024754B" w:rsidP="0024754B">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Казахский язык, - 4 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024754B" w:rsidRDefault="0024754B" w:rsidP="0024754B">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>География, - 2 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC78C3" w:rsidRDefault="009E418A" w:rsidP="009E418A">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Русский язык, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B52FE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 2 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC78C3" w:rsidRDefault="009E418A" w:rsidP="009E418A">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Физическая культура, </w:t>
+      </w:r>
+      <w:r w:rsidR="0058429D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-1 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC78C3" w:rsidRDefault="009E418A" w:rsidP="009E418A">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">История, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B52FE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 1 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC78C3" w:rsidRDefault="009E418A" w:rsidP="009E418A">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="383"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Технология, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B52FE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 1 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00433E1E" w:rsidRPr="00FB65D6" w:rsidRDefault="00433E1E" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="382"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB65D6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00992DAD" w:rsidRPr="00FB65D6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если вам что-то непонятно, обращаетесь ли вы к учителям с вопросами? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC78C3" w:rsidRDefault="00865FEE" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="382"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)Д</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а, </w:t>
+      </w:r>
+      <w:r w:rsidR="005E67B3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 11 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC78C3" w:rsidRDefault="00865FEE" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="382"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)Н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ет, </w:t>
+      </w:r>
+      <w:r w:rsidR="005E67B3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 1 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D498D" w:rsidRDefault="00865FEE" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="382"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>едко</w:t>
+      </w:r>
+      <w:r w:rsidR="005E67B3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 9 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005133DA" w:rsidRPr="00FB65D6" w:rsidRDefault="00433E1E" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="382"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB65D6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidR="00992DAD" w:rsidRPr="00FB65D6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Получаете ли на них ответ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC78C3" w:rsidRDefault="00865FEE" w:rsidP="00865FEE">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="382"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)Д</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2E3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 15 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC78C3" w:rsidRDefault="00865FEE" w:rsidP="00865FEE">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="382"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)Н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ет, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2E3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 1 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00865FEE" w:rsidRDefault="00865FEE" w:rsidP="00865FEE">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="382"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>едко</w:t>
+      </w:r>
+      <w:r w:rsidR="00E777E9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -5 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005133DA" w:rsidRPr="00FB65D6" w:rsidRDefault="00433E1E" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB65D6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00992DAD" w:rsidRPr="00FB65D6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С кем у вас чаще всего бывают конфликты?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC78C3" w:rsidRDefault="00992DAD" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidR="00433E1E" w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С учителями</w:t>
+      </w:r>
+      <w:r w:rsidR="00433E1E" w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00E777E9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 2 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC78C3" w:rsidRDefault="00992DAD" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidR="00433E1E" w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С учащимися</w:t>
+      </w:r>
+      <w:r w:rsidR="00433E1E" w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E777E9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 2 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005133DA" w:rsidRDefault="00992DAD" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00433E1E" w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С родителями</w:t>
+      </w:r>
+      <w:r w:rsidR="00E777E9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 4 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F524EC" w:rsidRPr="00433E1E" w:rsidRDefault="00F524EC" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нет конфликтов – 13 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005133DA" w:rsidRPr="00FB65D6" w:rsidRDefault="00433E1E" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB65D6">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidR="00992DAD" w:rsidRPr="00FB65D6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Как ты считаешь, повезло ли тебе, что ты учишься в своём классе?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC78C3" w:rsidRDefault="00C164EC" w:rsidP="00C164EC">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="382"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)Д</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F524EC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 18 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC78C3" w:rsidRDefault="00C164EC" w:rsidP="00C164EC">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="382"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)Н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ет, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F524EC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 0 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C164EC" w:rsidRDefault="00C164EC" w:rsidP="00C164EC">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="382"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)М</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>не все равно</w:t>
+      </w:r>
+      <w:r w:rsidR="00126679">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 3 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00433E1E" w:rsidRPr="00FB65D6" w:rsidRDefault="00433E1E" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB65D6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidR="00992DAD" w:rsidRPr="00FB65D6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ты считаешь, что твой класс </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC78C3" w:rsidRDefault="00992DAD" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidR="00433E1E" w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0080188C">
-[...5 lines deleted...]
-        <w:t>Ж</w:t>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сплочён</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0080188C">
-[...70 lines deleted...]
-        <w:t xml:space="preserve"> ө</w:t>
+      <w:r w:rsidR="00433E1E" w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00126679">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 13 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC78C3" w:rsidRDefault="00992DAD" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidR="00433E1E" w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0080188C">
-[...5 lines deleted...]
-        <w:t>тт</w:t>
+      <w:r w:rsidR="00433E1E" w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Разбит</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0080188C">
-[...258 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00433E1E" w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на группы; </w:t>
+      </w:r>
+      <w:r w:rsidR="00126679">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 4 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005133DA" w:rsidRPr="00433E1E" w:rsidRDefault="00992DAD" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00433E1E" w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00433E1E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Каждый живёт сам по себе</w:t>
+      </w:r>
+      <w:r w:rsidR="00126679">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 4 чел.</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="0080188C" w:rsidRPr="0080188C" w:rsidRDefault="0080188C" w:rsidP="0080188C">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="005133DA" w:rsidRPr="00FB65D6" w:rsidRDefault="00433E1E" w:rsidP="00433E1E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB65D6">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidR="00992DAD" w:rsidRPr="00FB65D6">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Чувствуете ли вы себя комфортно среди одноклассников?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC78C3" w:rsidRDefault="00C164EC" w:rsidP="00C164EC">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="382"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>А)</w:t>
+      </w:r>
+      <w:r w:rsidR="00126679">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...58 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Да, </w:t>
+      </w:r>
+      <w:r w:rsidR="00126679">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 14 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC78C3" w:rsidRDefault="00C164EC" w:rsidP="00C164EC">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="382"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Б)</w:t>
+      </w:r>
+      <w:r w:rsidR="00126679">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...31 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нет, </w:t>
+      </w:r>
+      <w:r w:rsidR="00126679">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- 0 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C164EC" w:rsidRDefault="00C164EC" w:rsidP="00C164EC">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="382"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В)</w:t>
+      </w:r>
+      <w:r w:rsidR="00126679">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3564 lines deleted...]
-    <w:sectPr w:rsidR="0065085A" w:rsidRPr="0080188C" w:rsidSect="00433E1E">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Не </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55D57">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>всегда</w:t>
+      </w:r>
+      <w:r w:rsidR="00126679">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 17 чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00433E1E" w:rsidRDefault="00433E1E" w:rsidP="00A55D57">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0065085A" w:rsidRDefault="0065085A" w:rsidP="00A55D57">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0065085A" w:rsidRDefault="0065085A" w:rsidP="00A55D57">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0065085A" w:rsidRDefault="0065085A" w:rsidP="00A55D57">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0065085A" w:rsidRDefault="0065085A" w:rsidP="00A55D57">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0065085A" w:rsidRDefault="0065085A" w:rsidP="00A55D57">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0065085A" w:rsidRPr="00433E1E" w:rsidRDefault="0065085A" w:rsidP="0065085A">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагог-психолог                        Смирнова О.Л.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="0065085A" w:rsidRPr="00433E1E" w:rsidSect="00433E1E">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="0" w:footer="6" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004C23EE" w:rsidRDefault="004C23EE">
+    <w:p w:rsidR="00646E75" w:rsidRDefault="00646E75">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004C23EE" w:rsidRDefault="004C23EE">
+    <w:p w:rsidR="00646E75" w:rsidRDefault="00646E75">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004C23EE" w:rsidRDefault="004C23EE"/>
+    <w:p w:rsidR="00646E75" w:rsidRDefault="00646E75"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004C23EE" w:rsidRDefault="004C23EE"/>
+    <w:p w:rsidR="00646E75" w:rsidRDefault="00646E75"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="6C8A25C4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F5D4661A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
@@ -4344,61 +2526,59 @@
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005133DA"/>
     <w:rsid w:val="000368DC"/>
     <w:rsid w:val="00082616"/>
     <w:rsid w:val="001039DC"/>
     <w:rsid w:val="00126679"/>
     <w:rsid w:val="0024754B"/>
     <w:rsid w:val="002B52FE"/>
     <w:rsid w:val="00323ADB"/>
     <w:rsid w:val="003B7495"/>
     <w:rsid w:val="00433E1E"/>
     <w:rsid w:val="00461DAD"/>
     <w:rsid w:val="004C1198"/>
-    <w:rsid w:val="004C23EE"/>
     <w:rsid w:val="005133DA"/>
     <w:rsid w:val="0058429D"/>
     <w:rsid w:val="005E67B3"/>
     <w:rsid w:val="0064439D"/>
     <w:rsid w:val="00646E75"/>
     <w:rsid w:val="0065085A"/>
     <w:rsid w:val="006840CF"/>
     <w:rsid w:val="00716EA8"/>
     <w:rsid w:val="007D498D"/>
-    <w:rsid w:val="0080188C"/>
     <w:rsid w:val="00865FEE"/>
     <w:rsid w:val="00992DAD"/>
     <w:rsid w:val="009E418A"/>
     <w:rsid w:val="00A03862"/>
     <w:rsid w:val="00A55D57"/>
     <w:rsid w:val="00AC78C3"/>
     <w:rsid w:val="00BD374F"/>
     <w:rsid w:val="00C164EC"/>
     <w:rsid w:val="00C47015"/>
     <w:rsid w:val="00CF06FD"/>
     <w:rsid w:val="00DB4463"/>
     <w:rsid w:val="00E06AB2"/>
     <w:rsid w:val="00E2281F"/>
     <w:rsid w:val="00E548F3"/>
     <w:rsid w:val="00E777E9"/>
     <w:rsid w:val="00EB2E3B"/>
     <w:rsid w:val="00F524EC"/>
     <w:rsid w:val="00FB65D6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -5274,67 +3454,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1459</Characters>
+  <Pages>1</Pages>
+  <Words>270</Words>
+  <Characters>1540</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1711</CharactersWithSpaces>
+  <CharactersWithSpaces>1807</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Psiholog</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>