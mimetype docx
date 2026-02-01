--- v0 (2025-12-09)
+++ v1 (2026-02-01)
@@ -1,9375 +1,420 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00FF282B" w:rsidRDefault="00FF282B" w:rsidP="00FF282B">
+    <w:p w:rsidR="003667EB" w:rsidRDefault="003667EB" w:rsidP="003667EB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...62 lines deleted...]
-    <w:p w:rsidR="00FF282B" w:rsidRPr="00FF282B" w:rsidRDefault="00FF282B" w:rsidP="00FF282B">
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Адаптация десятиклассников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003667EB" w:rsidRPr="003667EB" w:rsidRDefault="003667EB" w:rsidP="003667EB">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...757 lines deleted...]
-      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00FF282B">
-[...5 lines deleted...]
-        <w:t>ттауда</w:t>
+    </w:p>
+    <w:p w:rsidR="003667EB" w:rsidRPr="003667EB" w:rsidRDefault="003667EB" w:rsidP="003667EB">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Десятый класс открывает последний этап обучения в старшей школе. В этот период у старшеклассников могут возникать определённые сложности в учёбе, в отношениях со сверстниками, родителями. Первые месяцы обучения в старшей школе становятся периодом адаптации к новым условиям обучения. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Термин адаптации, обозначающий приспособление, используется при описании довольно разных процессов: адаптация физиологическая, адаптация зрительная и слуховая, адаптация социальная и др. В данном случае речь идёт о физиологической и социальной адаптации, обеспечивающей полноценное интеллектуальное развитие учащихся, на фоне хорошей школьной мотивации, адекватной работоспособности, низком уровне тревожности при сохранение здоровья и оптимального самочувствия.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Родители должны быть готовы к тому, чтобы вместе с ребёнком проанализировать те замечания, которые делают педагоги в учебном процессе, чтобы как можно раньше заметить и помочь справиться с трудностями в учёбе. Для этого, прежде всего надо выяснить, с какими именно затруднениями ребёнок столкнулся, какие предметы сложнее всего даются. Ребёнок должен понять, что требования к нему возросли и педагоги оценивают его по новым критериям. Низкая успеваемость может привести не только к понижению самооценки, но и к изменениям в поведении ребёнка: подавленность, замкнутость или наоборот злобность, агрессивность. Особую роль здесь может сыграть обучение навыкам распределения времени и планирования собственной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003667EB" w:rsidRPr="003667EB" w:rsidRDefault="003667EB" w:rsidP="003667EB">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Нередко встречающаяся в десятом классе проблема – ярко выраженное желание отдохнуть после напряжённого девятого класса и перед выпускным одиннадцатым классом. Старшеклассник чувствует себя уставшим от серьёзных экзаменов и важных решений о своём будущем. Безусловно, старшекласснику необходима передышка. Но есть и большая опасность ребёнок может основательно «расслабиться» и потерять не только рабочий тонус, но и драгоценное время для подготовки к выпускным экзаменам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003667EB" w:rsidRPr="003667EB" w:rsidRDefault="003667EB" w:rsidP="003667EB">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важно помочь ребёнку научиться грамотно, распределять своё время и планировать день так, чтобы оставалось время для отдыха, по возможности дневной сон. В этот период требования педагогов увеличиваются, изучаемый материал усложняется. С точки зрения возрастной психологии, старшеклассники вступают на особую ступень возрастного развития – период ранней юности. Юношеский возраст – это переходный период жизни человека между подростковым возрастом и взрослостью. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003667EB" w:rsidRPr="003667EB" w:rsidRDefault="003667EB" w:rsidP="003667EB">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Главное психологическое приобретение данного возраста – это открытие своего внутреннего мира. Самосознание переходит на качественно новый уровень. Это проявляется в повышении значимости собственных ценностей, в перерастании частных самооценок отдельных черт личности в общее, целостное отношение к себе. Важнейшая особенность юношеского самосознания – формирование временной перспективы, обращённость в будущее. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003667EB" w:rsidRPr="003667EB" w:rsidRDefault="003667EB" w:rsidP="003667EB">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Большинство десятиклассников сталкиваются с резким увеличением учебной нагрузки, важно помочь ребёнку научиться грамотно, распределять своё время и планировать день так, чтобы оставалось время для отдыха, по возможности дневной сон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003667EB" w:rsidRPr="003667EB" w:rsidRDefault="003667EB" w:rsidP="003667EB">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Профессиональное самоопределение – важнейшая задача данного возраста. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003667EB" w:rsidRPr="003667EB" w:rsidRDefault="003667EB" w:rsidP="003667EB">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>В связи с тем, что учащиеся 10 класса «А» находятся в новых условиях (новые коллективы, новая система занятий, новые формы работы, изменившиеся объемы работы и характер мыслительных действий и др.) необходимо исследование их адаптации. Социальная адаптация как приспособление человека к условиям социальной среды предполагает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003667EB" w:rsidRPr="003667EB" w:rsidRDefault="003667EB" w:rsidP="003667EB">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>1) адекватное восприятие окружающей действительности и самого себя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003667EB" w:rsidRPr="003667EB" w:rsidRDefault="003667EB" w:rsidP="003667EB">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2) адекватную систему отношений и общения с окружающими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003667EB" w:rsidRPr="003667EB" w:rsidRDefault="003667EB" w:rsidP="003667EB">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>3) способность к труду, обучению, к организации досуга и отдыха;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003667EB" w:rsidRPr="003667EB" w:rsidRDefault="003667EB" w:rsidP="003667EB">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4)способность к самообслуживанию и самоорганизации, к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>взаимообслуживанию</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FF282B">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в коллективе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003667EB" w:rsidRPr="003667EB" w:rsidRDefault="003667EB" w:rsidP="003667EB">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>5) изменчивость (адаптивность) поведения в соответствии с ролевыми ожиданиями других.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003667EB" w:rsidRPr="003667EB" w:rsidRDefault="003667EB" w:rsidP="003667EB">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Специфика адаптации 10-классников определяется особенностями возраста и спецификой профильного обучения. Важной социальной потребностью данного возраста является потребность в поисковой активности, в самоопределении, в </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FF282B">
-[...5 lines deleted...]
-        <w:t>қолданылады</w:t>
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>простраивании</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FF282B">
-[...8453 lines deleted...]
-    <w:sectPr w:rsidR="00BE1CEF" w:rsidRPr="00FF282B">
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жизненных перспектив. Практика показывает, что если выбранное направление в обучении соответствует психофизиологическим и личностным особенностям, интересам и склонностям учащегося, то, несмотря на повышенные требования и увеличение учебной нагрузки, утомление и связанные с ним невротические явления наблюдаются гораздо реже, а эффективность обучения повышается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003667EB" w:rsidRPr="003667EB" w:rsidRDefault="003667EB" w:rsidP="003667EB">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003667EB">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В связи с задачей исследования была проведена диагностика среди 21 учащихся 10 класса «А» общеобразовательной школы № 1. Социальные и социально-психологические факторы, связанные с адаптацией, изучались с помощью специально разработанной анкеты. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003667EB" w:rsidRPr="003667EB" w:rsidRDefault="003667EB" w:rsidP="003667EB">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE1CEF" w:rsidRPr="003667EB" w:rsidRDefault="00BE1CEF" w:rsidP="003667EB">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00BE1CEF" w:rsidRPr="003667EB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
@@ -9384,56 +429,58 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE0059"/>
     <w:rsid w:val="001F0289"/>
+    <w:rsid w:val="003667EB"/>
     <w:rsid w:val="003740D8"/>
     <w:rsid w:val="00395D90"/>
     <w:rsid w:val="003C7B00"/>
     <w:rsid w:val="00401834"/>
     <w:rsid w:val="00410DD7"/>
     <w:rsid w:val="00433BB2"/>
+    <w:rsid w:val="004F1EEF"/>
     <w:rsid w:val="0056518B"/>
     <w:rsid w:val="005B27D3"/>
     <w:rsid w:val="00693B39"/>
     <w:rsid w:val="006A2BA4"/>
     <w:rsid w:val="006F65EF"/>
     <w:rsid w:val="007212C3"/>
     <w:rsid w:val="007660E8"/>
     <w:rsid w:val="007B24AF"/>
     <w:rsid w:val="0080135A"/>
     <w:rsid w:val="00847E16"/>
     <w:rsid w:val="008E384A"/>
     <w:rsid w:val="00932364"/>
     <w:rsid w:val="009B7AD6"/>
     <w:rsid w:val="009E7E6B"/>
     <w:rsid w:val="009F241C"/>
     <w:rsid w:val="00A32EB4"/>
     <w:rsid w:val="00A65387"/>
     <w:rsid w:val="00AC6BB4"/>
     <w:rsid w:val="00BE1CEF"/>
     <w:rsid w:val="00BE43A0"/>
     <w:rsid w:val="00C604F6"/>
     <w:rsid w:val="00CB21E8"/>
     <w:rsid w:val="00CC5E77"/>
     <w:rsid w:val="00CE30CB"/>
     <w:rsid w:val="00CE4EA1"/>
@@ -10169,67 +1216,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>657</Words>
-  <Characters>3748</Characters>
+  <Words>698</Words>
+  <Characters>3985</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Адаптация десятиклассников</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MoBIL GROUP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4397</CharactersWithSpaces>
+  <CharactersWithSpaces>4674</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Адаптация десятиклассников</dc:title>
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>