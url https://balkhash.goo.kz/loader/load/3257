--- v0 (2025-12-10)
+++ v1 (2026-01-31)
@@ -1,19539 +1,2625 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="005B7C96" w:rsidRPr="005B7C96" w:rsidRDefault="005B7C96" w:rsidP="005B7C96">
-      <w:pPr>
+    <w:p w:rsidR="0039413E" w:rsidRPr="0039413E" w:rsidRDefault="0039413E" w:rsidP="0039413E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005B7C96">
+      <w:r w:rsidRPr="0039413E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Анықтама</w:t>
-[...4 lines deleted...]
-      <w:pPr>
+        <w:t>Справка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0039413E" w:rsidRPr="0039413E" w:rsidRDefault="0039413E" w:rsidP="0039413E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B7C96">
+      <w:r w:rsidRPr="0039413E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">5 </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005B7C96">
+        <w:t xml:space="preserve">по итогам классно-обобщающего контроля в </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>сыныптарда</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005B7C96">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039413E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005B7C96">
+        <w:t xml:space="preserve">  класс</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>сынып-жалпылама</w:t>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>ах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0039413E" w:rsidRDefault="0039413E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F540C5" w:rsidRDefault="00F540C5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC2F29">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F540C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Период адаптации в пятом классе является одним их труд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ных периодов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F540C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школьного обучения. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Это обусловлено совокупностью содержательных перемен, которые происходят в школьной среде и внутреннем мире детей этого возраста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F40B90" w:rsidRDefault="00F40B90">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>В связи с этим, целью диагностического минимума в параллели 5-х классов явилось получение необходимой информации о социально-психологическом статусе школьников для преодоления трудностей периода адаптации к новой социальной ситуации; предупреждения и преодоления школьных факторов риска.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F40B90" w:rsidRDefault="00F40B90">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Для достижения данной цели решались следующие задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F40B90" w:rsidRDefault="00F40B90" w:rsidP="00F40B90">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Проведено психолого-психологическое обследование учащихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F40B90" w:rsidRDefault="00F40B90" w:rsidP="00F40B90">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Проводились наблюдение учителей, представителей администрации за поведенческими особенностями учащихся на уроках и внеурочное время;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F40B90" w:rsidRDefault="00F40B90" w:rsidP="00F40B90">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Изучалась документация;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F40B90" w:rsidRDefault="00F40B90" w:rsidP="00F40B90">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Проводились консультации родителей, обучающихся пятиклассников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F40B90" w:rsidRDefault="00F40B90" w:rsidP="00F40B90">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Проводились консультации классных руководителей пятиклассни</w:t>
+      </w:r>
+      <w:r w:rsidR="00770B8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F40B90" w:rsidRDefault="00770B8D" w:rsidP="00770B8D">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Психодиагностический инструментарий включил в себя следующие диагностические материалы, направленные на изучение, как мета предметных, так и личностных результатов учащихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00770B8D" w:rsidRDefault="00770B8D" w:rsidP="00770B8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Методика изучения мотивации обучения школьников «Изучение учебной мотивации»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00770B8D" w:rsidRDefault="00770B8D" w:rsidP="00770B8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Методика «Дерево»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00770B8D" w:rsidRDefault="00770B8D" w:rsidP="00770B8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Уровень тревожности»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00770B8D" w:rsidRDefault="00770B8D" w:rsidP="00770B8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Анкета «Отношение к школьным предметам»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00770B8D" w:rsidRDefault="00770B8D" w:rsidP="00770B8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Анкета для родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00770B8D" w:rsidRDefault="00770B8D" w:rsidP="00770B8D">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Полученные данные проанализированы, как количественно, так и качественно, сделаны выводы по адаптации пятиклассников, даны соответствующие рекомендации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00770B8D" w:rsidRPr="00766234" w:rsidRDefault="00770B8D" w:rsidP="00770B8D">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Анализ изучения личностных результатов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00770B8D" w:rsidRPr="00766234" w:rsidRDefault="00770B8D" w:rsidP="00770B8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Изучение мотивации обучения </w:t>
+      </w:r>
+      <w:r w:rsidR="00766234" w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>показало следующие</w:t>
+      </w:r>
+      <w:r w:rsidR="00130776" w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результаты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00130776" w:rsidRPr="00766234" w:rsidRDefault="00130776" w:rsidP="00130776">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценка мотивации </w:t>
+      </w:r>
+      <w:r w:rsidR="00636C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="00766234" w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учеников</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1B96" w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005B7C96">
-[...8 lines deleted...]
-        <w:t>ба</w:t>
+      <w:r w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>А</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="005B7C96">
-[...17 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00130776" w:rsidRDefault="00130776" w:rsidP="00130776">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>15%-3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся имеют высокий уровень</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мотивации обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD1B96" w:rsidRDefault="00BD1B96" w:rsidP="00130776">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5%-1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учащийся, средний уровень мотивации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD1B96" w:rsidRDefault="00BD1B96" w:rsidP="00130776">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>70%-14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся указывают </w:t>
+      </w:r>
+      <w:r w:rsidR="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на внешнюю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мотивацию (общение в школе, атрибутика школьной жизни </w:t>
+      </w:r>
+      <w:r w:rsidR="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и т.п.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD1B96" w:rsidRDefault="00BD1B96" w:rsidP="00130776">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5%-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащийся имеет низкую мотивацию, нуждается в регулярном положительном подкреплении, </w:t>
+      </w:r>
+      <w:r w:rsidR="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>одобрении со</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стороны учителей, родителей (мотивация благополучия).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD1B96" w:rsidRDefault="00BD1B96" w:rsidP="00130776">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5%-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащийся дезадаптирован, негативное отношение к школе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD1B96" w:rsidRPr="00766234" w:rsidRDefault="00636C48" w:rsidP="00BD1B96">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценка мотивации </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1B96" w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1B96" w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учеников 5 Б класса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD1B96" w:rsidRDefault="00BD1B96" w:rsidP="00BD1B96">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5%-</w:t>
+      </w:r>
+      <w:r w:rsidR="00766234" w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00766234" w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учащийся имеет высокий уровень мотивации обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00766234" w:rsidRDefault="00766234" w:rsidP="00BD1B96">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>35%-7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся, средний уровень мотивации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00766234" w:rsidRPr="00766234" w:rsidRDefault="00766234" w:rsidP="00766234">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>30%-6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся указывают на внешнюю мотивацию (общение в школе, атрибутика школьной жизни и т.п.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00766234" w:rsidRPr="00766234" w:rsidRDefault="00766234" w:rsidP="00766234">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20%-4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...24 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учащих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ся име</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>т низкую мотивацию, нуждается в регулярном положительном подкреплении, одобрении со стороны учителей, родителей (мотивация благополучия).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00766234" w:rsidRPr="00766234" w:rsidRDefault="00766234" w:rsidP="00766234">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10%-2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учащих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ся дезадаптирован</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, негативное отношение к школе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00766234" w:rsidRDefault="00636C48" w:rsidP="00766234">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Оценка мотивации обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="00766234" w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учеников 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00766234" w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00766234" w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00766234" w:rsidRDefault="00766234" w:rsidP="00766234">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>0%-0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся имеют высокий уровень мотивации обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00766234" w:rsidRDefault="00766234" w:rsidP="00766234">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>31%-7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся, средний уровень мотивации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00766234" w:rsidRDefault="00766234" w:rsidP="00766234">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>36,5%-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8 учащихся указывают на внешнюю мотивацию (общение в школе, атрибутика школьной жизни и т.п.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00766234" w:rsidRDefault="00766234" w:rsidP="00766234">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>27%-6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащи</w:t>
+      </w:r>
+      <w:r w:rsidR="00636C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ся име</w:t>
+      </w:r>
+      <w:r w:rsidR="00636C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>т низкую мотивацию, нужда</w:t>
+      </w:r>
+      <w:r w:rsidR="00636C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тся в регулярном положительном подкреплении, одобрении со стороны учителей, родителей (мотивация благополучия).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00766234" w:rsidRDefault="00766234" w:rsidP="00766234">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4,5%-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учащий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ся дезадаптирован, негативное отношение к школе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00766234" w:rsidRDefault="00636C48" w:rsidP="00766234">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценка мотивации </w:t>
+      </w:r>
+      <w:r w:rsidR="00766234" w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="00766234" w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учеников 5 </w:t>
+      </w:r>
+      <w:r w:rsidR="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidR="00766234" w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00766234" w:rsidRPr="00470376" w:rsidRDefault="00766234" w:rsidP="00470376">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:ind w:hanging="219"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>12%-2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся имеют высокий уровень мотивации обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00766234" w:rsidRDefault="00766234" w:rsidP="00470376">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:ind w:hanging="219"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>41%-7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся, средний уровень мотивации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00766234" w:rsidRDefault="00766234" w:rsidP="00470376">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:ind w:hanging="219"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>30%-5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся указывают на внешнюю мотивацию (общение в школе, атрибутика школьной жизни и т.п.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470376" w:rsidRDefault="00766234" w:rsidP="00470376">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:ind w:hanging="219"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>17%-</w:t>
+      </w:r>
+      <w:r w:rsidR="00470376" w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00636C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся имеют низкую мотивацию, нуждаю</w:t>
+      </w:r>
+      <w:r w:rsidR="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тся в регулярном положительном подкреплении, одобрении со стороны учителей, родителей (мотивация благополучия).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470376" w:rsidRDefault="00470376" w:rsidP="00470376">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:ind w:hanging="219"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>0%-0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ся дезадаптирован</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, негативное отношение к школе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00766234" w:rsidRDefault="00766234" w:rsidP="00470376">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00766234" w:rsidRPr="00470376" w:rsidRDefault="00470376" w:rsidP="00470376">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Изучение уровня тревожности показало следующие результаты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470376" w:rsidRPr="00470376" w:rsidRDefault="00470376" w:rsidP="00470376">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Диагностика уровня тревожности выявила следующие ситуации, вызывающие наибольшую тревогу и страх:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470376" w:rsidRDefault="00470376" w:rsidP="00470376">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Школа»:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беседа с директором, трудности в выполнении ДЗ, экзамены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470376" w:rsidRDefault="00470376" w:rsidP="00470376">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Самооценка»:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> страх неудачи, смех за спиной, трудности при принятии самостоятельного решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470376" w:rsidRDefault="00470376" w:rsidP="00470376">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Межличностные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C0325D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шения»:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посетить незнакомых людей, необоснованная критика и упреки, воспринимают, как маленького.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C0325D" w:rsidRDefault="00C0325D" w:rsidP="00C0325D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Высокую тревожность испытывают школьники, которые хорошо и даже отлично учатся, ответственно относятся к учебе, однако это видимое благополучие достается им неоправданно большой ценой и чревато срывами, особенно при</w:t>
+      </w:r>
+      <w:r w:rsidR="00636C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>резком усложнении деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C0325D" w:rsidRDefault="00C0325D" w:rsidP="00C0325D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Тревожность порождается конфликтностью самооценки, наличием в ней противоречия между высокими притязаниями и достаточно сильной неуверенностью в себе. Такой конфликт, заставляя этих школьников постоянно добиваться успеха, одновременно мешает им правильно оценить его, порождая чувство постоянной неудовлетворенности, неустойчивости, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>напряженности. Следствием всего этого является отмечаемые учителями и родителями перегрузки, перенапряжение, выражающиеся в нарушениях внимания, снижения работоспособности, повышения утомляемости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E4143" w:rsidRDefault="005E4143" w:rsidP="00C0325D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Резюме: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E4143" w:rsidRDefault="005E4143" w:rsidP="00C0325D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Таким образом, по результатам можно назвать следующие причины, ведущие к дезадаптации учащихся, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E4143" w:rsidRDefault="005E4143" w:rsidP="005E4143">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Смена учебных предметов, их новое – содержательное наполнение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E4143" w:rsidRDefault="005E4143" w:rsidP="005E4143">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Нарушение характера взаимоадаптации между учеником и учителем-предметником</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E4143" w:rsidRDefault="005E4143" w:rsidP="005E4143">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Несформированность продуктивных форм общения и самоутверждения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E4143" w:rsidRDefault="005E4143" w:rsidP="005E4143">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Высокий уровень общих и специальных способностей (одаренность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E4143" w:rsidRDefault="005E4143" w:rsidP="005E4143">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Рекомендации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E4143" w:rsidRDefault="005E4143" w:rsidP="005E4143">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В связи с недостаточно неблагоприятным психологическим климатом в классах и высокой межличностной тревожностью необходимо включить в расписание классные часы, направленные на сплочение и развитие коллектива.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E4143" w:rsidRDefault="005E4143" w:rsidP="005E4143">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Провести занятия, обучающие приемам снятия психо-эмоционального напряжения, а также приемам рациональной организации учения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E4143" w:rsidRDefault="005E4143" w:rsidP="005E4143">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учащихся, имеющих повышенный/высокий уровень самооценочной и межличностной тревожности, необходимо, </w:t>
+      </w:r>
+      <w:r w:rsidR="007B0813">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о возможности, привлекать к коллективным делам, требующим активного взаимодействия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E4143" w:rsidRDefault="005E4143" w:rsidP="005E4143">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>С родителями учащихся, имеющих отрицательную мотивацию обучения, провести разъяснительную беседу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E4143" w:rsidRDefault="009D0436" w:rsidP="005E4143">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Провести родительское собрание на тему «Психофизиологические особенности детей младшего подросткового возраста»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D0436" w:rsidRDefault="009D0436" w:rsidP="005E4143">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Классным руководителям необходимо учитывать, что младшие подростки особенно восприимчивы к такому стилю руководства со стороны взрослого, когда он проявляет инициативу, задает некоторые общие рамки их деятельности, но при этом позволяет им самим принимать решения, не устанавливает пошагового контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D0436" w:rsidRDefault="009D0436" w:rsidP="005E4143">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Учителям-предметника необходимо учитывать психологические возрастные особенности учащихся, а также то, что для 85% учащихся пятых классов нужно систематически создавать ситуации успеха на уроках и внеурочной деятельности и/или оказывать эмоциональную поддержку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D0436" w:rsidRDefault="009D0436" w:rsidP="005E4143">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Для снижения, как школьной, так и межличностной тревожности учителям-предметникам необходимо, по возможности, согласовать учебные требования, учитывать различия между пятиклассниками и другими учащимися школы. Трудности у пятиклассников может вызывать и необходимость на каждом уроке приспособится к своеобразному темпу, особенностям речи, стилю преподавания каждого учителя, что также необходимо учитывать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470376" w:rsidRDefault="009D0436" w:rsidP="00636C48">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Рекомендовать учащимся, родителям, учителям-предме</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...19263 lines deleted...]
-    <w:sectPr w:rsidR="00DC2F29" w:rsidRPr="005B7C96">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тникам консультации пед</w:t>
+      </w:r>
+      <w:r w:rsidR="00777E8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>агога-психолога по возникшим про</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>блемам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC2F29" w:rsidRDefault="00DC2F29" w:rsidP="00DC2F29">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC2F29" w:rsidRDefault="00DC2F29" w:rsidP="00DC2F29">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC2F29" w:rsidRPr="00636C48" w:rsidRDefault="00DC2F29" w:rsidP="00DC2F29">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагог-психолог Рожко О.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00DC2F29" w:rsidRPr="00636C48">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10374B6F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A360115A"/>
     <w:lvl w:ilvl="0" w:tplc="E5383D86">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -19579,51 +2665,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31CD48FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8EAC27E"/>
     <w:lvl w:ilvl="0" w:tplc="5B1C9BF6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -19668,51 +2754,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="391F0E63"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23EEAF22"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -19757,51 +2843,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A72657B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6130C298"/>
     <w:lvl w:ilvl="0" w:tplc="60342854">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -19846,51 +2932,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="497147A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17D83366"/>
     <w:lvl w:ilvl="0" w:tplc="D8409EF8">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -19935,51 +3021,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="540A52B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F46F8A6"/>
     <w:lvl w:ilvl="0" w:tplc="AA6EC1A0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -20024,51 +3110,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57E70CC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4F24A0C4"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -20113,51 +3199,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58736E42"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D16CD632"/>
     <w:lvl w:ilvl="0" w:tplc="C38C8940">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1637" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2357" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -20202,51 +3288,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5957" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6677" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7397" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EDA0C75"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A2FC287A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -20291,51 +3377,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="609A31BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5DA26416"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -20380,51 +3466,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="620A7547"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1BD298B4"/>
     <w:lvl w:ilvl="0" w:tplc="C9485C80">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -20469,51 +3555,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75686C4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D57EFF40"/>
     <w:lvl w:ilvl="0" w:tplc="EAF6961A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -20558,51 +3644,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FAB1787"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A86B0EE"/>
     <w:lvl w:ilvl="0" w:tplc="CD10857C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -20690,519 +3776,555 @@
   <w:num w:numId="7">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="95"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F540C5"/>
     <w:rsid w:val="00130776"/>
     <w:rsid w:val="0039413E"/>
     <w:rsid w:val="00470376"/>
-    <w:rsid w:val="005B7C96"/>
     <w:rsid w:val="005E4143"/>
     <w:rsid w:val="00636C48"/>
     <w:rsid w:val="00766234"/>
     <w:rsid w:val="00770B8D"/>
     <w:rsid w:val="00777E8E"/>
     <w:rsid w:val="007B0813"/>
     <w:rsid w:val="009D0436"/>
     <w:rsid w:val="00B15A70"/>
     <w:rsid w:val="00BD1B96"/>
     <w:rsid w:val="00C0325D"/>
     <w:rsid w:val="00DC2F29"/>
     <w:rsid w:val="00F40B90"/>
     <w:rsid w:val="00F540C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="7E89D5FB"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{38F2868F-A759-4663-A002-EBAE558BF414}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...337 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00F40B90"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -21416,76 +4538,80 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>5752</Characters>
+  <Pages>1</Pages>
+  <Words>1026</Words>
+  <Characters>5853</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
+  <Lines>48</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6748</CharactersWithSpaces>
+  <CharactersWithSpaces>6866</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Пользователь Windows</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>