--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -1,9973 +1,1110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C83A4C" w:rsidRPr="00C83A4C" w:rsidRDefault="00C83A4C" w:rsidP="00C83A4C">
+    <w:p w:rsidR="00E703A9" w:rsidRPr="00345EFA" w:rsidRDefault="00E703A9" w:rsidP="00345EFA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="180" w:after="180"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Информация</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E7C41" w:rsidRPr="00345EFA" w:rsidRDefault="00E703A9" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Ақпарат</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>о проведенных мероприятиях,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>посвященных                                                                  1 декабря - Дню Первого Президента Республики Казахстан</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00C83A4C">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">1 </w:t>
+    </w:p>
+    <w:p w:rsidR="00E703A9" w:rsidRPr="00345EFA" w:rsidRDefault="00E703A9" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E703A9" w:rsidRPr="00345EFA" w:rsidRDefault="00E703A9" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мероприятия, посвящённые Дню Первого Президента Республики Казахстан, в ОСШ № 1</w:t>
+      </w:r>
+      <w:r w:rsidR="006D686A" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">имени М. Горького </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> начались с 26 ноября. На первом этаже оформлен </w:t>
+      </w:r>
+      <w:r w:rsidR="005A6A99" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационный </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стенд</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6A99" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Великий сын казахского народа»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, посвящённый жизнедеятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="006D686A" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Н.А. Назарбаева</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6A99" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E703A9" w:rsidRPr="00345EFA" w:rsidRDefault="00E703A9" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Материалы о Президенте также были размешены на библиотечно</w:t>
+      </w:r>
+      <w:r w:rsidR="006D686A" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м стенде   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6A99" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Великий сын Великого народа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E703A9" w:rsidRPr="00345EFA" w:rsidRDefault="00E703A9" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В период с 26  по 30 ноября классными руководителями проведены классные часы, уроки патриотизма на темы: «Президент Республики Казахстан», «Президент и народ», «Роль лидера нации в становлении и развитии Независимого Казахстана».  Ребята узнали о жизни и трудовой деятельности Президента,  музее Первого Президента Республики Казахстан. Всё это перемешалось с викторинами, конкурсами о Казахстане.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E703A9" w:rsidRPr="00345EFA" w:rsidRDefault="00E703A9" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>26 ноября была проведена торжественная общешкольная линейка                            «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C83A4C">
-[...5 lines deleted...]
-        <w:t>желтоқсан</w:t>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C83A4C">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> - </w:t>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C83A4C">
-[...5 lines deleted...]
-        <w:t>Қазақстан</w:t>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сүйген</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C83A4C">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>елін сүйген Елбасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» для учащихся 1-11 классов.                                    Первый президент Республики Казахстан Нурсултан </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C83A4C">
-[...14 lines deleted...]
-        <w:t>ң</w:t>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Абишевич</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C83A4C">
-[...9419 lines deleted...]
-    <w:p w:rsidR="00E703A9" w:rsidRPr="00C83A4C" w:rsidRDefault="00C83A4C" w:rsidP="00C83A4C">
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Назарбаев является основателем нового Независимого государства, обеспечивший его единство, защиту Конституции, прав и свобод человека и гражданина. Достижения Первого Президента РК  Н.Назарбаева вызывают огромное неподдельное уважение и доверие со стороны народа. Сегодня Казахстан признан международным сообществом как современное демократическое государство. Школьная агитбригада еще раз напомнили, что празднование Дня Первого Президента Республики Казахстан – это дань уважения Главе государства за его выдающиеся заслуги. На линейке были отмечены учащиеся, за отличные успехи в  учебе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6A99" w:rsidRPr="00345EFA" w:rsidRDefault="00E703A9" w:rsidP="00345EFA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="180" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...150 lines deleted...]
-        <w:t>ө</w:t>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>27 ноября учащиеся 1-9 классов в количестве  человек приняли участие в конкурсе рисунков</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C83A4C">
-[...5 lines deleted...]
-        <w:t>м</w:t>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6A99" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C83A4C">
-[...214 lines deleted...]
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00454733" w:rsidP="00345EFA">
+      <w:r w:rsidR="005A6A99" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>енің Қазақстаным</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», посвященного Дню Первого Президента. Целью  конкурса являлось формирование  творческих способностей; выявление у детей признаков одарённости в области рисования; воспитание любви к своей Родине. Ребята с интересом и необыкновенной активностью отнеслись к данному конкурсу. Рисунки получились яркими и содержательными, удивляли своей детской непосредственностью и оригинальностью воображения, неординарностью восприятия действительности.   </w:t>
+      </w:r>
+      <w:r w:rsidR="005A6A99" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E703A9" w:rsidRPr="00345EFA" w:rsidRDefault="005A6A99" w:rsidP="00345EFA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="180" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C83A4C">
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>28 ноября был организован  просмотр фильма  « Небо моего детства» для учащихся 5-11 классов о становлении Первого Президента  страны  Н.Назарбаева.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E703A9" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00454733" w:rsidRPr="00345EFA" w:rsidRDefault="00E703A9" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>29 ноября  – учителем ис</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6A99" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тории </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A6A99" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Студенком</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A6A99" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> И.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005A6A99" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6A99" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>роведена</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005A6A99" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конференция «Роль  Лидера в становлении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государства», в котором приняли участие ученики  9-11 классов в количестве 16 человек. Целью и задачами </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">мероприятия являлось углубление знаний учащихся  о Лидере казахстанского народа, Первом Президенте Республики Казахстан Нурсултане </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Абишевиче</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Назарбаеве; формирование у учащихся чувства гражданской ответственности, гражданского долга перед своей страной; готовности и способности служить интересам Родины; развитие познавательных способностей уч</w:t>
+      </w:r>
+      <w:r w:rsidR="005E7C41" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ащихся. Участники конференции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, опираясь на достоверные факты, выступали, высказывали свое мнение,  смотрели слайдовую презентацию о Н.А. Назарбаеве.</w:t>
+      </w:r>
+      <w:r w:rsidR="005E7C41" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00454733" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В канун празднования Дня Первого Президента РК для учащихся 6г класса проводилась беседа «Великий сын великого народа». Они познакомились с биографией  Президента. Узнали о должностных статусах и символах президента. Учителя казахского языка и литературы  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00454733" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шымырбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00454733" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.А. и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00454733" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жетписова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00454733" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.К. рассказали историю становления нашего государства. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00454733" w:rsidRPr="00345EFA" w:rsidRDefault="00454733" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30.11.18 г. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  в ОСШ № 1 им.М.Горького   социальным   педагогом  Бейсекеевой  З.Р.  и учителем  физической культуры    Билаловым С.И.   проведено </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емейное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  спортивное мероприятие  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Вмест</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дружная семья» .  З</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а звание самой спортивной семьи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> боролись три  к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оманды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, состоящие из </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   шести </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> человек: двое взрослых (папа и мама) и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>троих детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цель данного мероприятия-   пропаганда здорового образа  жизни,способстование  приобщению   семьи к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> физкультуре и спорту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  поддержка  семей из социально незащищенных  слоев населения.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00454733" w:rsidRPr="00345EFA" w:rsidRDefault="00454733" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Участники соревновались, болельщики бурно поддерживали их, а жюри компетентно оценивало  конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Каждый член команды стремился принести как можно больше очков в свою копилку. У кого-то это получалось лучше, у кого-то не очень, но в целом все семьи старались и выглядели очень достойно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00454733" w:rsidRPr="00345EFA" w:rsidRDefault="00454733" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По итогам конкурсов третье место заняла </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>команда «Сункар»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, второе мест</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о–</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>команда «Большая компания» (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">семья </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Рахимбаевых).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> И призер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соревнований стала </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- команда «Убойная сила» (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">семья </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пак).    В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сем участникам праздника </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">были вручены </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грамоты и призы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.  И</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участники, и болельщики получили от соревнований огромное удовольствие и массу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> новых </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">впечатлений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E703A9" w:rsidRPr="00345EFA" w:rsidRDefault="005A6A99" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="180" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С целью воспитания Казахстанского патриотизма, гордости за свою страну, своего Президента для учащихся  1-11 классов  был проведён Единый классный час: « Президентство - значит государственность» с показом слайдов. Ребята ознакомились с биографическими данными нашего Президента, его семьей, увлечениями. Внеклассное  мероприятие способствовало усвоению учащимися нравственных норм и правил, образцов поведения, необходимых       для развития качеств личности истинного гражданина Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00E703A9" w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E703A9" w:rsidRPr="00345EFA" w:rsidRDefault="00E703A9" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="180" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00345EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Все проведенные мероприятия способствовали формированию у учащихся гражданского патриотизма, расширению знаний биографии Н.А. Назарбаева, воспитанию гордости за свою страну и своего Президента. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00454733" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="180" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00345EFA">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50FFE005" wp14:editId="03420E90">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="113D7261" wp14:editId="7D59BF70">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-470535</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>235585</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2758440" cy="2066925"/>
             <wp:effectExtent l="19050" t="0" r="3810" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\д.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\д.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
@@ -9976,58 +1113,58 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2758440" cy="2066925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00C83A4C">
+      <w:r w:rsidRPr="00345EFA">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18356FA0" wp14:editId="55080147">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77122179" wp14:editId="0D9B0D7B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2710815</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>292735</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2781300" cy="2085975"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="8" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\6.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\6.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
@@ -10037,153 +1174,153 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2781300" cy="2085975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="180" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="180" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="180" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="180" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="180" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="180" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="180" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00454733" w:rsidP="00345EFA">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00454733" w:rsidP="00345EFA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="180" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C83A4C">
+      <w:r w:rsidRPr="00345EFA">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251634688" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F25DB75" wp14:editId="5A60E919">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251634688" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1060D82A" wp14:editId="6E518ABD">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>701040</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3635375" cy="1819275"/>
             <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\биб.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\биб.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
@@ -10193,138 +1330,138 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3635375" cy="1819275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="180" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00CE3CE4" w:rsidP="00345EFA">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00CE3CE4" w:rsidP="00345EFA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2475"/>
         </w:tabs>
         <w:spacing w:before="180" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C83A4C">
+      <w:r w:rsidRPr="00345EFA">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="180" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="180" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00C83A4C">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00454733" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00345EFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251642880" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52DB5CDE" wp14:editId="448682FF">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251642880" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49445970" wp14:editId="5E28035D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2853690</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>6350</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2929890" cy="2171700"/>
             <wp:effectExtent l="19050" t="0" r="3810" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 1" descr="C:\Users\Владелец\Desktop\IMG-20171130-WA0010.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Владелец\Desktop\IMG-20171130-WA0010.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
@@ -10338,59 +1475,59 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2929890" cy="2171700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00C83A4C">
+      <w:r w:rsidRPr="00345EFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251638784" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="775C3C03" wp14:editId="287734F4">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251638784" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4015F348" wp14:editId="2522EB99">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-499110</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>44450</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2886075" cy="2133600"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="58" name="Рисунок 58" descr="C:\Users\Владелец\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG-20171129-WA0068.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\Владелец\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG-20171129-WA0068.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print">
@@ -10405,135 +1542,135 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2886075" cy="2133600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
-[...75 lines deleted...]
-      <w:r w:rsidRPr="00C83A4C">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="003B1D8C" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00345EFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="003743D8" wp14:editId="633268B8">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47B50946" wp14:editId="0731A138">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2844165</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-412115</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3095625" cy="2066925"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Рисунок 3" descr="C:\Users\Аселя\Desktop\1 декабря\IMG_9536.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Аселя\Desktop\1 декабря\IMG_9536.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print"/>
@@ -10542,59 +1679,59 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3095625" cy="2066925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00C83A4C">
+      <w:r w:rsidRPr="00345EFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251646976" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE83DFA" wp14:editId="2B9E6D99">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251646976" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16028C35" wp14:editId="7AC97CD5">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-499110</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-329565</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2981325" cy="1981200"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\1 декабря\IMG_9538.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\1 декабря\IMG_9538.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print"/>
@@ -10604,102 +1741,103 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2981325" cy="1981200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
-[...42 lines deleted...]
-      <w:r w:rsidRPr="00C83A4C">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="003B1D8C" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00345EFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77DF4EE2" wp14:editId="4CE23F2B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EC6DE55" wp14:editId="4E4C2C88">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2139315</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>327025</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1495425" cy="2400300"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="18" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\7.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\7.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
@@ -10709,72 +1847,72 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1495425" cy="2400300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="003B1D8C" w:rsidP="00345EFA">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="003B1D8C" w:rsidP="00345EFA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5130"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C83A4C">
+      <w:r w:rsidRPr="00345EFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E9E3342" wp14:editId="36212E43">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B554C73" wp14:editId="7262B8F5">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-908685</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>203200</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2905125" cy="1971675"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="9" name="Рисунок 2" descr="C:\Users\Библио\Desktop\Новая папка\IMG_20181129_145206.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Библио\Desktop\Новая папка\IMG_20181129_145206.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13" cstate="print"/>
@@ -10783,59 +1921,59 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2905125" cy="1971675"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00C83A4C">
+      <w:r w:rsidRPr="00345EFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251683840" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31F89E87" wp14:editId="29E660E2">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251683840" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="505E7F65" wp14:editId="544A3136">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3749040</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>327025</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2714625" cy="2038350"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="19" name="Рисунок 3" descr="C:\Users\Аселя\Desktop\рис.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Аселя\Desktop\рис.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
@@ -10844,147 +1982,147 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2714625" cy="2038350"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C">
+      <w:r w:rsidR="00BE7EDB" w:rsidRPr="00345EFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
-[...65 lines deleted...]
-    <w:p w:rsidR="00380D66" w:rsidRPr="00C83A4C" w:rsidRDefault="003B1D8C" w:rsidP="00345EFA">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00380D66" w:rsidRPr="00345EFA" w:rsidRDefault="003B1D8C" w:rsidP="00345EFA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5850"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C83A4C">
+      <w:r w:rsidRPr="00345EFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="061F8EA7" wp14:editId="03B05A43">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D4ED78F" wp14:editId="14B054DB">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-299085</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>325755</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2905125" cy="1933575"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="16" name="Рисунок 9" descr="C:\Users\Зере\Desktop\спорт222\IMG_9792.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\Зере\Desktop\спорт222\IMG_9792.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15" cstate="print"/>
@@ -10993,59 +2131,59 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2905125" cy="1933575"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00C83A4C">
+      <w:r w:rsidRPr="00345EFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F837BA8" wp14:editId="122BA22B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BB4091C" wp14:editId="54CE4FD0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3034665</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>278130</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3076575" cy="2047875"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="13" name="Рисунок 6" descr="C:\Users\Зере\Desktop\спорт222\IMG_9759.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Зере\Desktop\спорт222\IMG_9759.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16" cstate="print"/>
@@ -11054,148 +2192,148 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3076575" cy="2047875"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C">
+      <w:r w:rsidR="00BE7EDB" w:rsidRPr="00345EFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5850"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5850"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5850"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00C83A4C" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
+    <w:p w:rsidR="00BE7EDB" w:rsidRPr="00345EFA" w:rsidRDefault="00BE7EDB" w:rsidP="00345EFA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5850"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00454733" w:rsidRPr="00C83A4C" w:rsidRDefault="00454733" w:rsidP="00345EFA">
+    <w:p w:rsidR="00454733" w:rsidRPr="00345EFA" w:rsidRDefault="00454733" w:rsidP="00345EFA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5850"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00454733" w:rsidRPr="00C83A4C" w:rsidRDefault="003B1D8C" w:rsidP="00345EFA">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00C83A4C">
+    <w:p w:rsidR="00454733" w:rsidRPr="00345EFA" w:rsidRDefault="003B1D8C" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00345EFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2EF8FFB3" wp14:editId="217632B9">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09D8B3D6" wp14:editId="5977C0FA">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>720090</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>257810</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4124325" cy="2933700"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="10" name="Рисунок 1" descr="C:\Users\Зере\Desktop\спорт222\IMG_9802.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\спорт222\IMG_9802.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17" cstate="print"/>
@@ -11205,167 +2343,167 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4124325" cy="2933700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454733" w:rsidRPr="00C83A4C" w:rsidRDefault="00454733" w:rsidP="00345EFA">
-[...21 lines deleted...]
-    <w:p w:rsidR="00454733" w:rsidRPr="00C83A4C" w:rsidRDefault="00454733" w:rsidP="00345EFA">
+    <w:p w:rsidR="00454733" w:rsidRPr="00345EFA" w:rsidRDefault="00454733" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00454733" w:rsidRPr="00345EFA" w:rsidRDefault="00454733" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00454733" w:rsidRPr="00345EFA" w:rsidRDefault="00454733" w:rsidP="00345EFA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C83A4C">
+      <w:r w:rsidRPr="00345EFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454733" w:rsidRPr="00C83A4C" w:rsidRDefault="00454733" w:rsidP="00345EFA">
-[...10 lines deleted...]
-    <w:p w:rsidR="00454733" w:rsidRPr="00C83A4C" w:rsidRDefault="00454733" w:rsidP="00345EFA">
+    <w:p w:rsidR="00454733" w:rsidRPr="00345EFA" w:rsidRDefault="00454733" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00454733" w:rsidRPr="00345EFA" w:rsidRDefault="00454733" w:rsidP="00345EFA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7575"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003B1D8C" w:rsidRPr="00C83A4C" w:rsidRDefault="003B1D8C" w:rsidP="00345EFA">
+    <w:p w:rsidR="003B1D8C" w:rsidRPr="00345EFA" w:rsidRDefault="003B1D8C" w:rsidP="00345EFA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7575"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003B1D8C" w:rsidRPr="00C83A4C" w:rsidRDefault="003B1D8C" w:rsidP="00345EFA">
-[...10 lines deleted...]
-    <w:p w:rsidR="00454733" w:rsidRPr="00C83A4C" w:rsidRDefault="003B1D8C" w:rsidP="00345EFA">
+    <w:p w:rsidR="003B1D8C" w:rsidRPr="00345EFA" w:rsidRDefault="003B1D8C" w:rsidP="00345EFA">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00454733" w:rsidRPr="00345EFA" w:rsidRDefault="003B1D8C" w:rsidP="00345EFA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="975"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C83A4C">
+      <w:r w:rsidRPr="00345EFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00454733" w:rsidRPr="00C83A4C" w:rsidSect="00380D66">
+    <w:sectPr w:rsidR="00454733" w:rsidRPr="00345EFA" w:rsidSect="00380D66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -11825,51 +2963,50 @@
     <w:rsid w:val="00BE658B"/>
     <w:rsid w:val="00BE7BB2"/>
     <w:rsid w:val="00BE7EDB"/>
     <w:rsid w:val="00BF4704"/>
     <w:rsid w:val="00BF719A"/>
     <w:rsid w:val="00BF7C6B"/>
     <w:rsid w:val="00C059C2"/>
     <w:rsid w:val="00C06744"/>
     <w:rsid w:val="00C140B1"/>
     <w:rsid w:val="00C17D7D"/>
     <w:rsid w:val="00C238BB"/>
     <w:rsid w:val="00C35ED2"/>
     <w:rsid w:val="00C36FB3"/>
     <w:rsid w:val="00C553E0"/>
     <w:rsid w:val="00C55F28"/>
     <w:rsid w:val="00C61779"/>
     <w:rsid w:val="00C62CAB"/>
     <w:rsid w:val="00C63086"/>
     <w:rsid w:val="00C63718"/>
     <w:rsid w:val="00C667A9"/>
     <w:rsid w:val="00C66E11"/>
     <w:rsid w:val="00C73EB6"/>
     <w:rsid w:val="00C75439"/>
     <w:rsid w:val="00C7574D"/>
     <w:rsid w:val="00C76060"/>
-    <w:rsid w:val="00C83A4C"/>
     <w:rsid w:val="00C9253B"/>
     <w:rsid w:val="00C92CEA"/>
     <w:rsid w:val="00C94844"/>
     <w:rsid w:val="00CA0BD0"/>
     <w:rsid w:val="00CA15F6"/>
     <w:rsid w:val="00CA6A3D"/>
     <w:rsid w:val="00CB278B"/>
     <w:rsid w:val="00CB6DF1"/>
     <w:rsid w:val="00CC1A36"/>
     <w:rsid w:val="00CC4053"/>
     <w:rsid w:val="00CD0260"/>
     <w:rsid w:val="00CE0FCE"/>
     <w:rsid w:val="00CE3CE4"/>
     <w:rsid w:val="00CE62D4"/>
     <w:rsid w:val="00CF6C3C"/>
     <w:rsid w:val="00D016D9"/>
     <w:rsid w:val="00D021BC"/>
     <w:rsid w:val="00D03460"/>
     <w:rsid w:val="00D03F5F"/>
     <w:rsid w:val="00D047EA"/>
     <w:rsid w:val="00D06329"/>
     <w:rsid w:val="00D232BA"/>
     <w:rsid w:val="00D26024"/>
     <w:rsid w:val="00D27031"/>
     <w:rsid w:val="00D30F9B"/>
@@ -12765,66 +3902,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>779</Words>
-  <Characters>4441</Characters>
+  <Words>835</Words>
+  <Characters>4762</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5210</CharactersWithSpaces>
+  <CharactersWithSpaces>5586</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>